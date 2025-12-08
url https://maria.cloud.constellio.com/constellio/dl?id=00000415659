--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7376B8C0" w14:textId="0EFC6013" w:rsidR="008A0AA0" w:rsidRDefault="008A0AA0" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02FE735A" wp14:editId="0C09B28B">
             <wp:extent cx="1382633" cy="1281974"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="2" name="Image 2" descr="Une image contenant texte, plante&#10;&#10;Description générée automatiquement"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Image 1" descr="Une image contenant texte, plante&#10;&#10;Description générée automatiquement"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
@@ -264,52 +264,50 @@
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="00C407B6">
         <w:t xml:space="preserve"> juin 2022</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C535C58" w14:textId="13252467" w:rsidR="00DA6900" w:rsidRDefault="00712432" w:rsidP="008A0AA0">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Non traité</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F2346D" w14:textId="24586927" w:rsidR="00712432" w:rsidRDefault="00712432" w:rsidP="008A0AA0">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EC6B31D" w14:textId="77777777" w:rsidR="00712432" w:rsidRDefault="00712432" w:rsidP="008A0AA0">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="2CDDB4CD" w14:textId="77777777" w:rsidR="00712432" w:rsidRDefault="00712432" w:rsidP="008A0AA0">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="723A568B" w14:textId="77777777" w:rsidR="00712432" w:rsidRDefault="00712432" w:rsidP="00712432">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Document de description Excel créé afin que la donatrice </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D1885E0" w14:textId="66DF201D" w:rsidR="00712432" w:rsidRDefault="00712432" w:rsidP="00712432">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>en</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> fasse la description à partir des fichiers numérisés</w:t>
@@ -3461,56 +3459,56 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5660490B" w14:textId="1F0D98A7" w:rsidR="00BD4041" w:rsidRPr="00A674F8" w:rsidRDefault="00BD4041" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="0082184E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DF1D1D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc137476969"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc137476969"/>
       <w:r w:rsidRPr="00A674F8">
         <w:lastRenderedPageBreak/>
         <w:t>PRÉSENTATION DU FONDS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="786CAD82" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C495B78" w14:textId="10D968A5" w:rsidR="00931389" w:rsidRPr="00A674F8" w:rsidRDefault="007F33D1" w:rsidP="00923766">
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00C407B6">
         <w:t>406</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Fonds </w:t>
       </w:r>
       <w:r w:rsidR="00C407B6">
         <w:t>Famille Claudette Potvin</w:t>
       </w:r>
       <w:r w:rsidR="00931389" w:rsidRPr="00A674F8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B46FC4" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
@@ -3870,68 +3868,68 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="754CF064" w14:textId="32C4EC07" w:rsidR="00C70C4E" w:rsidRDefault="005C6EC0" w:rsidP="00923766">
       <w:r>
         <w:t>Originalement conservés dans des albums qui seront à retirer en raison de la colle, du métal et de la taille de ceux-ci, également pour faciliter le traitement et la conservation des documents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479F8C6E" w14:textId="4EDB212A" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00923766"/>
     <w:p w14:paraId="479433DB" w14:textId="0AE91D20" w:rsidR="00000E7F" w:rsidRPr="00A674F8" w:rsidRDefault="00000E7F" w:rsidP="00923766">
       <w:r>
         <w:t>Disque dur externe Archives 1 et 2 de la Société d’histoire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23AF16E1" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="0F0D749B" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="123F20FF" w14:textId="5E009009" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00000E7F" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc137476970"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc137476970"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>P406</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>Documents</w:t>
       </w:r>
       <w:r w:rsidR="00AB6798">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>iconographiques</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="1AE1A371" w14:textId="4C159465" w:rsidR="00C70C4E" w:rsidRDefault="00712432" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> [193</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>-]-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">[200-] </w:t>
       </w:r>
       <w:r w:rsidRPr="000D4CC4">
         <w:t>– 8068 photographies originales (également numérisées pour la donatrice).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72EAB2D1" w14:textId="77777777" w:rsidR="00712432" w:rsidRDefault="00712432" w:rsidP="00923766"/>
     <w:p w14:paraId="5D47E07E" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00AB6798" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:pPr>
         <w:rPr>
           <w:i/>
@@ -3971,61 +3969,61 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3550743B" w14:textId="6322AC63" w:rsidR="0028732E" w:rsidRDefault="00712432" w:rsidP="0028732E">
       <w:r>
         <w:t>Originales conservées en boîtes à la Société d’histoire.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6C8BA0" w14:textId="1BB81026" w:rsidR="00712432" w:rsidRPr="00A674F8" w:rsidRDefault="00712432" w:rsidP="0028732E">
       <w:r>
         <w:t xml:space="preserve">Numérisées également pour la donatrice (demande spéciale). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A87C948" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="00923766"/>
     <w:p w14:paraId="7641C4CA" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="54278054" w14:textId="30409B53" w:rsidR="001E5A46" w:rsidRPr="00A674F8" w:rsidRDefault="00000E7F" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc137476971"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc137476971"/>
       <w:r>
         <w:t>P406</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A1 </w:t>
       </w:r>
       <w:r>
         <w:t>Photographies</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="0A72F59A" w14:textId="596C6DBD" w:rsidR="00B25321" w:rsidRDefault="00712432" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> [193</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>-]-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">[200-] </w:t>
       </w:r>
       <w:r w:rsidRPr="000D4CC4">
         <w:t>– 8068 photographies originales (également numérisées pour la donatrice).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FBAC906" w14:textId="77777777" w:rsidR="00712432" w:rsidRDefault="00712432" w:rsidP="00923766"/>
     <w:p w14:paraId="7744DBAD" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:i/>
@@ -4084,87 +4082,196 @@
           </w:p>
           <w:p w14:paraId="77BCE9B0" w14:textId="75AF3A07" w:rsidR="00000E7F" w:rsidRPr="00A674F8" w:rsidRDefault="00000E7F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="255E0298" w14:textId="29DB4692" w:rsidR="00E57F6F" w:rsidRPr="00B321DF" w:rsidRDefault="00000E7F" w:rsidP="00B321DF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Toc137476972"/>
+            <w:bookmarkStart w:id="3" w:name="_Toc137476972"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidR="00E57F6F" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/A1/1 : </w:t>
             </w:r>
             <w:r>
               <w:t>Photographies de Claudette Potvin, Album 1</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
           <w:p w14:paraId="22964C39" w14:textId="39079EBF" w:rsidR="00E57F6F" w:rsidRDefault="00000E7F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00000E7F">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00000E7F">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00000E7F">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[198-]. – 108 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19E4581A" w14:textId="77777777" w:rsidR="00F27D66" w:rsidRDefault="00F27D66" w:rsidP="00923766">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09533378" w14:textId="24516672" w:rsidR="00562BC5" w:rsidRPr="00F27D66" w:rsidRDefault="00F27D66" w:rsidP="00923766">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portée et contenu : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D37D895" w14:textId="14ECA69B" w:rsidR="00562BC5" w:rsidRDefault="00562BC5" w:rsidP="00923766">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00562BC5">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ce dossier </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>illustre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562BC5">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la vie quotidienne et les moments marquants </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562BC5">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la famille </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de Claudette </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562BC5">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Potvin. On y trouve des fêtes de Noël, des mariages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dans la parenté</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562BC5">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, un baptême, des portraits de </w:t>
+            </w:r>
+            <w:r w:rsidR="00F27D66" w:rsidRPr="00562BC5">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>nouveau-nés</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562BC5">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et d’enfants, des jeux extérieurs, des repas en famille</w:t>
+            </w:r>
+            <w:r w:rsidR="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dont</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00562BC5">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un pique-nique estival, un anniversaire d’enfant, ainsi que des scènes hivernales où les enfants grimpent sur un banc de neige aussi haut que le toit de la maison.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AF6F9B9" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FD7384C" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="593FF9D2" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
@@ -4184,164 +4291,295 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0CB3FBD5" w14:textId="34C63613" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FD0D02D" w14:textId="62BD72DE" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00000E7F" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Toc137476973"/>
+            <w:bookmarkStart w:id="4" w:name="_Toc137476973"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/A1/2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00561EAD">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t>Photographies de Claudette Potvin, Album 2</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
           <w:p w14:paraId="38CF3839" w14:textId="0DF1F8FE" w:rsidR="00C11F5D" w:rsidRDefault="00DB2EA3" w:rsidP="00C11F5D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB2EA3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB2EA3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DB2EA3">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[198-]. – 85 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2231418C" w14:textId="77777777" w:rsidR="00F27D66" w:rsidRDefault="00F27D66" w:rsidP="00C11F5D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EBBF1E9" w14:textId="2D82DB46" w:rsidR="00F27D66" w:rsidRPr="00F27D66" w:rsidRDefault="00F27D66" w:rsidP="00C11F5D">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portée et contenu : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73D5564D" w14:textId="4AA4E1BC" w:rsidR="00F27D66" w:rsidRDefault="00F27D66" w:rsidP="00C11F5D">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ce dossier </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>témoigne</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des activités familiales et sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de la famille et des proches de Claudette Potvin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">au fil des saisons. On y </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">retrouve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">des célébrations comme Noël et un anniversaire d’enfant, des jeux extérieurs, des sorties estivales à la plage ou à vélo, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>des prises pour la</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> chasse </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">à l’ours </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">et </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>la</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pêche, des rassemblements religieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> avec les enfants</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, ainsi que des moments festifs comme l’Halloween, une partie de baseball et des représentations artistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, possiblement théâtrales</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F27D66">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00ACAF83" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7BD5EF08" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00923766"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561EAD" w:rsidRPr="00A674F8" w14:paraId="1A05F5F3" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="33154966" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="065FD2AC" w14:textId="52ADA75E" w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2521BABF" w14:textId="4872D9E3" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Toc137476974"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc137476974"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD" w:rsidRPr="00561EAD">
               <w:t xml:space="preserve">/A1/3 : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="6"/>
+              <w:t>Photographies de Claudette Potvin, Album 3</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:p w14:paraId="71EA0F84" w14:textId="3A19308A" w:rsidR="00000E7F" w:rsidRDefault="00DB2EA3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00DB2EA3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB2EA3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DB2EA3">
               <w:t>[198-]. – 72 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42DA7B66" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRPr="00000E7F" w:rsidRDefault="00561EAD" w:rsidP="00000E7F"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="191816B2" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
@@ -4360,70 +4598,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="24793FA1" w14:textId="2AC7D773" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FA11DE2" w14:textId="34B0E11A" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Toc137476975"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc137476975"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="7"/>
+              <w:t>Photographies de Claudette Potvin, Album 4</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
           <w:p w14:paraId="73044F66" w14:textId="55307F7B" w:rsidR="00000E7F" w:rsidRDefault="00DB2EA3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00DB2EA3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DB2EA3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DB2EA3">
               <w:t>[198-]. – 99 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A8AC799" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="565938A8" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
@@ -4446,165 +4681,158 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="1D0BD345" w14:textId="14024C13" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="372D1F50" w14:textId="094FE01B" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="_Toc137476976"/>
+            <w:bookmarkStart w:id="7" w:name="_Toc137476976"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="8"/>
+              <w:t>Photographies de Claudette Potvin, Album 5</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
           <w:p w14:paraId="5917128F" w14:textId="33FEF61E" w:rsidR="00000E7F" w:rsidRDefault="00AA3815" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00AA3815">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AA3815">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00AA3815">
               <w:t xml:space="preserve">[198-]. – 33 photographies originales; aussi numérisées; format .jpg, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA3815">
               <w:t>n&amp;b</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AA3815">
               <w:t xml:space="preserve"> et couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69B4C0E6" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="5F8E2E8F" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="652FD143" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DF4A4D2" w14:textId="767BE4F5" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A0B813F" w14:textId="19C75CD2" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Toc137476977"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc137476977"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+              <w:t>Photographies de Claudette Potvin, Album 6</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
           <w:p w14:paraId="7669F346" w14:textId="5A512ED0" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>[198-]. – 80 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D63FA82" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="4D6D2847" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
@@ -4627,70 +4855,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0B4B9B4A" w14:textId="3097975D" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42969710" w14:textId="5C5DD0E1" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="_Toc137476978"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc137476978"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="10"/>
+              <w:t>Photographies de Claudette Potvin, Album 7</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
           <w:p w14:paraId="262E1735" w14:textId="5E35CBD9" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t xml:space="preserve">[199-]. – 54 photographies originales; aussi numérisées; format .jpg, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>n&amp;b</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t xml:space="preserve"> et couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E910B58" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
@@ -4721,70 +4946,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="56471ED8" w14:textId="2EA6BE07" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DD4CF89" w14:textId="32EE28CD" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="_Toc137476979"/>
+            <w:bookmarkStart w:id="10" w:name="_Toc137476979"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="11"/>
+              <w:t>Photographies de Claudette Potvin, Album 8</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
           <w:p w14:paraId="782A8F10" w14:textId="13AE6923" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [199-]. – 24 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01772F9F" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="547580AA" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="13BF3FEB" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -4799,70 +5021,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="15FFF8A6" w14:textId="2B03CB73" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BA0D3A4" w14:textId="7378A423" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="_Toc137476980"/>
+            <w:bookmarkStart w:id="11" w:name="_Toc137476980"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="12"/>
+              <w:t>Photographies de Claudette Potvin, Album 9</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
           <w:p w14:paraId="73E424C0" w14:textId="0B6161F0" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [199-]. – 29 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17F2B0CE" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="036E9921" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1262C25A" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -4877,70 +5096,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="29A862B4" w14:textId="71C6C00C" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70C285E4" w14:textId="2B948DD4" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="13" w:name="_Toc137476981"/>
+            <w:bookmarkStart w:id="12" w:name="_Toc137476981"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="13"/>
+              <w:t>Photographies de Claudette Potvin, Album 10</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
           <w:p w14:paraId="71976DA4" w14:textId="02C8680B" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 24 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BDF5FE5" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="3C9E0784" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5956297B" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -4955,148 +5171,143 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="17B97930" w14:textId="59824C18" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76AE0A95" w14:textId="2E3DBCE3" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="14" w:name="_Toc137476982"/>
+            <w:bookmarkStart w:id="13" w:name="_Toc137476982"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="14"/>
+              <w:t>Photographies de Claudette Potvin, Album 11</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
           <w:p w14:paraId="0DD8FC7B" w14:textId="1F1320D7" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 23 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="416AE348" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="28044368" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="585AA205" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="650685DC" w14:textId="28068185" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CA38DC8" w14:textId="38FA6EBB" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="15" w:name="_Toc137476983"/>
+            <w:bookmarkStart w:id="14" w:name="_Toc137476983"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="15"/>
+              <w:t>Photographies de Claudette Potvin, Album 12</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
           <w:p w14:paraId="4982E98D" w14:textId="0EF9A61A" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 26 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="464A35F1" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="76AB90D7" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5622274A" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -5111,70 +5322,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="364E9367" w14:textId="774A24EF" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7277E9F8" w14:textId="2BBBA73D" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="16" w:name="_Toc137476984"/>
+            <w:bookmarkStart w:id="15" w:name="_Toc137476984"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="16"/>
+              <w:t>Photographies de Claudette Potvin, Album 13</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
           <w:p w14:paraId="7D57C6C0" w14:textId="4F6050EC" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 29 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F79973A" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="16743B0D" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2B70B71A" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -5189,149 +5397,142 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5C01A535" w14:textId="1E2D23F5" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44C93ABB" w14:textId="05F2841B" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="17" w:name="_Toc137476985"/>
+            <w:bookmarkStart w:id="16" w:name="_Toc137476985"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="17"/>
+              <w:t>Photographies de Claudette Potvin, Album 14</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
           <w:p w14:paraId="76DEF1C5" w14:textId="0D835BC6" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 201 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="462BB965" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="1878E108" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="61EE0A9A" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63183D02" w14:textId="04198F7D" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63A26435" w14:textId="21AAF45D" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_Toc137476986"/>
+            <w:bookmarkStart w:id="17" w:name="_Toc137476986"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>15</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="18"/>
+              <w:t>Photographies de Claudette Potvin, Album 15</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
           <w:p w14:paraId="67EB2F20" w14:textId="03F9C389" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 204 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33E94E98" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="5ECF4549" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="447BD1B7" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -5346,70 +5547,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5D46AB5A" w14:textId="5D293351" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10A2A277" w14:textId="49081CE3" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_Toc137476987"/>
+            <w:bookmarkStart w:id="18" w:name="_Toc137476987"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="19"/>
+              <w:t>Photographies de Claudette Potvin, Album 16</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
           <w:p w14:paraId="4A3F6242" w14:textId="1C2EFAEC" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 195 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B289454" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="6F670958" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7CA94C33" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -5424,70 +5622,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="53C69118" w14:textId="05DD32A6" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11ECAFFF" w14:textId="7B38A44C" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="20" w:name="_Toc137476988"/>
+            <w:bookmarkStart w:id="19" w:name="_Toc137476988"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="20"/>
+              <w:t>Photographies de Claudette Potvin, Album 17</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
           <w:p w14:paraId="40288B20" w14:textId="3B58A40E" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 2 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03B91BAA" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="4EEB9575" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6E6E1B05" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -5502,70 +5697,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6EE0BC20" w14:textId="110F8B33" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C5BEB16" w14:textId="6C5895DA" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="_Toc137476989"/>
+            <w:bookmarkStart w:id="20" w:name="_Toc137476989"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="21"/>
+              <w:t>Photographies de Claudette Potvin, Album 18</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
           <w:p w14:paraId="0D567061" w14:textId="0AFCE5B4" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>[198-]. – 99 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E9E0326" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="23CAB44D" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
@@ -5588,70 +5780,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="7D602D22" w14:textId="59A82CF6" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23D1B468" w14:textId="209B5DD1" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="_Toc137476990"/>
+            <w:bookmarkStart w:id="21" w:name="_Toc137476990"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>19</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="22"/>
+              <w:t>Photographies de Claudette Potvin, Album 19</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
           <w:p w14:paraId="3F02C7DB" w14:textId="7A1147E2" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>[198-]. – 140 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DB06976" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="475D88B5" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
@@ -5674,156 +5863,151 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="198903DF" w14:textId="42BB26E1" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20CF65E0" w14:textId="256B271A" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="23" w:name="_Toc137476991"/>
+            <w:bookmarkStart w:id="22" w:name="_Toc137476991"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="23"/>
+              <w:t>Photographies de Claudette Potvin, Album 20</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
           <w:p w14:paraId="4F83F793" w14:textId="2A383476" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>[198-]. – 84 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38664B24" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="11A1BE2B" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="14BD9AE5" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CFE6663" w14:textId="48EC0A86" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="225C8D86" w14:textId="25538268" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="24" w:name="_Toc137476992"/>
+            <w:bookmarkStart w:id="23" w:name="_Toc137476992"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>21</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t>Photographies de Claudette Potvin, Album 2</w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="24"/>
+              <w:t>Photographies de Claudette Potvin, Album 21</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
           <w:p w14:paraId="53AE1529" w14:textId="4BA0AC95" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>[198-]. – 132 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76AACDB0" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="7CF32C61" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
@@ -5846,70 +6030,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="139C3A33" w14:textId="28966E17" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E0A2785" w14:textId="6D617AD5" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="25" w:name="_Toc137476993"/>
+            <w:bookmarkStart w:id="24" w:name="_Toc137476993"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t>Photographies de Claudette Potvin, Album 2</w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="25"/>
+              <w:t>Photographies de Claudette Potvin, Album 22</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
           <w:p w14:paraId="569AF7E0" w14:textId="210C0611" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>[198-]. – 77 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B718473" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="70165BE6" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
@@ -5932,165 +6113,158 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="64448387" w14:textId="046890E3" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A8B05D8" w14:textId="2E92646F" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="_Toc137476994"/>
+            <w:bookmarkStart w:id="25" w:name="_Toc137476994"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>23</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t>Photographies de Claudette Potvin, Album 2</w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="26"/>
+              <w:t>Photographies de Claudette Potvin, Album 23</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
           <w:p w14:paraId="026BFDD9" w14:textId="5BC0D52D" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [193</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t xml:space="preserve">[198-]. – 69 photographies originales; aussi numérisées; format .jpg, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>n&amp;b</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t xml:space="preserve"> et couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3376D000" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="04B0F845" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="03F62129" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="740FFF15" w14:textId="1462E5A3" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="31104A1D" w14:textId="03861DCC" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="27" w:name="_Toc137476995"/>
+            <w:bookmarkStart w:id="26" w:name="_Toc137476995"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t>Photographies de Claudette Potvin, Album 2</w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="27"/>
+              <w:t>Photographies de Claudette Potvin, Album 24</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
           <w:p w14:paraId="58F8160F" w14:textId="1AE6E8AC" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>[198-]. – 5 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24B9BDBE" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="6834E117" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
@@ -6113,70 +6287,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="073EC530" w14:textId="28817585" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0986426A" w14:textId="472853FA" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="28" w:name="_Toc137476996"/>
+            <w:bookmarkStart w:id="27" w:name="_Toc137476996"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>25</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="28"/>
+              <w:t>Photographies de Claudette Potvin, Album 25</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
           <w:p w14:paraId="7EAEA0D7" w14:textId="20C2F935" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 27 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E1F776A" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="3E76A017" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="03459807" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -6191,70 +6362,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="552F2F32" w14:textId="1FE5F446" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53D8EFF5" w14:textId="7ACAC219" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="29" w:name="_Toc137476997"/>
+            <w:bookmarkStart w:id="28" w:name="_Toc137476997"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>26</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t>Photographies de Claudette Potvin, Album 2</w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="29"/>
+              <w:t>Photographies de Claudette Potvin, Album 26</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
           <w:p w14:paraId="447A6245" w14:textId="5B06CFCB" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 33 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E3265C3" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="4188C088" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2618C9DC" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -6269,70 +6437,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="29302DB0" w14:textId="2004B9C4" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70575A8F" w14:textId="496E64F9" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="30" w:name="_Toc137476998"/>
+            <w:bookmarkStart w:id="29" w:name="_Toc137476998"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>27</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t>Photographies de Claudette Potvin, Album 2</w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="30"/>
+              <w:t>Photographies de Claudette Potvin, Album 27</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
           <w:p w14:paraId="623A0F4A" w14:textId="31A6A4D7" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 27 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3855757B" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="0C21914A" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="68698716" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -6347,70 +6512,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="50F642E2" w14:textId="337044D7" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="750DAA85" w14:textId="474AE2C6" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="31" w:name="_Toc137476999"/>
+            <w:bookmarkStart w:id="30" w:name="_Toc137476999"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>28</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t>Photographies de Claudette Potvin, Album 2</w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="31"/>
+              <w:t>Photographies de Claudette Potvin, Album 28</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
           <w:p w14:paraId="285395EC" w14:textId="2F77F9C5" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 25 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1270CAD2" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="26894C02" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="29AB3DE7" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -6425,148 +6587,143 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6D24D9F5" w14:textId="29727F1E" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28835E38" w14:textId="1403139A" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="32" w:name="_Toc137477000"/>
+            <w:bookmarkStart w:id="31" w:name="_Toc137477000"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>29</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t>Photographies de Claudette Potvin, Album 2</w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="32"/>
+              <w:t>Photographies de Claudette Potvin, Album 29</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
           <w:p w14:paraId="52C24649" w14:textId="4B8A1CED" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 55 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39CA7222" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="5C864077" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="020F445A" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66E1A4D5" w14:textId="1EBDDE67" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7509E79D" w14:textId="68926B70" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="33" w:name="_Toc137477001"/>
+            <w:bookmarkStart w:id="32" w:name="_Toc137477001"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="33"/>
+              <w:t>Photographies de Claudette Potvin, Album 30</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
           <w:p w14:paraId="18076CD8" w14:textId="3412F77B" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 94 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="797D71DE" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="0FF208E7" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6FE76937" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
@@ -6581,70 +6738,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="348ADFB5" w14:textId="1BBC5F84" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24A8FA3C" w14:textId="4496FE30" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="34" w:name="_Toc137477002"/>
+            <w:bookmarkStart w:id="33" w:name="_Toc137477002"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r w:rsidR="00DB2EA3">
               <w:t>31</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="34"/>
+              <w:t>Photographies de Claudette Potvin, Album 31</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
           <w:p w14:paraId="01949AE1" w14:textId="09AC52E2" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [199</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00432DF3">
               <w:t>[200-]. – 78 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EB4FA45" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="5C2FEE4D" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
@@ -6667,149 +6821,142 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="053D9A5B" w14:textId="38389865" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E3B374D" w14:textId="5D301677" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="35" w:name="_Toc137477003"/>
+            <w:bookmarkStart w:id="34" w:name="_Toc137477003"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r w:rsidR="00DB2EA3">
               <w:t>32</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="35"/>
+              <w:t>Photographies de Claudette Potvin, Album 32</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
           <w:p w14:paraId="70C5724A" w14:textId="1806C605" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 182 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="275753A0" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000E7F" w:rsidRPr="00A674F8" w14:paraId="7174847B" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="61BE81AF" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F622828" w14:textId="6481F9B4" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69555424" w14:textId="050BCDE9" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="36" w:name="_Toc137477004"/>
+            <w:bookmarkStart w:id="35" w:name="_Toc137477004"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r w:rsidR="00DB2EA3">
               <w:t>33</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="36"/>
+              <w:t>Photographies de Claudette Potvin, Album 33</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
           <w:p w14:paraId="0989DC8C" w14:textId="542D7869" w:rsidR="00000E7F" w:rsidRDefault="00432DF3" w:rsidP="00000E7F">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. – 62 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53AB65FD" w14:textId="77777777" w:rsidR="00000E7F" w:rsidRDefault="00000E7F" w:rsidP="00000E7F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB2EA3" w:rsidRPr="00A674F8" w14:paraId="6A4BED2E" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7438B90A" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
@@ -6824,70 +6971,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="77834DEE" w14:textId="3F1FB463" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E580844" w14:textId="5569F944" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="37" w:name="_Toc137477005"/>
+            <w:bookmarkStart w:id="36" w:name="_Toc137477005"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>34</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="37"/>
+              <w:t>Photographies de Claudette Potvin, Album 34</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
           <w:p w14:paraId="5241EB6C" w14:textId="2AD3D1E7" w:rsidR="00DB2EA3" w:rsidRDefault="00432DF3" w:rsidP="00DB2EA3">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. –  49 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03518AF1" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB2EA3" w:rsidRPr="00A674F8" w14:paraId="43CFB5D0" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="45F17C74" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
@@ -6902,70 +7046,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="647D7B5E" w14:textId="5C404F65" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A32CD0E" w14:textId="39922D9B" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="38" w:name="_Toc137477006"/>
+            <w:bookmarkStart w:id="37" w:name="_Toc137477006"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>35</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="38"/>
+              <w:t>Photographies de Claudette Potvin, Album 35</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
           <w:p w14:paraId="79F1531F" w14:textId="3E6704EE" w:rsidR="00DB2EA3" w:rsidRDefault="00432DF3" w:rsidP="00DB2EA3">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. –  81 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CF2A5CE" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB2EA3" w:rsidRPr="00A674F8" w14:paraId="36836D16" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3A0EBF94" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
@@ -6980,70 +7121,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="71AC74D3" w14:textId="62D85938" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20E3ABFC" w14:textId="743838EB" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="39" w:name="_Toc137477007"/>
+            <w:bookmarkStart w:id="38" w:name="_Toc137477007"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>36</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="39"/>
+              <w:t>Photographies de Claudette Potvin, Album 36</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
           <w:p w14:paraId="5949B8F0" w14:textId="712FE5F4" w:rsidR="00DB2EA3" w:rsidRDefault="00432DF3" w:rsidP="00DB2EA3">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. –  182 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="000AB9B8" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB2EA3" w:rsidRPr="00A674F8" w14:paraId="472874DB" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="07CD9D42" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
@@ -7058,70 +7196,67 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="01ADD849" w14:textId="76169523" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B644757" w14:textId="4EF54093" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="40" w:name="_Toc137477008"/>
+            <w:bookmarkStart w:id="39" w:name="_Toc137477008"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>37</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="40"/>
+              <w:t>Photographies de Claudette Potvin, Album 37</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
           <w:p w14:paraId="3111B68A" w14:textId="530ED48C" w:rsidR="00DB2EA3" w:rsidRDefault="00432DF3" w:rsidP="00DB2EA3">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. –  265 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="054F1D6C" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB2EA3" w:rsidRPr="00A674F8" w14:paraId="56AF9826" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0F948F1F" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
@@ -7136,148 +7271,143 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="6024DA49" w14:textId="51435A93" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FF689BA" w14:textId="6554F26E" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="41" w:name="_Toc137477009"/>
+            <w:bookmarkStart w:id="40" w:name="_Toc137477009"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>38</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="41"/>
+              <w:t>Photographies de Claudette Potvin, Album 38</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
           <w:p w14:paraId="500E739E" w14:textId="42B1A0B2" w:rsidR="00DB2EA3" w:rsidRDefault="00432DF3" w:rsidP="00DB2EA3">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. –  218 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00D71790" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB2EA3" w:rsidRPr="00A674F8" w14:paraId="58B0D452" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="55766670" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Disque dur externe Archives </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10AA88F8" w14:textId="3A44C20F" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AD59E73" w14:textId="59021527" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="42" w:name="_Toc137477010"/>
+            <w:bookmarkStart w:id="41" w:name="_Toc137477010"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>39</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="42"/>
+              <w:t>Photographies de Claudette Potvin, Album 39</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
           <w:p w14:paraId="702C9C48" w14:textId="08997864" w:rsidR="00DB2EA3" w:rsidRDefault="00432DF3" w:rsidP="00DB2EA3">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. –  177 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79554E7C" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB2EA3" w:rsidRPr="00A674F8" w14:paraId="56F240E9" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5D29BBCD" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
@@ -7292,162 +7422,159 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="446BEFEB" w14:textId="251695B2" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1 et 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E79888E" w14:textId="6CE18419" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="43" w:name="_Toc137477011"/>
+            <w:bookmarkStart w:id="42" w:name="_Toc137477011"/>
             <w:r>
               <w:t>P406</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>40</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00712432">
-              <w:t xml:space="preserve">Photographies de Claudette Potvin, Album </w:t>
-[...4 lines deleted...]
-            <w:bookmarkEnd w:id="43"/>
+              <w:t>Photographies de Claudette Potvin, Album 40</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
           <w:p w14:paraId="4778A6F2" w14:textId="716B36C0" w:rsidR="00DB2EA3" w:rsidRDefault="00432DF3" w:rsidP="00DB2EA3">
             <w:r w:rsidRPr="00432DF3">
               <w:t>– [200-]. –  43 photographies originales; aussi numérisées; format .jpg, couleur, 400 ppp.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BDFE21C" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00DB2EA3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71B92678" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="000D4CC4"/>
     <w:p w14:paraId="1453E7DC" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="71F28F6D" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="017544C2" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="1C85BA0B" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidSect="00F22AC1">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E7E924B" w14:textId="77777777" w:rsidR="00A712C9" w:rsidRDefault="00A712C9" w:rsidP="00923766">
+    <w:p w14:paraId="511D3DDD" w14:textId="77777777" w:rsidR="00571417" w:rsidRDefault="00571417" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EE2648E" w14:textId="77777777" w:rsidR="00A712C9" w:rsidRDefault="00A712C9" w:rsidP="00923766">
+    <w:p w14:paraId="17A3AE03" w14:textId="77777777" w:rsidR="00571417" w:rsidRDefault="00571417" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13172E46" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-CA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0497FABC" wp14:editId="557A9EAA">
               <wp:extent cx="5467350" cy="45085"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="1" name="Organigramme : Décision 1" descr="Light horizontal"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
@@ -7470,51 +7597,51 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="50C7CF1E" id="_x0000_t110" coordsize="21600,21600" o:spt="110" path="m10800,l,10800,10800,21600,21600,10800xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
             </v:shapetype>
             <v:shape id="Organigramme : Décision 1" o:spid="_x0000_s1026" type="#_x0000_t110" alt="Light horizontal" style="width:430.5pt;height:3.55pt;flip:y;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCA9EH/xQIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0lK0jXR0mlbKSAV&#10;NmnAvWs7iYVjB9ttuiHehVteA16MYyfrNn4khMiF459zjr/znc/n5HTfSrTjxgqtSpwcxRhxRTUT&#10;qi7xu7eryRwj64hiRGrFS3zDLT5dPH1y0ncFn+pGS8YNgiDKFn1X4sa5rogiSxveEnukO67gsNKm&#10;JQ6Wpo6YIT1Eb2U0jeNZ1GvDOqMptxZ2l8MhXoT4VcWpu6wqyx2SJQZsLowmjBs/RosTUtSGdI2g&#10;IwzyDyhaIhRcegi1JI6grRG/hGoFNdrqyh1R3Ua6qgTlIQfIJol/yua6IR0PuQA5tjvQZP9fWPpm&#10;d2WQYFA7jBRpoUSXpiZKACdty799KdDy+1cqfH0RmDBuKdC3FnXjUKONuNXKEel57DtbQLjr7sp4&#10;Jmy31vSDRUpfNETV/MwY3TecMECfePvokYNfWHBFm/61ZgCDbJ0OlO4r06JKiu69d/ShgTa0DzW8&#10;OdSQ7x2isJmls+NnGZSawlmaxfMs3EUKH8Y7d8a6F1y3yE9KXEndA0DjlnzIMtxAdmvrPMZ7++BL&#10;nFsJKUdf6V5qcxscqvpCmpC2qTcwRTviFRe+EcDBZPNb21X4RtvRxF8/XuljS+VHpT2EAdywA7kD&#10;XH/mWQiy+5Qn0zQ+n+aT1Wx+PElXaTbJj+P5JE7y83wWp3m6XH320JO0aARjXK2F4ndPIEn/TmLj&#10;YxzEGx4B6kucZ9MssGK1FMyj9djsH5l5ZNYKBx1BirbE8wN9pPDKea4YpE0KR4Qc5tFj+KFgwMHd&#10;P7ASdOalNUh0o9kNyMxoKD7IBHoXTEDJtxj10AdKbD9uieEYyVcKpJonaeobR1ik2fEUFubhyebh&#10;CVEUQpXYYTRML9zQbLad8U/mTsFKn4G8KxE05qU/oBofBbz1kMHYl3wzebgOVvfdc/EDAAD//wMA&#10;UEsDBBQABgAIAAAAIQBMQZZE2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP&#10;1iL1UhUnHCBK4yCoxAcEOHA08ZKkjddRbIjL13fbS7mMNJrVzNtiHW0vbjj6zpGCdJ6AQKqd6ahR&#10;cDzs3jIQPmgyuneECr7Rw7p8fip0btxEFd72oRFcQj7XCtoQhlxKX7dotZ+7AYmzixutDmzHRppR&#10;T1xue7lIkqW0uiNeaPWAHy3WX/urVbCrzNa/Tvf4eTllR3dYxHu12ir1MoubdxABY/g/hl98RoeS&#10;mc7uSsaLXgE/Ev6Us2yZsj0rWKUgy0I+spc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AID0Qf/FAgAAhQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAExBlkTZAAAAAwEAAA8AAAAAAAAAAAAAAAAAHwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAlBgAAAAA=&#10;" fillcolor="black" stroked="f">
               <v:fill r:id="rId1" o:title="" type="pattern"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="7B57016D" w14:textId="62AF7024" w:rsidR="00DB2EA3" w:rsidRPr="009D2B71" w:rsidRDefault="00DB2EA3" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -7539,60 +7666,60 @@
       <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="008D64A5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="53DEB62C" w14:textId="77777777" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63F18D33" w14:textId="77777777" w:rsidR="00A712C9" w:rsidRDefault="00A712C9" w:rsidP="00923766">
+    <w:p w14:paraId="6F27AEBC" w14:textId="77777777" w:rsidR="00571417" w:rsidRDefault="00571417" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EE16D38" w14:textId="77777777" w:rsidR="00A712C9" w:rsidRDefault="00A712C9" w:rsidP="00923766">
+    <w:p w14:paraId="781B272D" w14:textId="77777777" w:rsidR="00571417" w:rsidRDefault="00571417" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="7B48A1CE" w14:textId="37E0DC44" w:rsidR="00DB2EA3" w:rsidRDefault="00DB2EA3">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Avis de décès en ligne : </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidRPr="0017103D">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://hebertetfils.com/avis-deces/1595/real-tremblay</w:t>
@@ -7612,59 +7739,59 @@
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Avis de décès en ligne : </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="0017103D">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://hebertetfils.com/avis-deces/4509/claudette-potvin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="129"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="00000E7F"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="000723B8"/>
     <w:rsid w:val="000810CE"/>
@@ -7687,50 +7814,52 @@
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="00284955"/>
     <w:rsid w:val="0028732E"/>
     <w:rsid w:val="00287473"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
     <w:rsid w:val="002D0F20"/>
     <w:rsid w:val="0030124F"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="003F4373"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="00432DF3"/>
     <w:rsid w:val="0045758A"/>
     <w:rsid w:val="0046451E"/>
     <w:rsid w:val="00482915"/>
     <w:rsid w:val="004862B9"/>
     <w:rsid w:val="00502C0D"/>
     <w:rsid w:val="0051144D"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
     <w:rsid w:val="00561EAD"/>
+    <w:rsid w:val="00562BC5"/>
+    <w:rsid w:val="00571417"/>
     <w:rsid w:val="00587F67"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005B615A"/>
     <w:rsid w:val="005C6EC0"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="00612460"/>
     <w:rsid w:val="00624149"/>
     <w:rsid w:val="0066145D"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="00712432"/>
     <w:rsid w:val="00717510"/>
     <w:rsid w:val="007215FD"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="00797D5C"/>
     <w:rsid w:val="007F33D1"/>
     <w:rsid w:val="0082184E"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="008A0AA0"/>
@@ -7780,110 +7909,112 @@
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
     <w:rsid w:val="00C407B6"/>
     <w:rsid w:val="00C40995"/>
     <w:rsid w:val="00C42F3C"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C817ED"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CB5258"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CE48E5"/>
     <w:rsid w:val="00CF7467"/>
     <w:rsid w:val="00D06AA1"/>
     <w:rsid w:val="00D25352"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
     <w:rsid w:val="00D81EF4"/>
     <w:rsid w:val="00DA6900"/>
     <w:rsid w:val="00DB2EA3"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DF516C"/>
     <w:rsid w:val="00E06067"/>
+    <w:rsid w:val="00E12A25"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E57F6F"/>
     <w:rsid w:val="00E86474"/>
     <w:rsid w:val="00E9066C"/>
     <w:rsid w:val="00F22AC1"/>
+    <w:rsid w:val="00F27D66"/>
     <w:rsid w:val="00F3008F"/>
     <w:rsid w:val="00F41408"/>
     <w:rsid w:val="00F43CBC"/>
     <w:rsid w:val="00F568C7"/>
     <w:rsid w:val="00F64BAF"/>
     <w:rsid w:val="00F75A63"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
     <w:rsid w:val="00FA474E"/>
     <w:rsid w:val="00FC3D97"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="30FFD538"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{752BCCCA-4813-4843-94C7-EC6964EB1C19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8215,84 +8346,84 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00923766"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Niveau 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:qFormat/>
     <w:rsid w:val="00A674F8"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
     <w:name w:val="Titre 2 Car"/>
@@ -8778,51 +8909,51 @@
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="005C6EC0"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001B391B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="191454813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="241067577">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9187,72 +9318,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D67BE94E-99A4-4E0B-9BA3-804A48819F4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Modèle Instrument de recherche 2017 v2.dotm</Template>
+  <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>13995</Characters>
+  <Pages>10</Pages>
+  <Words>2678</Words>
+  <Characters>14735</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16506</CharactersWithSpaces>
+  <CharactersWithSpaces>17379</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>