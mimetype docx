--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -1,52 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2853C545" w14:textId="5F62A82A" w:rsidR="00B46FC4" w:rsidRPr="00441802" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">FONDS </w:t>
       </w:r>
       <w:r w:rsidR="00D230A5" w:rsidRPr="00441802">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>LOUIS-GEORGES FORTIN ET IRÈNE DUCHESNE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C3A788" w14:textId="426796BB" w:rsidR="00B46FC4" w:rsidRPr="00441802" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00D230A5" w:rsidRPr="00441802">
         <w:t>394</w:t>
       </w:r>
@@ -288,2554 +289,3649 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t>Non traité</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409702CD" w14:textId="77777777" w:rsidR="00DA6900" w:rsidRPr="00441802" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C535C58" w14:textId="77777777" w:rsidR="00DA6900" w:rsidRPr="00441802" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="250A8F10" w14:textId="77777777" w:rsidR="0076644B" w:rsidRPr="00441802" w:rsidRDefault="0076644B" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:lastRenderedPageBreak/>
         <w:t>Table des matières</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="462D8995" w14:textId="19F7F0E3" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00BD4041">
+    <w:p w14:paraId="4427F0AF" w14:textId="1312373A" w:rsidR="00E75922" w:rsidRDefault="00BD4041">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:instrText xml:space="preserve"> TOC \o "1-5" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc81230475" w:history="1">
-        <w:r w:rsidR="00441802" w:rsidRPr="00441802">
+      <w:hyperlink w:anchor="_Toc212023295" w:history="1">
+        <w:r w:rsidR="00E75922" w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="00441802" w:rsidRPr="00441802">
+          </w:rPr>
+          <w:t>PRÉSENTATION DU FON</w:t>
+        </w:r>
+        <w:r w:rsidR="00E75922" w:rsidRPr="003317C7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>D</w:t>
+        </w:r>
+        <w:r w:rsidR="00E75922" w:rsidRPr="003317C7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>S</w:t>
+        </w:r>
+        <w:r w:rsidR="00E75922">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00441802" w:rsidRPr="00441802">
+        <w:r w:rsidR="00E75922">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00441802" w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidR="00441802" w:rsidRPr="00441802">
+        <w:r w:rsidR="00E75922">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023295 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00E75922">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00E75922">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00441802" w:rsidRPr="00441802">
+        <w:r w:rsidR="00E75922">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00441802" w:rsidRPr="00441802">
+        <w:r w:rsidR="00E75922">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C03F3A4" w14:textId="09163B82" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="4B494E94" w14:textId="7DF9276E" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023296" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A Famille</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023296 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1EA6C49B" w14:textId="4C33E4D2" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="565857E9" w14:textId="486AEA47" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023297" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A1 Portraits de famille</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023297 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7ED1229B" w14:textId="3AA0EB31" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="16315ED0" w14:textId="50F4CFC1" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023298" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A1/1 : Famille Louis-Georges Fortin</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023298 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38298C45" w14:textId="10FB9583" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="7F0F0AE1" w14:textId="6BDECC37" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023299" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A1/2 : Famille Duchesne</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023299 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2CF70590" w14:textId="1442A181" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="7F215837" w14:textId="7764DE9D" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023300" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A1/3 : Famille Gravel</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023300 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B9D3EA1" w14:textId="09E5EC36" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="3D422733" w14:textId="3B6EEFA1" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023301" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
+          </w:rPr>
+          <w:t>P394/A1/3.1 : Famille de Laurette Gravel</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023301 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2DE694B0" w14:textId="558FE86E" w:rsidR="00E75922" w:rsidRDefault="00E75922">
+      <w:pPr>
+        <w:pStyle w:val="TM3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023302" w:history="1">
+        <w:r w:rsidRPr="003317C7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>P394/A1/3.2 : Famille Gravel au Nebraska, États-Unis</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023302 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="01E2F085" w14:textId="53BC52E3" w:rsidR="00E75922" w:rsidRDefault="00E75922">
+      <w:pPr>
+        <w:pStyle w:val="TM3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023303" w:history="1">
+        <w:r w:rsidRPr="003317C7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>P394/A1/3.3 : Souvenirs de famille par Orléatha Gravel Kellogg</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023303 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7A31C3DA" w14:textId="642C1902" w:rsidR="00E75922" w:rsidRDefault="00E75922">
+      <w:pPr>
+        <w:pStyle w:val="TM3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023304" w:history="1">
+        <w:r w:rsidRPr="003317C7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
           </w:rPr>
           <w:t>P394/A1/4 : Enfants (divers)</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023304 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A786DBE" w14:textId="03498E79" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="62338279" w14:textId="413CDD58" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023305" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2 Événements</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023305 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79170842" w14:textId="6FF44FC5" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="6D214BAC" w14:textId="5C4B5C79" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023306" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2/1 : Mariages</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023306 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03A4BE19" w14:textId="50C4CE2C" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="3160FF05" w14:textId="4EB43889" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023307" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2/2 : Anniversaires de naissances</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023307 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="621D6AC5" w14:textId="6B509E9E" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="71242E44" w14:textId="0E738577" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023308" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2/3 : Anniversaires de mariages</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023308 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D95EF6B" w14:textId="15E6A8D6" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="140FE389" w14:textId="596DD0C5" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023309" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2/4 : Célébrations religieuses</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023309 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C0EAC46" w14:textId="53CC4586" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="4098C9EC" w14:textId="40BBDF61" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023310" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2/5 : Fêtes de famille</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023310 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79F3A915" w14:textId="284CF473" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="408743B1" w14:textId="6B83CE53" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023311" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          </w:rPr>
+          <w:t>P394/A2/6 : Sorties et visites de la famille Fortin</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023311 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="13AA788D" w14:textId="7E8AB7FD" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="203CB8CA" w14:textId="243AA8F1" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023312" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2/7 : Centenaire de Normandin</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023312 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DDF7EAF" w14:textId="76AA5506" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="5489EEE7" w14:textId="55C871FA" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023313" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2/8 : Festival du Miel</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023313 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="520BC1A9" w14:textId="65E98FDF" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="4A9F05BC" w14:textId="1B4E54B9" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023314" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A2/9 : Incendie église de Normandin</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023314 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2811522E" w14:textId="617D140F" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="51ABD3C3" w14:textId="69007FA4" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023315" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A3 Activités</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023315 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B8A63C3" w14:textId="4226A8C7" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="47E7D135" w14:textId="19B90020" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023316" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A3/1 : Agriculture</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023316 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4721FA65" w14:textId="13A93E21" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="2351B147" w14:textId="54DC6832" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023317" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A3/2 : Transport</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023317 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D8FC443" w14:textId="1159B4D2" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="100AAE2A" w14:textId="6B58F560" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023318" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A3/3 : Sports</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023318 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F693ACD" w14:textId="14592386" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="04C82BAC" w14:textId="40D39A09" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023319" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A3/4 : Organismes</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023319 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="530172B5" w14:textId="72AA19B0" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="0E40119F" w14:textId="10DAC6C0" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023320" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A3/5 : Voyages</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023320 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="799A7858" w14:textId="75C31073" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="4AF0B3B6" w14:textId="1CAAFB40" w:rsidR="00E75922" w:rsidRDefault="00E75922">
+      <w:pPr>
+        <w:pStyle w:val="TM3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023321" w:history="1">
+        <w:r w:rsidRPr="003317C7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>P394/A3/5.1 : Voyages Famille Fortin</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023321 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0F2B3ABE" w14:textId="47665CBA" w:rsidR="00E75922" w:rsidRDefault="00E75922">
+      <w:pPr>
+        <w:pStyle w:val="TM3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023322" w:history="1">
+        <w:r w:rsidRPr="003317C7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>P394/A3/5.2 : Voyage Nebraska, États-Unis</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023322 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0879348A" w14:textId="4C907D52" w:rsidR="00E75922" w:rsidRDefault="00E75922">
+      <w:pPr>
+        <w:pStyle w:val="TM3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023323" w:history="1">
+        <w:r w:rsidRPr="003317C7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>P394/A3/5.3 : L'histoire des Gravel du Nebraska et ceux de St-Thomas</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023323 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2CE13760" w14:textId="3C28232B" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023324" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A4 Lieux</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023324 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3607CC11" w14:textId="74ADD86A" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="57161BEA" w14:textId="47CB63FB" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023325" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A4/1 : Bâtiments et maisons</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023325 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="642C8B01" w14:textId="2E1C60A4" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="0639C923" w14:textId="5CDD78F9" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023326" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A4/2 : Paysages, nature</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023326 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BDD959C" w14:textId="31003A10" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="71E5F11E" w14:textId="63562047" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023327" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A5 Animaux</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023327 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>16</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1EC138E5" w14:textId="7E00E3F1" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="1D600EF3" w14:textId="6682BE9A" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023328" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>P394/A5/1 : Animaux domestiques</w:t>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023328 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75B07E02" w14:textId="153A35F2" w:rsidR="00441802" w:rsidRPr="00441802" w:rsidRDefault="00441802">
+    <w:p w14:paraId="092A4E48" w14:textId="16FBF684" w:rsidR="00E75922" w:rsidRDefault="00E75922">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212023329" w:history="1">
+        <w:r w:rsidRPr="003317C7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
-            <w:color w:val="auto"/>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+          </w:rPr>
+          <w:t>P394/A5/2 : Animaux équestres</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212023329 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="00441802">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00441802">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5660490B" w14:textId="435244FD" w:rsidR="00BD4041" w:rsidRPr="00441802" w:rsidRDefault="00BD4041" w:rsidP="00923766">
+    <w:p w14:paraId="5660490B" w14:textId="3709D701" w:rsidR="00BD4041" w:rsidRPr="00441802" w:rsidRDefault="00BD4041" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DF1D1D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00441802" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc81230475"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc212023295"/>
       <w:r w:rsidRPr="00441802">
         <w:lastRenderedPageBreak/>
         <w:t>PRÉSENTATION DU FONDS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="786CAD82" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00441802" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2854110A" w14:textId="77777777" w:rsidR="00EE0EC9" w:rsidRPr="00441802" w:rsidRDefault="007F33D1" w:rsidP="00EE0EC9">
+    <w:p w14:paraId="2854110A" w14:textId="45434991" w:rsidR="00EE0EC9" w:rsidRPr="00441802" w:rsidRDefault="007F33D1" w:rsidP="00EE0EC9">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00D230A5" w:rsidRPr="00441802">
         <w:t>394</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve"> Fonds </w:t>
       </w:r>
       <w:r w:rsidR="00D230A5" w:rsidRPr="00441802">
         <w:t>Louis-Georges Fortin et Irène Duchesne</w:t>
       </w:r>
       <w:r w:rsidR="00931389" w:rsidRPr="00441802">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B46FC4" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE0EC9" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">– [ca </w:t>
+        <w:t>– [</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EE0EC9" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>1900]-</w:t>
+        <w:t>ca</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00EE0EC9" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2016. – 1,2 cm de documents textuels. – 1498 photographies. – 107 négatifs. – 41 avis de décès.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EE0EC9" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1900]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EE0EC9" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2016. – 1,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E13C0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0EC9" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm de documents textuels. – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E13C0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>922</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0EC9" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> photographies. – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E13C0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0EC9" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> négatifs. – 41 avis de décès.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C495B78" w14:textId="3CB935DC" w:rsidR="00931389" w:rsidRPr="00441802" w:rsidRDefault="00931389" w:rsidP="00923766"/>
-    <w:p w14:paraId="2547058E" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00441802" w:rsidRDefault="00931389" w:rsidP="00923766"/>
+    <w:p w14:paraId="2547058E" w14:textId="700B0E4A" w:rsidR="00931389" w:rsidRPr="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00923766">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00540E0C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Donation originale de Mario Fortin, juillet 2021 :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00540E0C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F8314F" w14:textId="2121EEF1" w:rsidR="00540E0C" w:rsidRPr="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00923766">
+      <w:r w:rsidRPr="00540E0C">
+        <w:t>Sous-séries A1, A2, A3/1 à 4 et 5.1, A4 et A5 incluses.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ca</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1900]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2016. – 1,</w:t>
+      </w:r>
+      <w:r w:rsidR="007E13C0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm de documents textuels. – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E13C0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>518</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> photographies. – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007E13C0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> négatifs. – 41 avis de décès.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0145A882" w14:textId="77777777" w:rsidR="00540E0C" w:rsidRPr="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00923766"/>
+    <w:p w14:paraId="02EF375A" w14:textId="5B1695F6" w:rsidR="00540E0C" w:rsidRPr="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00923766">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00540E0C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Ajout de Réjean Fortin, octobre 2025 :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA7FCCB" w14:textId="61CD70BD" w:rsidR="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00923766">
+      <w:r>
+        <w:t xml:space="preserve">Sous-sous-séries </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37FAC">
+        <w:t>P394/</w:t>
+      </w:r>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37FAC">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37FAC">
+        <w:t>3.2 et 3.3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37FAC">
+        <w:t>ainsi que</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37FAC">
+        <w:t>P394/A3/5.2 et 5.3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (4 albums</w:t>
+      </w:r>
+      <w:r w:rsidR="00C37FAC">
+        <w:t xml:space="preserve"> au total</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1921-2002</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>. –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 397</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> photographies. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37FAC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 0,1 cm de documents textuels. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70012F74" w14:textId="77777777" w:rsidR="00540E0C" w:rsidRPr="00441802" w:rsidRDefault="00540E0C" w:rsidP="00923766"/>
     <w:p w14:paraId="30ACCEE9" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00441802" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Notice biographique</w:t>
       </w:r>
       <w:r w:rsidR="00A674F8" w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / Histoire administrative</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00DC3822" w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708A8E91" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRPr="00441802" w:rsidRDefault="00561EAD" w:rsidP="00923766"/>
     <w:p w14:paraId="0E8C4D49" w14:textId="3E2B6583" w:rsidR="007F33D1" w:rsidRPr="00441802" w:rsidRDefault="00A75249" w:rsidP="00923766">
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Louis-Georges Fortin a été agriculteur avant de devenir responsable des comptes pour l’Association coopérative de Normandin. Il est le fils de Charles Fortin et d’Angèle Dallaire. Il naît en juin 1923 et épouse Irène Duchesne, fille de Gérard Duchesne et Laurette Gravel, le 7 juillet 1947 à Normandin, comté Roberval. </w:t>
       </w:r>
       <w:r w:rsidR="007A207A" w:rsidRPr="00441802">
         <w:t xml:space="preserve">Irène élève 7 enfants à la maison. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E2271C" w14:textId="7C0332D0" w:rsidR="007A207A" w:rsidRPr="00441802" w:rsidRDefault="007A207A" w:rsidP="00923766"/>
-    <w:p w14:paraId="5C3E4BB8" w14:textId="5CEBBEDD" w:rsidR="00A42DDF" w:rsidRPr="00441802" w:rsidRDefault="007A207A" w:rsidP="00923766">
+    <w:p w14:paraId="5C3E4BB8" w14:textId="5CEBBEDD" w:rsidR="00A42DDF" w:rsidRDefault="007A207A" w:rsidP="00923766">
       <w:r w:rsidRPr="00441802">
         <w:t>Mario Fortin, fils du couple, est le donateur du fonds d’archives familial. Mario, actuellement maire de la municipalité de Normandin</w:t>
       </w:r>
       <w:r w:rsidR="00BE5BED" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> (2021)</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003C1DC4" w:rsidRPr="00441802">
         <w:t xml:space="preserve">est </w:t>
       </w:r>
       <w:r w:rsidR="00901D10" w:rsidRPr="00441802">
         <w:t>en poste</w:t>
       </w:r>
       <w:r w:rsidR="003C1DC4" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> à la mairie </w:t>
       </w:r>
       <w:r w:rsidR="00901D10" w:rsidRPr="00441802">
         <w:t>de</w:t>
       </w:r>
       <w:r w:rsidR="003C1DC4" w:rsidRPr="00441802">
         <w:t>puis</w:t>
       </w:r>
       <w:r w:rsidR="00901D10" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> 201</w:t>
       </w:r>
       <w:r w:rsidR="003C1DC4" w:rsidRPr="00441802">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00901D10" w:rsidRPr="00441802">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A42DDF" w:rsidRPr="00441802">
         <w:t xml:space="preserve">Il a auparavant travaillé pour Agriculture et Agroalimentaire Canada de 1977 à 2012. Il est né à Normandin et a épousé Johanne Gilbert le 13 septembre 1980 (décédée en 2011). Il a aujourd’hui Mme Ghislaine </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A42DDF" w:rsidRPr="00441802">
         <w:t>Imbeault</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A42DDF" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> pour conjointe (2021). </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="50840526" w14:textId="77777777" w:rsidR="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00923766"/>
+    <w:p w14:paraId="1D4A0731" w14:textId="2973D5C7" w:rsidR="00540E0C" w:rsidRPr="00441802" w:rsidRDefault="00540E0C" w:rsidP="00923766">
+      <w:r>
+        <w:t xml:space="preserve">Réjean Fortin, second donateur (en 2025), est le frère de Mario Fortin, aussi le fils de Louis-Georges Fortin et Irène Duchesne de Normandin. Il a été agriculteur à Normandin de 1970 à aujourd’hui, toutefois sur une ferme à Saint-Edmond-les-Plaines de nos jours (2025). Il se marie avec Sylvie Boivin en 1975. Du plus loin qu’il se souvient, il a toujours travaillé dans l’industrie laitière, en agriculture. Il a également été impliqué avec la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00540E0C">
+        <w:t>Coop des Deux-Rives de Normandin,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> où il s’est impliqué de 1991 à 2015. Pour une biographie plus détaillée de Réjean Fortin, voir le </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00EF0966">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>P440 Fonds Livret des Bâtisseurs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> de la Société d’histoire et de généalogie Maria-Chapdelaine.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="377D9FB2" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00441802" w:rsidRDefault="00AB6798" w:rsidP="00923766"/>
     <w:p w14:paraId="69642FA7" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00441802" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Historique de la conservation : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4384F827" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00441802" w:rsidRDefault="00931389" w:rsidP="00923766"/>
-    <w:p w14:paraId="5F30CBE1" w14:textId="73932122" w:rsidR="00561EAD" w:rsidRPr="00441802" w:rsidRDefault="00A42DDF" w:rsidP="00923766">
+    <w:p w14:paraId="5F30CBE1" w14:textId="73932122" w:rsidR="00561EAD" w:rsidRDefault="00A42DDF" w:rsidP="00923766">
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Les albums dont proviennent les photographies appartenaient au couple Louis-Georges Fortin et Irène Duchesne. Ceux-ci ont été cédés à la Société d’histoire et de généalogie Maria-Chapdelaine en juillet 2021 après un ménage des affaires familiales, en consensus avec les autres membres de la famille. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="229D65DE" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00923766"/>
+    <w:p w14:paraId="6E8D5A7B" w14:textId="351B1A8E" w:rsidR="00EE7177" w:rsidRPr="00441802" w:rsidRDefault="00EE7177" w:rsidP="00923766">
+      <w:r w:rsidRPr="00EE7177">
+        <w:t>Réjean Fortin, frère de Mario Fortin (donateur), fait la donation de documents de sa mère Irène Duchesne, relativement au côté Gravel de la famille (mère d'Irène, Laurette Gravel) et de parents du Nebraska, aux États-Unis, le 20 octobre 2025.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="6E0A5D2A" w14:textId="77777777" w:rsidR="00D30256" w:rsidRPr="00441802" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EA4F9B7" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00441802" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0C92DC" w14:textId="77777777" w:rsidR="00050170" w:rsidRPr="00441802" w:rsidRDefault="00050170" w:rsidP="00923766"/>
-    <w:p w14:paraId="16D5A1BE" w14:textId="4537433D" w:rsidR="00A42DDF" w:rsidRPr="00441802" w:rsidRDefault="001153BB" w:rsidP="00923766">
+    <w:p w14:paraId="16D5A1BE" w14:textId="4537433D" w:rsidR="00A42DDF" w:rsidRDefault="001153BB" w:rsidP="00923766">
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Ce fonds est constitué </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD" w:rsidRPr="00441802">
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="00A42DDF" w:rsidRPr="00441802">
         <w:t xml:space="preserve">photographies d’anniversaires, de mariages, de baptêmes, de célébrations diverses et de portraits de la famille Fortin-Duchesne, d’ancêtres familiaux ainsi que de souvenirs du centenaire de Normandin. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="09C581C8" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00923766"/>
+    <w:p w14:paraId="0D9FCA0A" w14:textId="0A270A05" w:rsidR="00EE7177" w:rsidRPr="00441802" w:rsidRDefault="00EE7177" w:rsidP="00923766">
+      <w:r w:rsidRPr="00EE7177">
+        <w:t>L'ajout concerne la rencontre de cousines Gravel éloignées. Raymonde Duchesne (fille de Laurette Gravel et sœur d'Irène) et sa famille vont à la découverte de la branche familiale des Gravel Kellogg au Nebraska, aux États-Unis, lors d'un voyage en 1975. La famille d'</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE7177">
+        <w:t>Orléatha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE7177">
+        <w:t xml:space="preserve"> Gravel Kellogg prend également la route du Lac-Saint-Jean, la terre natale de ses ancêtres Jérôme Gravel et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EE7177">
+        <w:t>Dorilda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EE7177">
+        <w:t xml:space="preserve"> Coutu, à Saint-Thomas-Didyme et à Normandin, au Québec (Canada). Les deux correspondantes se sont partagées des photos de leur famille proche et de leurs ancêtres qui figurent dans les albums cédés lors de la présente donation.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="0FC5CD4D" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00441802" w:rsidRDefault="00AB6798" w:rsidP="00923766"/>
     <w:p w14:paraId="3261C6B6" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00441802" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Instrument de recherche :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C10EF62" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00441802" w:rsidRDefault="00B46FC4" w:rsidP="00923766"/>
-    <w:p w14:paraId="60BC7670" w14:textId="79DD6290" w:rsidR="00B46FC4" w:rsidRPr="00441802" w:rsidRDefault="001153BB" w:rsidP="00923766">
+    <w:p w14:paraId="1FD0E8A2" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:r>
+        <w:t>Instrument de recherche créé et rédigé par Frédérique Fradet, archiviste</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C794686" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:r>
+        <w:t>Du 9 au 18 août 2021</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B25DF2" w14:textId="35C8E6DE" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:r>
+        <w:t xml:space="preserve">Traitement : documents produits par Frédérique Fradet, archiviste, retranscription des informations par Hélène </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Delaunière</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, bénévole, le tout d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>août 2021 à 2022.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBCCB19" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177"/>
+    <w:p w14:paraId="60BC7670" w14:textId="55CAAF88" w:rsidR="00B46FC4" w:rsidRDefault="001153BB" w:rsidP="00EE7177">
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Ce fonds </w:t>
       </w:r>
       <w:r w:rsidR="00A42DDF" w:rsidRPr="00441802">
-        <w:t xml:space="preserve">est traité au dossier. Les documents seront numérisés, puis décrits par le donateur et sa famille par la suite dans un tableau. </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>est traité au dossier. Les documents seront numérisés, puis décrits par le donateur et sa famille par la suite dans un tableau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F3D637" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177"/>
+    <w:p w14:paraId="1B28434E" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:r>
+        <w:t>Traitement au dossier des ajouts par Frédérique Fradet, archiviste, 21 au 23 octobre 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72AAC094" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:r>
+        <w:t xml:space="preserve">Identification par cotes à la pièce et description au tableau </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7177">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>: à venir</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6173CB38" w14:textId="1BAAE547" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:r>
+        <w:t xml:space="preserve">Numérisation des ajouts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7177">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>: à venir</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B5656E" w14:textId="77777777" w:rsidR="00F5483C" w:rsidRDefault="00F5483C" w:rsidP="00F5483C"/>
+    <w:p w14:paraId="0FFF2EA4" w14:textId="58BC2ABB" w:rsidR="00F5483C" w:rsidRDefault="00F5483C" w:rsidP="00F5483C">
+      <w:hyperlink r:id="rId9" w:anchor="!displayDocument/00000242813" w:history="1">
+        <w:r w:rsidRPr="00F5483C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>Lien aux archivistes</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (à l'interne, vers </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Constellio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3708CCFD" w14:textId="3AF02481" w:rsidR="000E4DD6" w:rsidRPr="00441802" w:rsidRDefault="000E4DD6" w:rsidP="00F5483C">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="000E4DD6">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>Tableau de description à la pièce</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (lien aux chercheurs) (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="!displayDocument/00000243890" w:history="1">
+        <w:r w:rsidRPr="000E4DD6">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t xml:space="preserve">lien à l’interne, vers </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="000E4DD6">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>Constellio</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39189FFF" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00441802" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
     <w:p w14:paraId="00BED667" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00441802" w:rsidRDefault="00E06067" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Restrictions régissant la consultation, la reproduction et la publication :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3433DBF3" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00441802" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
     <w:p w14:paraId="4489CB66" w14:textId="13A75ED2" w:rsidR="00C70C4E" w:rsidRPr="00441802" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:r w:rsidRPr="00441802">
         <w:t>Aucune.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B1A4C02" w14:textId="77777777" w:rsidR="00CD4C6C" w:rsidRPr="00441802" w:rsidRDefault="00CD4C6C" w:rsidP="00CD4C6C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C8B6914" w14:textId="2ED58386" w:rsidR="00CD4C6C" w:rsidRPr="00441802" w:rsidRDefault="00CD4C6C" w:rsidP="00CD4C6C">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Numérisation :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B4ACF0C" w14:textId="77777777" w:rsidR="00CD4C6C" w:rsidRPr="00441802" w:rsidRDefault="00CD4C6C" w:rsidP="00CD4C6C"/>
-    <w:p w14:paraId="415C49E3" w14:textId="77FCB322" w:rsidR="00CD4C6C" w:rsidRPr="00441802" w:rsidRDefault="00CD4C6C" w:rsidP="00CD4C6C">
-[...8 lines deleted...]
-    <w:p w14:paraId="754CF064" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00441802" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="415C49E3" w14:textId="77FCB322" w:rsidR="00CD4C6C" w:rsidRDefault="00CD4C6C" w:rsidP="00CD4C6C">
+      <w:r w:rsidRPr="00441802">
+        <w:t xml:space="preserve">Les documents iconographiques du fonds ont été numérisés pour les besoins de la famille donatrice seulement. Ils ont donc été numérisés en qualité « standard » pour faciliter la description des documents par la famille : en JPEG, 600 dpi. La numérisation a été réalisée par Guillaume Trottier, préposé à la numérisation, dans les semaines du 23 et du 30 août 2021, sur une période de plusieurs jours. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8CBEAC" w14:textId="77777777" w:rsidR="004435B1" w:rsidRDefault="004435B1" w:rsidP="00CD4C6C"/>
+    <w:p w14:paraId="78F3A37B" w14:textId="411798FE" w:rsidR="004435B1" w:rsidRDefault="004435B1" w:rsidP="00CD4C6C">
+      <w:r>
+        <w:t>Les images de l’ajout 2025 ne sont pas numérisées à ce jour.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634C093F" w14:textId="18C94EAF" w:rsidR="00F5483C" w:rsidRDefault="00F5483C" w:rsidP="00CD4C6C"/>
+    <w:p w14:paraId="08C83B96" w14:textId="42F437CA" w:rsidR="00F5483C" w:rsidRDefault="00F5483C" w:rsidP="00CD4C6C">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00F5483C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Lien vers la numérisation sur le serveur </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00F5483C">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>Voute:K</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:proofErr w:type="gramEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (accessible aux archivistes à l’interne uniquement)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09877C36" w14:textId="77777777" w:rsidR="00F5483C" w:rsidRDefault="00F5483C" w:rsidP="00CD4C6C"/>
+    <w:p w14:paraId="48F89FC4" w14:textId="033ADF95" w:rsidR="00F5483C" w:rsidRDefault="00F5483C" w:rsidP="00CD4C6C">
+      <w:r>
+        <w:t xml:space="preserve">Pour avoir accès aux images, prenez un rendez-vous pour la consultation du fonds en communiquant avec la Société d’histoire au </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="002E47A9">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>admin@shgmc.ca</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> ou 418-276-4989. Merci !</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7853D971" w14:textId="77777777" w:rsidR="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00CD4C6C"/>
+    <w:p w14:paraId="58481448" w14:textId="77777777" w:rsidR="00540E0C" w:rsidRPr="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00540E0C">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00540E0C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fonds liés : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7AEEF2" w14:textId="4E471D92" w:rsidR="00540E0C" w:rsidRDefault="00540E0C" w:rsidP="00540E0C">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00EF0966">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>P440 Fonds Livret des Bâtisseurs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> (donateur et collaborateur Réjean Fortin)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F1D08D" w14:textId="232239F1" w:rsidR="00C37FAC" w:rsidRPr="00C37FAC" w:rsidRDefault="00C37FAC" w:rsidP="00540E0C">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C37FAC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Emplacements : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FBA3E91" w14:textId="09805063" w:rsidR="00C37FAC" w:rsidRDefault="00C37FAC" w:rsidP="00C37FAC">
+      <w:r w:rsidRPr="00C37FAC">
+        <w:rPr>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>R07-E02-T01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9C1AB1" w14:textId="5CA3A4C4" w:rsidR="00C37FAC" w:rsidRDefault="00C37FAC" w:rsidP="00C37FAC">
+      <w:r>
+        <w:t>2 boîtes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077E71A3" w14:textId="77777777" w:rsidR="00C37FAC" w:rsidRDefault="00C37FAC" w:rsidP="00C37FAC"/>
+    <w:p w14:paraId="043D3ACE" w14:textId="56B434B8" w:rsidR="00C37FAC" w:rsidRPr="00441802" w:rsidRDefault="00C37FAC" w:rsidP="00C37FAC">
+      <w:r>
+        <w:t xml:space="preserve">Numérisation dans </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00C37FAC">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t xml:space="preserve">serveur </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="00C37FAC">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>Voute:K</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:proofErr w:type="gramEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDC6126" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00923766"/>
+    <w:p w14:paraId="7A0A1790" w14:textId="7CFE9EA7" w:rsidR="00EE7177" w:rsidRPr="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00923766">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE7177">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Classement : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA2342F" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRPr="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:r w:rsidRPr="00EE7177">
+        <w:br/>
+        <w:t>Les documents ont été conservés selon leur ordre primitif, entièrement ou partiellement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B89D15" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:r w:rsidRPr="00EE7177">
+        <w:t>Un plan de classification a été établi par l'archiviste.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6559644A" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177"/>
+    <w:p w14:paraId="438F20E8" w14:textId="41965ECC" w:rsidR="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE7177">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Langue des documents :</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34241DD4" w14:textId="0F15970D" w:rsidR="00EE7177" w:rsidRPr="00EE7177" w:rsidRDefault="00EE7177" w:rsidP="00EE7177">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Anglais et français</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E610E1A" w14:textId="77777777" w:rsidR="00EE7177" w:rsidRPr="00441802" w:rsidRDefault="00EE7177" w:rsidP="00923766"/>
     <w:p w14:paraId="23AF16E1" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00441802" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="0F0D749B" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00441802" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:r w:rsidRPr="00441802">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="123F20FF" w14:textId="4BB77673" w:rsidR="00B25321" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc81230476"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc212023296"/>
       <w:r w:rsidRPr="00441802">
         <w:lastRenderedPageBreak/>
         <w:t>P394</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00441802">
         <w:t xml:space="preserve">/A </w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:t>Famille</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10DD6FEE" w14:textId="3D95A7B0" w:rsidR="00742A4C" w:rsidRPr="00441802" w:rsidRDefault="00742A4C" w:rsidP="00742A4C">
+    <w:p w14:paraId="10DD6FEE" w14:textId="3C7AFDE1" w:rsidR="00742A4C" w:rsidRPr="00441802" w:rsidRDefault="00742A4C" w:rsidP="00742A4C">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk80090345"/>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">– [ca </w:t>
+        <w:t>– [</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>ca</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>1900]-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2016. – </w:t>
       </w:r>
       <w:r w:rsidR="008045DD" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>1,2</w:t>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidR="0025180F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> cm de documents textuels. – </w:t>
       </w:r>
       <w:r w:rsidR="008045DD" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00DC5338" w:rsidRPr="00441802">
-[...3 lines deleted...]
-        <w:t>527</w:t>
+      <w:r w:rsidR="0025180F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>924</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> photographies. – 1</w:t>
       </w:r>
       <w:r w:rsidR="00B0594D" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> négatifs.</w:t>
       </w:r>
       <w:r w:rsidR="008045DD" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 41 avis de décès.</w:t>
       </w:r>
@@ -2874,181 +3970,197 @@
         <w:t xml:space="preserve">Portraits de famille, Événements, Activités, Lieux </w:t>
       </w:r>
       <w:r w:rsidR="00441802" w:rsidRPr="00441802">
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r w:rsidR="00441802" w:rsidRPr="00441802">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Animaux. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D247AB4" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00441802" w:rsidRDefault="0028732E" w:rsidP="0028732E"/>
     <w:p w14:paraId="1B841619" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00441802" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="4B23B583" w14:textId="20516EC4" w:rsidR="00894F88" w:rsidRPr="00441802" w:rsidRDefault="00894F88" w:rsidP="0028732E">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Les photographies, négatifs et documents textuels étaient, à l’origine, conservés dans des albums. Les documents ont donc été divisés en dossiers qui conservent, le plus possible, l’ordre d’arrivée de ceux-ci, dans un souci de faciliter la consultation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3550743B" w14:textId="0C7B9BF3" w:rsidR="0028732E" w:rsidRPr="00441802" w:rsidRDefault="00894F88" w:rsidP="0028732E">
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">La description des photographies, qui sera effectuée par le donateur et ses frères et sœurs, pourrait apporter des informations supplémentaires sur le contenu du fonds. </w:t>
       </w:r>
       <w:r w:rsidR="005059ED" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Voir le fichier Excel construit à cet effet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A87C948" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00441802" w:rsidRDefault="0028732E" w:rsidP="00923766"/>
     <w:p w14:paraId="7641C4CA" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00441802" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="54278054" w14:textId="5B87C400" w:rsidR="001E5A46" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc81230477"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc212023297"/>
       <w:r w:rsidRPr="00441802">
         <w:t>P394</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00441802">
         <w:t xml:space="preserve">/A1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:t>Portraits de famille</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1A5E14B0" w14:textId="4E63637C" w:rsidR="00894F88" w:rsidRPr="00441802" w:rsidRDefault="00894F88" w:rsidP="00894F88">
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="1A5E14B0" w14:textId="14920E91" w:rsidR="00894F88" w:rsidRPr="00441802" w:rsidRDefault="00894F88" w:rsidP="00894F88">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>– [</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">ca </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>1900]-</w:t>
+        <w:t>ca</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>2016</w:t>
+        <w:t xml:space="preserve"> 1900]</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75922">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 1921</w:t>
+      </w:r>
+      <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-2016</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">– 0, 1 cm de documents textuels. </w:t>
+        <w:t>– 0,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75922">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm de documents textuels. </w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
+      <w:r w:rsidR="00E75922">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>978</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> photographies</w:t>
+      </w:r>
       <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>73</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> photographies</w:t>
+        <w:t>. – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B432A4" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75922">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>. – 1</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> négatifs.</w:t>
+        <w:t>négatifs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A72F59A" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00441802" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
     <w:p w14:paraId="7744DBAD" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00441802" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AC67AC" w14:textId="1B934D7A" w:rsidR="00AB6798" w:rsidRPr="00441802" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
         <w:t xml:space="preserve">des portraits des familles élargies de Louis-Georges Fortin et Irène Duchesne, les parents du donateur, soit M. Mario Fortin, maire de Normandin (au moment de la donation en 2021). Elle se déploie en 5 dossiers : </w:t>
       </w:r>
       <w:r w:rsidR="00C872E2" w:rsidRPr="00441802">
         <w:rPr>
@@ -3083,373 +4195,241 @@
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18CA3D06" w14:textId="77777777" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t>L’ordre d’origine a été conservé lorsque possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2193E127" w14:textId="77777777" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Certaines photographies comportent des informations au verso. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22165FF9" w14:textId="1FEC4DFE" w:rsidR="002828D4" w:rsidRPr="00441802" w:rsidRDefault="002828D4" w:rsidP="00923766">
       <w:r w:rsidRPr="00441802">
         <w:t>Les documents suivants sont conservés dans la boîte 1 du présent fonds, à l’emplacement rangée 08, étagère 01, tablette 03 et position 02 de la voûte de la Société d’histoire et de généalogie Maria-Chapdelaine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4778C272" w14:textId="77777777" w:rsidR="002828D4" w:rsidRPr="00441802" w:rsidRDefault="002828D4" w:rsidP="00923766"/>
-    <w:p w14:paraId="60C095F7" w14:textId="77777777" w:rsidR="002828D4" w:rsidRPr="00441802" w:rsidRDefault="002828D4" w:rsidP="00923766"/>
+    <w:p w14:paraId="60C095F7" w14:textId="77777777" w:rsidR="002828D4" w:rsidRDefault="002828D4" w:rsidP="00923766"/>
+    <w:p w14:paraId="10A8B1CF" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc212023298"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A1/1 : Famille Louis-Georges Fortin</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="32BA0514" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ca</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1900]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2015. – 483 photographies; sur papier photo, papier plastifié ou carton photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 27,8 x 21,5 cm ou plus petit. – 113 négatifs; polyester, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>., 2,8 x 2,9 cm et 2,4 x 3,6 cm ou plus petit (9 chemises).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C38F8AB" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00923766"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA48C7" w:rsidRPr="00441802" w14:paraId="2E97B2D2" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1567B8C8" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00441802" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
-[...51 lines deleted...]
-              <w:t>02</w:t>
+          <w:p w14:paraId="1567B8C8" w14:textId="22A4D57B" w:rsidR="00E57F6F" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00923766">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57F6F" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00E57F6F" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BD73630" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77BCE9B0" w14:textId="04050A31" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AF6F9B9" w14:textId="42B9618E" w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00486650">
-[...217 lines deleted...]
-          </w:p>
           <w:p w14:paraId="70F57F01" w14:textId="77777777" w:rsidR="00486650" w:rsidRPr="00441802" w:rsidRDefault="00486650" w:rsidP="00486650">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15163231" w14:textId="175D640C" w:rsidR="00486650" w:rsidRPr="00441802" w:rsidRDefault="00486650" w:rsidP="00486650">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -3459,230 +4439,234 @@
             <w:r w:rsidR="00047913" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, fils de Charles Fortin et d’Angèle Dallaire. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00DD9E10" w14:textId="77777777" w:rsidR="00486650" w:rsidRPr="00441802" w:rsidRDefault="00486650" w:rsidP="00486650">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51058A27" w14:textId="77777777" w:rsidR="00486650" w:rsidRPr="00441802" w:rsidRDefault="00486650" w:rsidP="00486650">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F120CF1" w14:textId="03CE6BED" w:rsidR="001E5801" w:rsidRPr="00441802" w:rsidRDefault="001E5801" w:rsidP="00486650">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
-              <w:lastRenderedPageBreak/>
               <w:t>Voir aussi le dossier « Célébrations religieuses » pour les avis de décès de la famille Fortin</w:t>
             </w:r>
             <w:r w:rsidR="00894F88" w:rsidRPr="00441802">
               <w:t xml:space="preserve"> à la cote P394/A2/4 du présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="210F033E" w14:textId="79B208B6" w:rsidR="00451BD0" w:rsidRPr="00441802" w:rsidRDefault="00451BD0" w:rsidP="00486650">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Voir le dossier « Enfants (divers) » pour les enfants et bébés de la famille Fortin à la cote P394/A1/4 du présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2598FA7A" w14:textId="4CF4EB6F" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="00486650">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00047913" w:rsidRPr="00441802">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B6726DB" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00441802" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FD7384C" w14:textId="7D915497" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7063A583" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="3EF6EFEC" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc212023299"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A1/2 : Famille Duchesne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="225EFA77" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 1975-2016. – 0, 1 cm de documents textuels. – 126 photographies; sur carton ou papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 24,9 x 20,2 cm (3 chemises). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2E8026" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00615212" w:rsidRPr="00441802" w14:paraId="1A05F5F3" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="599E24D6" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
-[...10 lines deleted...]
-              <w:t>R08-E01-T03-P02</w:t>
+          <w:p w14:paraId="599E24D6" w14:textId="671A0B09" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00615212">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00615212" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00615212" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22F804C1" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="065FD2AC" w14:textId="1FDB1FE1" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7910AD83" w14:textId="2B016369" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
-[...79 lines deleted...]
-          </w:p>
           <w:p w14:paraId="68B05E4C" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16F4C0DE" w14:textId="77777777" w:rsidR="00B35B72" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -3731,278 +4715,641 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A4B7135" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="286DDB45" w14:textId="4358E186" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Voir aussi le dossier « Célébrations religieuses » pour les avis de décès de la famille Duchesne à la cote P394/A2/4 du présent fonds.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43D0B170" w14:textId="753EC311" w:rsidR="00451BD0" w:rsidRPr="00441802" w:rsidRDefault="00451BD0" w:rsidP="00615212">
+          <w:p w14:paraId="43D0B170" w14:textId="753EC311" w:rsidR="00451BD0" w:rsidRDefault="00451BD0" w:rsidP="00615212">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Voir le dossier « Enfants (divers) » pour les enfants et bébés de la famille Duchesne à la cote P394/A1/4 du présent fonds.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D493A93" w14:textId="1B3292FB" w:rsidR="009214E6" w:rsidRPr="00441802" w:rsidRDefault="009214E6" w:rsidP="00615212">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Voir le dossier « </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A352VoyagesNebraskaUSA" w:history="1">
+              <w:r w:rsidRPr="009214E6">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>Voyages Nebraska, États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> » pour un voyage de découverte familiale entre Raymonde Duchesne et la branche d’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Orléatha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Kellogg Gravel à l’été 1975 à la cote </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A352VoyagesNebraskaUSA" w:history="1">
+              <w:r w:rsidRPr="009214E6">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>P394/A3/5.2</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> du présent fonds. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1981A037" w14:textId="6994D990" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="00615212">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00615212" w:rsidRPr="00441802">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2521BABF" w14:textId="4A59FB76" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212"/>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3660CC09" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="26AC7614" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc212023300"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk211938566"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A1/3 : Famille Gravel</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="1601309C" w14:textId="6482F55F" w:rsidR="00D35E14" w:rsidRDefault="00625AE0" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00625AE0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00625AE0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ca</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00625AE0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00625AE0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1900]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00625AE0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2002. – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C37FAC">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>249</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625AE0">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> photographies.</w:t>
+      </w:r>
+      <w:r w:rsidR="0025180F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 dépliant (0,1 cm de documents textuels).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F296AC5" w14:textId="77777777" w:rsidR="00625AE0" w:rsidRDefault="00625AE0" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B5BE244" w14:textId="6AE8F9C8" w:rsidR="00D35E14" w:rsidRPr="00D35E14" w:rsidRDefault="00D35E14" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D35E14">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Portée et contenu :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129C7FC6" w14:textId="579CF809" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La sous-série </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C23661">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Famille Gravel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regroupe la famille de Jérôme Gravel et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Dorilda</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Coutu ainsi que leurs descendants, dans les dossiers</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23661">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P394A131FamilleLauretteGravel" w:history="1">
+        <w:r w:rsidRPr="00A413CA">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>Famille de Laurette Gravel</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (mère d’Irène Duchesne et grand-mère des donateurs du fonds</w:t>
+      </w:r>
+      <w:r w:rsidR="00A413CA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, du Lac-Saint-Jean</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P394A132FamilleGravelNebraskaUSA" w:history="1">
+        <w:r w:rsidRPr="00A413CA">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>Les Gravel au Nebraska, États-Unis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pour la branche familiale lointaine, notamment d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Orléatha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kellogg Gravel, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A413CA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P394A133SouvenirsFamilleOrléathaGravelKe" w:history="1">
+        <w:r w:rsidR="00A413CA" w:rsidRPr="00A413CA">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Souvenirs de famille par </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00A413CA" w:rsidRPr="00A413CA">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>Orléatha</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidR="00A413CA" w:rsidRPr="00A413CA">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Gravel Kellogg</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A413CA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4469B75E" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00F83E44" w:rsidRPr="00441802" w14:paraId="38CE08F5" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="46B4D887" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P02</w:t>
+          <w:p w14:paraId="46B4D887" w14:textId="6F207989" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00615212">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00615212" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00615212" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22E39B45" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="400D4B67" w14:textId="10C872F2" w:rsidR="00F83E44" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D96DCEE" w14:textId="567F3825" w:rsidR="00F83E44" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00F83E44">
-[...29 lines deleted...]
-              <w:t xml:space="preserve">[ca </w:t>
+          <w:p w14:paraId="6DDCCC62" w14:textId="2D67E1FF" w:rsidR="009214E6" w:rsidRPr="00441802" w:rsidRDefault="009214E6" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="_Toc212023301"/>
+            <w:bookmarkStart w:id="9" w:name="_Hlk211938572"/>
+            <w:r w:rsidRPr="00441802">
+              <w:t>P394/A1/3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidR="007229CA">
+              <w:t>Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:r w:rsidR="007229CA">
+              <w:t>Laur</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="10" w:name="P394A131FamilleLauretteGravel"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidR="007229CA">
+              <w:t>ette Gravel</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w14:paraId="4A99B21A" w14:textId="77777777" w:rsidR="009214E6" w:rsidRPr="00441802" w:rsidRDefault="009214E6" w:rsidP="009214E6">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– [</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00DB6FD8" w:rsidRPr="00441802">
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ca</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1900]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00DB6FD8" w:rsidRPr="00441802">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">sur papier photo, </w:t>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2000. – 3 photographies; sur papier photo, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00DB6FD8" w:rsidRPr="00441802">
+            <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>n&amp;b</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00DB6FD8" w:rsidRPr="00441802">
+            <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> et </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00DB6FD8" w:rsidRPr="00441802">
+            <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>coul</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00DB6FD8" w:rsidRPr="00441802">
-[...26 lines deleted...]
-          <w:p w14:paraId="3C6D95E6" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., 24,6 x 20,1 cm, 8,6 x 6,1 cm et 6,1 x 8,8 cm (1 chemise). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="669D2C0D" w14:textId="77777777" w:rsidR="009214E6" w:rsidRDefault="009214E6" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00441802">
+          </w:p>
+          <w:p w14:paraId="3C6D95E6" w14:textId="2C73840A" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="531C6701" w14:textId="1FC7E2AF" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
+          <w:p w14:paraId="531C6701" w14:textId="09435136" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Le dossier « </w:t>
             </w:r>
+            <w:r w:rsidR="007229CA">
+              <w:t xml:space="preserve">Famille </w:t>
+            </w:r>
+            <w:r w:rsidR="009214E6">
+              <w:t>de</w:t>
+            </w:r>
+            <w:r w:rsidR="007229CA">
+              <w:t xml:space="preserve"> Laurette</w:t>
+            </w:r>
+            <w:r w:rsidR="009214E6">
+              <w:t xml:space="preserve"> Gravel</w:t>
+            </w:r>
+            <w:r w:rsidR="007229CA">
+              <w:t xml:space="preserve"> »</w:t>
+            </w:r>
+            <w:r w:rsidR="009214E6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007229CA">
+              <w:t>(m</w:t>
+            </w:r>
+            <w:r w:rsidR="009214E6">
+              <w:t>ère d’Irène Duchesne</w:t>
+            </w:r>
+            <w:r w:rsidR="007229CA">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009214E6">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>de la sous-série « Famille Gravel » e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>st constitué de</w:t>
+            </w:r>
             <w:r w:rsidR="00DB6FD8" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Famille Gravel</w:t>
-[...5 lines deleted...]
-              <w:t> » est constitué de</w:t>
+              <w:t xml:space="preserve"> portraits de la famille Gravel, liée à la famille maternelle de Mme Irène Duchesne</w:t>
+            </w:r>
+            <w:r w:rsidR="00A413CA">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, à Saint-Thomas-Didyme/Normandin, au Lac-Saint-Jean (Québec, Canada)</w:t>
             </w:r>
             <w:r w:rsidR="00DB6FD8" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> portraits de la famille Gravel, liée à la famille maternelle de Mme Irène Duchesne. </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00894F88" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">On y retrouve notamment ses grands-parents maternels, Jérôme Gravel et </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00894F88" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Dorilda</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00894F88" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coutu. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F09C0C1" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
@@ -4043,224 +5390,1093 @@
           <w:p w14:paraId="1CCC5687" w14:textId="7329A250" w:rsidR="002C4AB2" w:rsidRPr="00441802" w:rsidRDefault="002C4AB2" w:rsidP="00894F88">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Voir le dossier « Enfants (divers) » pour les enfants et bébés de la famille Gravel</w:t>
             </w:r>
             <w:r w:rsidR="00451BD0" w:rsidRPr="00441802">
               <w:t xml:space="preserve"> à la cote P394/A1/4 du présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39CA6DD7" w14:textId="1BAF8507" w:rsidR="00894F88" w:rsidRPr="00441802" w:rsidRDefault="00894F88" w:rsidP="00894F88">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t xml:space="preserve">Originaux et </w:t>
             </w:r>
             <w:r w:rsidR="003B61AC" w:rsidRPr="00441802">
               <w:t>reproductions.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5912943F" w14:textId="0C86772E" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913"/>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00D35E14" w:rsidRPr="00441802" w14:paraId="0310196C" w14:textId="77777777" w:rsidTr="00C11F5D">
+        <w:trPr>
+          <w:trHeight w:val="1333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="096566FE" w14:textId="71F625ED" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35E14" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00D35E14" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122CD580" w14:textId="77777777" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5CC562B1" w14:textId="5D073DF4" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Boîte 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E0AB27" w14:textId="335F545C" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="_Toc212023302"/>
+            <w:bookmarkStart w:id="12" w:name="P394A132FamilleGravelNebraskaUSA"/>
+            <w:r w:rsidRPr="00441802">
+              <w:t>P394/A1/3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Famille Gravel au Nebraska, États-Unis</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w14:paraId="62B9DD0C" w14:textId="6BE27F1F" w:rsidR="00D35E14" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1975-2002</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> photographies; sur papier photo, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>n&amp;b</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>coul</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10,2 x 15,1 cm, 8,6 x 12,6 cm et plus petit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 album – 1 chemise). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C539257" w14:textId="77777777" w:rsidR="00D35E14" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F61F4D2" w14:textId="77777777" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Portée et contenu :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C0008B7" w14:textId="61B8897D" w:rsidR="00D35E14" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L’album « Les cousins du Nebraska, États-Unis » s’inscrit dans la continuité d</w:t>
+            </w:r>
+            <w:r w:rsidR="00C23661">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">es </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>correspondances des descendants dans l’arbre familial Gravel : les parents de Raymonde Duchesne, de Saint-Thomas-Didyme et Normandin, au Québec, Canada, vont visiter la famille cousine d’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Orléatha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gravel au Nebraska, États-Unis. Cet album comprend aussi une énorme réunion du clan Gravel </w:t>
+            </w:r>
+            <w:r w:rsidR="00C23661">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>de plus de</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 500 personnes à St-Thomas-Didyme, en 1978. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D5F19C5" w14:textId="77777777" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="285B3ECE" w14:textId="77777777" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021E2578" w14:textId="6079AAED" w:rsidR="001D1CFB" w:rsidRDefault="001D1CFB" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Des résidus de ruban adhésif (de l’album d’origine) peuvent avoir été laissés sur les coins de certaines images pour éviter d’arracher l’image en les retirant. Ils devraient décoller avec le temps et ils seront ainsi retirés en temps et lieu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A0C83E0" w14:textId="77777777" w:rsidR="006C1C2C" w:rsidRPr="00441802" w:rsidRDefault="006C1C2C" w:rsidP="006C1C2C">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Pour en voir davantage sur la famille Gravel au Nebraska, États-Unis, se référer également au </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A133SouvenirsFamilleOrléathaGravelKe" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P394/A1/3.3 « Souvenirs de famille par </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>Orléatha</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> Gravel Kellogg »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t>, juste au-dessous du présent dossier.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="496B426A" w14:textId="7A870360" w:rsidR="00D35E14" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Voir le dossier </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A352VoyagesNebraskaUSA" w:history="1">
+              <w:r w:rsidR="006C1C2C">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>P394/A3/5.2 « Voyages Nebraska, États-Unis »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> pour un voyage de découverte familiale entre Raymonde Duchesne et la branche d’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Orléatha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Kellogg Gravel à l’été 1975 </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1C2C">
+              <w:t>dans le</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> présent fonds</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1C2C">
+              <w:t xml:space="preserve"> et la suite en </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A353HistoireGravelUSAStThomas" w:history="1">
+              <w:r w:rsidR="006C1C2C">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>P394/A3/5.3 « L'histoire des Gravel du Nebraska et ceux de St-Thomas »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="006C1C2C" w:rsidRPr="006C1C2C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B2D8307" w14:textId="77777777" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:t>Originaux et reproductions.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B681591" w14:textId="77777777" w:rsidR="00D35E14" w:rsidRPr="00441802" w:rsidRDefault="00D35E14" w:rsidP="00D35E14">
+            <w:pPr>
+              <w:pStyle w:val="Niveau3"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C23661" w:rsidRPr="00441802" w14:paraId="557412BE" w14:textId="77777777" w:rsidTr="00C11F5D">
+        <w:trPr>
+          <w:trHeight w:val="1333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4F4F9E" w14:textId="159F90B9" w:rsidR="00C23661" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00C23661">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00C23661" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00C23661" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CAE1D64" w14:textId="77777777" w:rsidR="00C23661" w:rsidRPr="00441802" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F854433" w14:textId="4EAA599F" w:rsidR="00C23661" w:rsidRPr="00441802" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Boîte 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="783D0FDC" w14:textId="73B1CA3D" w:rsidR="00C23661" w:rsidRPr="00441802" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="_Toc212023303"/>
+            <w:r w:rsidRPr="00441802">
+              <w:t>P394/A1/3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C23661">
+              <w:t xml:space="preserve">Souvenirs de famille par </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C23661">
+              <w:t>Orl</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C23661">
+              <w:t>atha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C23661">
+              <w:t xml:space="preserve"> Grave</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="P394A133SouvenirsFamilleOrléathaGravelKe"/>
+            <w:bookmarkEnd w:id="14"/>
+            <w:r w:rsidRPr="00C23661">
+              <w:t>l Kellogg</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+          <w:p w14:paraId="599668BA" w14:textId="00927AA2" w:rsidR="00C23661" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C23661">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>– 1921-1975, 1991. – 176 photographies</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; sur papier photo, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>n&amp;b</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>coul</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16,5 x 21,4 cm, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8,6 x 12,6 cm et plus petit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1 album – 1 chemise). </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 1 dépliant (0,1 cm de documents textuels); imprimé, sur papier glacé, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>coul</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A3C8082" w14:textId="77777777" w:rsidR="00C23661" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E1AEC5D" w14:textId="77777777" w:rsidR="00C23661" w:rsidRPr="00441802" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Portée et contenu :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C72C808" w14:textId="5F3237ED" w:rsidR="00C23661" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L’album «</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Souvenirs de famille par </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Orleatha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gravel Kellogg</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>représente la vie d’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Orl</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>é</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>atha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gravel Kellogg </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">du Nebraska, aux États-Unis, </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ainsi que de son entourage dans son quotidien</w:t>
+            </w:r>
+            <w:r w:rsidR="00685F6A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, en plus d’un voyage à la ville de Québec</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20" w:rsidRPr="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. Il semblerait que cet album ait été créé pour donner à un des membres de la famille vivant au Canada qui est relié aux mêmes Gravel, via les correspondances menées par Raymonde Duchesne. Cet album semble avoir été achevé avant le voyage de Raymonde Duchesne aux États-Unis.</w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Un dépliant informatif en anglais portant le nom de « Fremont, Nebraska » complète ce dossier.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="069413C5" w14:textId="77777777" w:rsidR="005D6B20" w:rsidRPr="00441802" w:rsidRDefault="005D6B20" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A70CFA6" w14:textId="77777777" w:rsidR="00C23661" w:rsidRPr="00441802" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E4903A9" w14:textId="77777777" w:rsidR="00C23661" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Album de type scrapbooking.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621E41C2" w14:textId="77777777" w:rsidR="00C23661" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les images sont collées dans l’album, qui n’est pas adapté à la bonne conservation archivistique, mais pour le moment, les retirer pourrait les déchirer. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DCDA7BD" w14:textId="77777777" w:rsidR="00C23661" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plusieurs descriptions manuscrites sur papier (au stylo) accompagnent chaque photo. Un remaniement en album exigera que les descriptions suivent. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A8C598" w14:textId="77777777" w:rsidR="00C23661" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L’album est jauni, détérioré, collant, probablement acide et la protection plastique décolle.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306BC662" w14:textId="7D5C615B" w:rsidR="005D6B20" w:rsidRDefault="005D6B20" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Le dépliant est en anglais et plié.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D982CD4" w14:textId="77777777" w:rsidR="006C1C2C" w:rsidRPr="00441802" w:rsidRDefault="006C1C2C" w:rsidP="006C1C2C">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Cet album fait suite au dossier précédent, </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A132FamilleGravelNebraskaUSA" w:history="1">
+              <w:r w:rsidRPr="00C23661">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>P394/A3/3.2 « Famille Gravel au Nebraska, États-Unis »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> du présent fonds/de la présente sous-série « Famille Gravel ».</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A00AD4" w14:textId="77777777" w:rsidR="006C1C2C" w:rsidRDefault="006C1C2C" w:rsidP="006C1C2C">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Voir le dossier </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A352VoyagesNebraskaUSA" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>P394/A3/5.2 « Voyages Nebraska, États-Unis »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve"> pour un voyage de découverte familiale entre Raymonde Duchesne et la branche d’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Orléatha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Kellogg Gravel à l’été 1975 dans le présent fonds et la suite en </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A353HistoireGravelUSAStThomas" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>P394/A3/5.3 « L'histoire des Gravel du Nebraska et ceux de St-Thomas »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="006C1C2C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="019447E9" w14:textId="64E9E09F" w:rsidR="00C23661" w:rsidRPr="00441802" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:t xml:space="preserve">Originaux et </w:t>
+            </w:r>
+            <w:r w:rsidR="005D6B20">
+              <w:t xml:space="preserve">une </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:t>reproduction.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56960CC0" w14:textId="77777777" w:rsidR="00C23661" w:rsidRPr="00441802" w:rsidRDefault="00C23661" w:rsidP="00C23661">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="22D367CB" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="3471A076" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc212023304"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A1/4 : Enfants (divers)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="06259993" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ca</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1975]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2003. – 120 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 18,4 x 12,4 cm ou plus petit (1 chemise). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="256BD25A" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00F83E44" w:rsidRPr="00441802" w14:paraId="4D2FC931" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7A31B2F1" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
-[...10 lines deleted...]
-              <w:t>R08-E01-T03-P02</w:t>
+          <w:p w14:paraId="7A31B2F1" w14:textId="2FE0DDF9" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00615212">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00615212" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00615212" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FAAC80D" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D588E92" w14:textId="35C98858" w:rsidR="00F83E44" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="161C6023" w14:textId="4BDC6F5C" w:rsidR="00F83E44" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00F83E44">
-[...123 lines deleted...]
-          </w:p>
           <w:p w14:paraId="3B28160C" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BE2A1E1" w14:textId="09CC0EE7" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -4300,113 +6516,125 @@
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="680E7DD6" w14:textId="4834D037" w:rsidR="00661C2D" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="00661C2D">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00661C2D" w:rsidRPr="00441802">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79625A51" w14:textId="18F55075" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71B92678" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00441802" w:rsidRDefault="00B25321" w:rsidP="00923766">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="71B92678" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00441802" w:rsidRDefault="00B25321" w:rsidP="00B81A29"/>
     <w:p w14:paraId="6705B676" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00441802" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
     <w:p w14:paraId="6135CA38" w14:textId="1E8D8A30" w:rsidR="00E57F6F" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc81230482"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc212023305"/>
       <w:r w:rsidRPr="00441802">
         <w:t>P394</w:t>
       </w:r>
       <w:r w:rsidR="00E57F6F" w:rsidRPr="00441802">
         <w:t xml:space="preserve">/A2 </w:t>
       </w:r>
       <w:r w:rsidR="00486650" w:rsidRPr="00441802">
         <w:t>Événements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="07430DCA" w14:textId="575BFDB0" w:rsidR="00392E3B" w:rsidRPr="00441802" w:rsidRDefault="00392E3B" w:rsidP="00392E3B">
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="07430DCA" w14:textId="7C77673A" w:rsidR="00392E3B" w:rsidRPr="00441802" w:rsidRDefault="00392E3B" w:rsidP="00392E3B">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>– [190</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>– [190-]</w:t>
+      </w:r>
+      <w:r w:rsidR="004435B1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, 1955-</w:t>
+      </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">2010. – </w:t>
       </w:r>
       <w:r w:rsidR="00F47E77" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">1,1 cm de documents textuels. – </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00441802">
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E75922">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
+      <w:r w:rsidR="00F47E77" w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cm de documents textuels. – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r w:rsidR="00B0594D" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>36</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004435B1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> photographies</w:t>
       </w:r>
       <w:r w:rsidR="00F47E77" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 41 avis de décès</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="679BC220" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00441802" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -4476,238 +6704,200 @@
         </w:rPr>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="229C9C8B" w14:textId="77777777" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t>L’ordre d’origine a été conservé lorsque possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B4C955" w14:textId="25103524" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Certaines photographies comportent des informations au verso. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B221BBF" w14:textId="7FF99BA9" w:rsidR="00930847" w:rsidRPr="00441802" w:rsidRDefault="00930847" w:rsidP="00930847">
       <w:r w:rsidRPr="00441802">
         <w:t>Les documents suivants sont conservés dans les boîtes 1 et 2 du présent fonds, à l’emplacement rangée 08, étagère 01, tablette 03 et positions 02 et 03 de la voûte de la Société d’histoire et de généalogie Maria-Chapdelaine.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="122DB20F" w14:textId="77777777" w:rsidR="00930847" w:rsidRPr="00441802" w:rsidRDefault="00930847" w:rsidP="00AB6798"/>
+    <w:p w14:paraId="122DB20F" w14:textId="77777777" w:rsidR="00930847" w:rsidRDefault="00930847" w:rsidP="00AB6798"/>
+    <w:p w14:paraId="39EB44FF" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00AB6798"/>
+    <w:p w14:paraId="33113F5C" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Toc212023306"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/1 : Mariages</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+    </w:p>
+    <w:p w14:paraId="37B881C4" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [190</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[199-]. – 91 photographies; sur papier photo ou carton, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>., 20,1 x 25,3 cm ou plus petit (3 chemises).</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="02230060" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00441802" w:rsidRDefault="00AB6798" w:rsidP="00923766"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00441802" w14:paraId="54D248CC" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C1C9512" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P02</w:t>
+          <w:p w14:paraId="4C1C9512" w14:textId="69D15879" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00615212">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00615212" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00615212" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F8FB7F0" w14:textId="77777777" w:rsidR="00615212" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13D2183A" w14:textId="479081AD" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00615212" w:rsidP="00615212">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DF82922" w14:textId="45046F60" w:rsidR="00561EAD" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00AB6798">
-[...123 lines deleted...]
-          </w:p>
           <w:p w14:paraId="128545A4" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DCD6EC2" w14:textId="29C351AF" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -4772,219 +6962,196 @@
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originales.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DB7E45B" w14:textId="77777777" w:rsidR="004A1B32" w:rsidRPr="00441802" w:rsidRDefault="004A1B32" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="344EF9CF" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="417E196B" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="575F8956" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc212023307"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/2 : Anniversaires de naissances</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="07248FF2" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 2002-2010. – 40 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>., 11,4 x 16,8 cm ou plus petit (1 chemise).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6C49FE" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00441802" w14:paraId="383B99D6" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3F5118" w14:textId="77777777" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P02</w:t>
+          <w:p w14:paraId="7C3F5118" w14:textId="5C5A8FE1" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00D40702">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2416F36A" w14:textId="77777777" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="223FA8B5" w14:textId="1F85005A" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="13DCBFAA" w14:textId="4E9D5A34" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00486650">
-[...92 lines deleted...]
-          </w:p>
           <w:p w14:paraId="430DCD67" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="038DB509" w14:textId="62591298" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Le dossier « </w:t>
             </w:r>
             <w:r w:rsidR="00961E8F" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anniversaires de naissance</w:t>
             </w:r>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> » est constitué de</w:t>
             </w:r>
             <w:r w:rsidR="00C90937" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> fêtes familiales lors de l’anniversaire d’un membre de la famille Fortin-Duchesne. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D218020" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
@@ -5010,324 +7177,393 @@
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16B1A60A" w14:textId="14A6CC6F" w:rsidR="00EB5899" w:rsidRPr="00441802" w:rsidRDefault="00EB5899" w:rsidP="00961E8F">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3C201F4A" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="6E3219C5" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc212023308"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/3 : Anniversaires de mariages</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="13138498" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 1955-2000. – 1,5 cm de documents textuels. – 235 photographies; sur papier photo ou carton, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 25 x 20,1 cm ou plus petit (5 chemises). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EFA24B" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00486650" w:rsidRPr="00441802" w14:paraId="5123A991" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3FA85D" w14:textId="77777777" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
-[...50 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="2A501584" w14:textId="743978B5" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00D40702">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59B9C537" w14:textId="77777777" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47C21B1F" w14:textId="6A1C7723" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="027D2FF2" w14:textId="059A6472" w:rsidR="00486650" w:rsidRPr="00441802" w:rsidRDefault="00486650" w:rsidP="00486650">
-[...112 lines deleted...]
-          </w:p>
           <w:p w14:paraId="778813A3" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A663B9E" w14:textId="21816A0E" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
-[...1 lines deleted...]
-              <w:pStyle w:val="Standard"/>
+          <w:p w14:paraId="5BF14C71" w14:textId="77777777" w:rsidR="004435B1" w:rsidRDefault="00047913" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Le dossier « </w:t>
             </w:r>
             <w:r w:rsidR="00961E8F" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anniversaires de mariage</w:t>
             </w:r>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> » </w:t>
             </w:r>
             <w:r w:rsidR="00D16106" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>concerne les festivités du 50</w:t>
             </w:r>
             <w:r w:rsidR="00D16106" w:rsidRPr="00441802">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00D16106" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> anniversaire de mariage de M. et Mme Charles Fortin, du 50</w:t>
             </w:r>
             <w:r w:rsidR="00D16106" w:rsidRPr="00441802">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00D16106" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> anniversaire de mariage du couple Louis-Georges Fortin (fils de Charles) et Irène Duchesne ainsi que divers anniversaires de mariage de membres de la famille immédiate. </w:t>
+              <w:t xml:space="preserve"> anniversaire de mariage du couple Louis-Georges Fortin (fils de Charles) et Irène Duchesne ainsi que divers anniversaires de mariage de membres de la famille immédiate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6F4E6E" w14:textId="77777777" w:rsidR="004435B1" w:rsidRDefault="004435B1" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FEB0BD5" w14:textId="77777777" w:rsidR="004435B1" w:rsidRDefault="004435B1" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P394/A2/3,1 à 3,71 50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004435B1">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire de mariage Charles Fortin (1 chemise). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A5C22F" w14:textId="77777777" w:rsidR="004435B1" w:rsidRDefault="004435B1" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P394/A2/3,72 à 3,167 50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004435B1">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire de mariage Louis-Georges Fortin et Irène Duchesne (1 chemise)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A663B9E" w14:textId="67234B3D" w:rsidR="00047913" w:rsidRDefault="004435B1" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P394/A2/3,168 à 3,197 25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004435B1">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire de mariage Louis-Georges Fortin (1 chemise)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D16106" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35656891" w14:textId="2868AB02" w:rsidR="004435B1" w:rsidRDefault="004435B1" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t>P394/A2/3,198 à 3,235 Anniversaires de mariage de membres de la famille (divers, 1981-1988) (1 chemise)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72911BAE" w14:textId="44D40EAC" w:rsidR="004435B1" w:rsidRDefault="004435B1" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">P394/A2/3,236 + Documents liés avec les images (1 chemise) – 1,5 cm. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69B6EE64" w14:textId="77777777" w:rsidR="004435B1" w:rsidRDefault="004435B1" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55E196F3" w14:textId="183E6B49" w:rsidR="004435B1" w:rsidRPr="00441802" w:rsidRDefault="004435B1" w:rsidP="00047913">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Pour davantage de détails, voir le </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="004435B1">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>tableau de description du fonds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40A5C6B9" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32C58FA8" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1467CC26" w14:textId="75BE113E" w:rsidR="008556A6" w:rsidRPr="00441802" w:rsidRDefault="00D16106" w:rsidP="00047913">
             <w:pPr>
@@ -5402,225 +7638,212 @@
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00D16106" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C973D9D" w14:textId="60F7C65B" w:rsidR="00392E3B" w:rsidRPr="00441802" w:rsidRDefault="00392E3B" w:rsidP="00392E3B">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7EE39E86" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="5E32B2C5" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc212023309"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/4 : Célébrations religieuses</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="5A011624" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1978]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1994. – 0,1 cm de documents textuels. – 25 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 14,8 x 10,1 cm ou plus petit. – 41 avis de décès; sur carton, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>., 11,3 x 6,2 cm ou plus petit (3 chemises).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1561A63A" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00486650" w:rsidRPr="00441802" w14:paraId="283F805F" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="08B23085" w14:textId="77777777" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="08B23085" w14:textId="22E27184" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00D40702">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36FC1311" w14:textId="77777777" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3EF9FA3A" w14:textId="7F744837" w:rsidR="00486650" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="531B79B6" w14:textId="2DB7D694" w:rsidR="00486650" w:rsidRPr="00441802" w:rsidRDefault="00486650" w:rsidP="00486650">
-[...125 lines deleted...]
-          </w:p>
           <w:p w14:paraId="7600C089" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15E72F66" w14:textId="56F4F0E7" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -5648,276 +7871,257 @@
             <w:r w:rsidR="00F6767F" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Il comprend aussi des avis de décès.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26A6D2D9" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68F39F27" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EE0303" w14:textId="4F3C7214" w:rsidR="00515BFB" w:rsidRPr="00441802" w:rsidRDefault="00515BFB" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Certaines photographies sont jaunies, légèrement recourbées.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="319E1D36" w14:textId="2D9A1184" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00F6767F" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17014EFA" w14:textId="77777777" w:rsidR="00486650" w:rsidRPr="00441802" w:rsidRDefault="00486650" w:rsidP="00486650">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1F591F80" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="64BD5B27" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc212023310"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/5 : Fêtes de famille</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="4F5ECBCC" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 1977-2010. – 98 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 10 x 17,5 cm, 11,4 x 16,5 cm ou plus petit (3 chemises). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D50EDBE" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00047913" w:rsidRPr="00441802" w14:paraId="674EF845" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3D62802A" w14:textId="77777777" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="3D62802A" w14:textId="2B29B5B1" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00D40702">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00D40702" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06DB8F72" w14:textId="77777777" w:rsidR="00D40702" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06BAED6E" w14:textId="301AC721" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00D40702" w:rsidP="00D40702">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71B62972" w14:textId="34F78C23" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
-[...83 lines deleted...]
-          </w:p>
           <w:p w14:paraId="305FAA6C" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6119CD65" w14:textId="4451350E" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Le dossier « </w:t>
             </w:r>
             <w:r w:rsidR="0038128D" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Fêtes de famille</w:t>
             </w:r>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> » </w:t>
             </w:r>
             <w:r w:rsidR="00F6767F" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">illustre des rencontres familiales diverses dont des fêtes costumées et des événements du temps des Fêtes. Quelques anniversaires de mariage pourraient s’y retrouver, mais celles-ci n’étaient pas </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">suffisamment identifiées au moment du tri pour les déplacer dans le dossier approprié.  </w:t>
+              <w:t xml:space="preserve">illustre des rencontres familiales diverses dont des fêtes costumées et des événements du temps des Fêtes. Quelques anniversaires de mariage pourraient s’y retrouver, mais celles-ci n’étaient pas suffisamment identifiées au moment du tri pour les déplacer dans le dossier approprié.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D3BC143" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4871D2A6" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="458F97BC" w14:textId="08E5A6C6" w:rsidR="00F34259" w:rsidRPr="00441802" w:rsidRDefault="00F34259" w:rsidP="00047913">
             <w:pPr>
@@ -5943,184 +8147,183 @@
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour des photographies semblables, voir le dossier « Anniversaires de mariage » à la cote P394/A2/3 du présent fonds. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B6CE1E3" w14:textId="75B17CA2" w:rsidR="00F6767F" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00F6767F" w:rsidRPr="00441802">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C334E48" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="18F766C1" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="7B47903A" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc212023311"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk211933161"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/6 : Sorties et visites de</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:t xml:space="preserve"> famille</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Fortin</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w14:paraId="0374FDD4" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 1983-2002. – 37 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 11,3 x 16,8 cm ou plus petit (1 chemise). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DB2C84" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00047913" w:rsidRPr="00441802" w14:paraId="28A42799" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA945D1" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...10 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="0FA945D1" w14:textId="06DE37D6" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="_Hlk211933185"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BE81161" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="131ABA3B" w14:textId="40EFA7C1" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="674F5910" w14:textId="622D43DD" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
-[...83 lines deleted...]
-          </w:p>
           <w:p w14:paraId="197647F6" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69B3594B" w14:textId="5276CFA1" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -6179,171 +8382,171 @@
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Voir aussi la sous-série « Portraits de famille » à la cote P394/A1 du présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08416303" w14:textId="763AC41F" w:rsidR="000E1111" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="000E1111">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="000E1111" w:rsidRPr="00441802">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03672FDF" w14:textId="77777777" w:rsidR="00047913" w:rsidRPr="00441802" w:rsidRDefault="00047913" w:rsidP="00047913">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="23DE70F6" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="594B95FA" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Toc212023312"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/7 : Centenaire de Normandin</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="43C56D3D" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 1977-1978. – 93 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>., 8,9 x 8,6 cm et 8,7 x 12,2 cm (2 chemises).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C68532C" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00456BD2" w:rsidRPr="00441802" w14:paraId="51C90AB5" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="312505E6" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="312505E6" w14:textId="1B71789B" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="746015F4" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2AF8C78A" w14:textId="253723D5" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8BB1F0" w14:textId="43B2C11B" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
-[...71 lines deleted...]
-          </w:p>
           <w:p w14:paraId="1C3FFC93" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DC95902" w14:textId="112B50D0" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -6412,171 +8615,182 @@
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="002E119F" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E87B31B" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="250BD3CC" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3E6F73B0" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="1F6F8C0B" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc212023313"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/8 : Festival du Miel</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="155C3852" w14:textId="6E09D166" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– [1980-1984]. – 9 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>., 14,9 x 11,3 cm et plus petit (1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>chemise).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F32EB09" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00456BD2" w:rsidRPr="00441802" w14:paraId="1573B3CA" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="28AFCDEA" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="28AFCDEA" w14:textId="7C58A6DA" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B7B5EE6" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="695E799B" w14:textId="46F4960A" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="546BBB4B" w14:textId="18729851" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
-[...71 lines deleted...]
-          </w:p>
           <w:p w14:paraId="59960E9B" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CBB41F9" w14:textId="002554F7" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -6636,200 +8850,191 @@
           </w:p>
           <w:p w14:paraId="56A28910" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DC52A11" w14:textId="589EAC6B" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="000E7976" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FEBCA2F" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="686C1522" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="23512557" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="728C7685" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc212023314"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A2/9 : Incendie église de Normandin</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="11ABBC43" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 1978. – 8 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>., 8,8 x 8,6 cm et 10,1 x 12,6 cm (1 chemise).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048161AA" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00456BD2" w:rsidRPr="00441802" w14:paraId="2B09227C" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="43C60975" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...10 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="43C60975" w14:textId="2D24337F" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F659B82" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="676541DA" w14:textId="180B8114" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36E994AF" w14:textId="1B0B7D79" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
-[...77 lines deleted...]
-          </w:p>
           <w:p w14:paraId="4E69D089" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C71F2E2" w14:textId="7030B1F2" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -6887,112 +9092,112 @@
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originales.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="153FE3DC" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="329C2376" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C225ACD" w14:textId="638E6E67" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="6A2E5F2D" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="18AA7924" w14:textId="37F56B24" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc81230492"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc212023315"/>
       <w:r w:rsidRPr="00441802">
         <w:t>P394/</w:t>
       </w:r>
       <w:r w:rsidR="00BC3AF1" w:rsidRPr="00441802">
         <w:t>A3</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve"> Activités</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="00C05697" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D2B5D47" w14:textId="2053B7E5" w:rsidR="006F37D7" w:rsidRPr="00441802" w:rsidRDefault="006F37D7" w:rsidP="006F37D7">
+    <w:p w14:paraId="0D2B5D47" w14:textId="5A69B583" w:rsidR="006F37D7" w:rsidRPr="00441802" w:rsidRDefault="006F37D7" w:rsidP="006F37D7">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="000E6B4F" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000E6B4F" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>1940]</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000E6B4F" w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2003</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. – </w:t>
       </w:r>
-      <w:r w:rsidR="000E6B4F" w:rsidRPr="00441802">
-[...3 lines deleted...]
-        <w:t>110</w:t>
+      <w:r w:rsidR="004435B1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>261</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> photographies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EF60E74" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="209550B5" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:i/>
         </w:rPr>
@@ -7032,310 +9237,243 @@
       </w:r>
       <w:r w:rsidR="00C90937" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:r w:rsidR="00C90937" w:rsidRPr="00441802">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Voyages</w:t>
       </w:r>
       <w:r w:rsidR="00C90937" w:rsidRPr="00441802">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="031DEA4D" w14:textId="2DB242BF" w:rsidR="007A23C8" w:rsidRPr="00441802" w:rsidRDefault="007A23C8" w:rsidP="00456BD2"/>
     <w:p w14:paraId="59878F5C" w14:textId="79D3786C" w:rsidR="007A23C8" w:rsidRPr="00441802" w:rsidRDefault="007A23C8" w:rsidP="007A23C8">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16281E79" w14:textId="77777777" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t>L’ordre d’origine a été conservé lorsque possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40BFB8FA" w14:textId="6F0FFD6F" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Certaines photographies comportent des informations au verso. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AB76AC3" w14:textId="692A601D" w:rsidR="007A23C8" w:rsidRPr="00441802" w:rsidRDefault="007A23C8" w:rsidP="00456BD2">
       <w:r w:rsidRPr="00441802">
         <w:t>Les documents suivants sont conservés dans l</w:t>
       </w:r>
       <w:r w:rsidR="00511B1C" w:rsidRPr="00441802">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve"> boîte</w:t>
       </w:r>
       <w:r w:rsidR="00511B1C" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:t>2 du présent fonds, à l’emplacement rangée 08, étagère 01, tablette 03 et position</w:t>
       </w:r>
       <w:r w:rsidR="00511B1C" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00441802">
         <w:t>03 de la voûte de la Société d’histoire et de généalogie Maria-Chapdelaine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CCA2197" w14:textId="77777777" w:rsidR="00C90937" w:rsidRPr="00441802" w:rsidRDefault="00C90937" w:rsidP="00456BD2"/>
-    <w:p w14:paraId="673031CE" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2"/>
+    <w:p w14:paraId="673031CE" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRDefault="00456BD2" w:rsidP="00456BD2"/>
+    <w:p w14:paraId="073EFCD2" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc212023316"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A3/1 : Agriculture</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="1675AACE" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– 1955</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1975]. – 51 photographies; sur papier photo ou carton, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>., 10 x 15,1 cm ou plus petit (1 album partagé dans 1 chemise).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556B0F83" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00456BD2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00456BD2" w:rsidRPr="00441802" w14:paraId="4682CC04" w14:textId="77777777" w:rsidTr="0066077C">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6254C048" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="6254C048" w14:textId="68379C63" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6861693D" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3EF39A0E" w14:textId="7C0F3641" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2269EC58" w14:textId="04E54717" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
-[...153 lines deleted...]
-          </w:p>
           <w:p w14:paraId="4EF1E04D" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3036D8B8" w14:textId="1AC4966A" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -7371,301 +9509,226 @@
           </w:p>
           <w:p w14:paraId="211D938A" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CCE5471" w14:textId="6B9329AF" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Les photographies sont rangées dans un album partagé (donc aussi dans une chemise partagée) avec le dossier « Transport » à la cote suivante du présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07B301B5" w14:textId="09C5227A" w:rsidR="007B0DFC" w:rsidRPr="00441802" w:rsidRDefault="007B0DFC" w:rsidP="00526C8A">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour d’autres photographies de bâtiments de ferme, voir le dossier « Bâtiments et maisons » à la cote P394/A4/1 du présent fonds. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CE2B333" w14:textId="5017B1BA" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="426AEA23" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="30018CC9" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0D5742F7" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="269F1E64" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc212023317"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A3/2 : Transport</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:p w14:paraId="415D9DBF" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1940]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[1980]. – 16 photographies; sur carton photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 7,6 x 12,1 cm ou plus petit (1 album partagé dans 1 chemise ainsi qu’une photographie dans une pochette). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036DCEB1" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00456BD2" w:rsidRPr="00441802" w14:paraId="2DA4FCBC" w14:textId="77777777" w:rsidTr="0066077C">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="48D79449" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...10 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="48D79449" w14:textId="5B0BC5D4" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1160A13E" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22D99CDB" w14:textId="43169081" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11634A83" w14:textId="74584492" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
-[...157 lines deleted...]
-          </w:p>
           <w:p w14:paraId="6331BDB7" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0647FF82" w14:textId="09CE93BB" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -7736,203 +9799,185 @@
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originales.</w:t>
             </w:r>
             <w:r w:rsidR="00C05697" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ED16667" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="025262CD" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2CAE9EB1" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="7386925B" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Toc212023318"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A3/3 : Sports</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="0CA9A014" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>– [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s.d.]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2003. – 6 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 8,8 x 8,6 cm, 10,1 x 15,6 cm et 11,4 x 16,8 cm (1 chemise). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B359BD" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00456BD2" w:rsidRPr="00441802" w14:paraId="5AFF6EE4" w14:textId="77777777" w:rsidTr="0066077C">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="013AD680" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="013AD680" w14:textId="41F8B10F" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49438CCB" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D807CDC" w14:textId="3F7D2C9A" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3542D61F" w14:textId="62DC90AA" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
-[...103 lines deleted...]
-          </w:p>
           <w:p w14:paraId="390CF3BA" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40EF0042" w14:textId="1A801D6E" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -7985,185 +10030,184 @@
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originales.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1779D2DE" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="379B46FF" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="27E04842" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="22007F63" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc212023319"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A3/4 : Organismes</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="0823C71E" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– 1948-1999. – 33 photographies; sur papier photo et carton, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 20,1 x 25 cm (1 chemise). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C700F1B" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00456BD2" w:rsidRPr="00441802" w14:paraId="0E97222A" w14:textId="77777777" w:rsidTr="0066077C">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="61F043C9" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="61F043C9" w14:textId="21798ABB" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59656A9B" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3939AEDA" w14:textId="22B7AE6D" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4DCD596F" w14:textId="737BDB99" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
-[...85 lines deleted...]
-          </w:p>
           <w:p w14:paraId="788B2723" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D697336" w14:textId="775AF835" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -8185,340 +10229,1324 @@
             <w:r w:rsidR="0000668E" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ainsi que le Club de l’Âge d’or de Normandin en 1989. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BEA2839" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7115F682" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A74C53F" w14:textId="77547762" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="0000668E" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Originales et reproductions. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CBFEED6" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74F5A3BB" w14:textId="77777777" w:rsidR="00456BD2" w:rsidRPr="00441802" w:rsidRDefault="00456BD2" w:rsidP="00456BD2">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="787DCAD5" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="3CF0BC81" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc212023320"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A3/5 : Voyages</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="7A7C8171" w14:textId="6055A216" w:rsidR="00484007" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [197</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1978. – </w:t>
+      </w:r>
+      <w:r w:rsidR="00A413CA">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>155</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> photographies. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111B6660" w14:textId="77777777" w:rsidR="00841BA3" w:rsidRDefault="00841BA3" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB25814" w14:textId="723A9A3A" w:rsidR="00841BA3" w:rsidRPr="00841BA3" w:rsidRDefault="00841BA3" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841BA3">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Portée et contenu :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EAF9AF4" w14:textId="15AD98BA" w:rsidR="00841BA3" w:rsidRDefault="00841BA3" w:rsidP="00841BA3">
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La sous-série Voyages concerne les voyages de la famille Fortin et des Duchesne-Gravel, notamment à la découverte d’une autre branche familiale résidant au Nebraska, aux États-Unis. Elle se déploie en 3 dossiers : </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P394A351Voyagesfamillefortin" w:history="1">
+        <w:r w:rsidRPr="00841BA3">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>Voyages famille Fortin</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P394A352VoyagesNebraskaUSA" w:history="1">
+        <w:r w:rsidRPr="00841BA3">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>Voyage Nebraska, États-Unis</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P394A353HistoireGravelUSAStThomas" w:history="1">
+        <w:r w:rsidRPr="00841BA3">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>L'histoire des Gravel du Nebraska et ceux de St-Thomas</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F6E895" w14:textId="01D82A95" w:rsidR="00841BA3" w:rsidRPr="00441802" w:rsidRDefault="00841BA3" w:rsidP="00841BA3"/>
+    <w:p w14:paraId="54C8F876" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00BC3AF1" w:rsidRPr="00441802" w14:paraId="027DB428" w14:textId="77777777" w:rsidTr="0066077C">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="774B8348" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...10 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="774B8348" w14:textId="01FCEB29" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26F85C1E" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41ECB18A" w14:textId="20F2A139" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2836AA" w14:textId="496F8C0F" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
-[...9 lines deleted...]
-          <w:p w14:paraId="60C5F44B" w14:textId="2401F0B1" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
+          <w:p w14:paraId="53A784A5" w14:textId="64F328AA" w:rsidR="00781F4A" w:rsidRPr="00781F4A" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="34" w:name="_Toc212023321"/>
+            <w:bookmarkStart w:id="35" w:name="_Hlk211936906"/>
+            <w:r w:rsidRPr="00441802">
+              <w:t>P394/A3/5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:t> : Voyages</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="36" w:name="P394A351Voyagesfamillefortin"/>
+            <w:bookmarkEnd w:id="36"/>
+            <w:r>
+              <w:t>Famille Fortin</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p w14:paraId="5C989005" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>– [197</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>-]</w:t>
-[...5 lines deleted...]
-              <w:t>-</w:t>
+              <w:t>-]-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00A95BDF" w:rsidRPr="00441802">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">sur papier photo; </w:t>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1978. – 4 photographies; sur papier photo; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00526552" w:rsidRPr="00441802">
+            <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>coul</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00526552" w:rsidRPr="00441802">
-[...26 lines deleted...]
-          <w:p w14:paraId="34AB1711" w14:textId="77777777" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., 8,9 x 8,8 cm et 8,8 x 12,4 cm (1 chemise). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A752B4" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRDefault="00781F4A" w:rsidP="00BC3AF1">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00441802">
+          </w:p>
+          <w:p w14:paraId="34AB1711" w14:textId="2E5ED1E7" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22A0C2E4" w14:textId="1DC54FC1" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
+          <w:p w14:paraId="22A0C2E4" w14:textId="780660A4" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Le dossier « Voyages » </w:t>
             </w:r>
             <w:r w:rsidR="00A95BDF" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">représente un voyage à Sherbrooke en 1978 ainsi qu’un voyage en avion avec </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A95BDF" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Quebecair</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00A95BDF" w:rsidRPr="00441802">
-[...3 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00706336">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de la famille Fortin.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C6164E5" w14:textId="77777777" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F686449" w14:textId="77777777" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40A21E5E" w14:textId="51DAF6FF" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="00BC3AF1">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2673E580" w14:textId="32CEFAFD" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00D87E86" w:rsidP="00BC3AF1">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Originales.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2673E580" w14:textId="77777777" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
-[...3 lines deleted...]
-          </w:p>
           <w:p w14:paraId="3063DF63" w14:textId="77777777" w:rsidR="00BC3AF1" w:rsidRPr="00441802" w:rsidRDefault="00BC3AF1" w:rsidP="00BC3AF1">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00781F4A" w:rsidRPr="00441802" w14:paraId="5F5AB5BB" w14:textId="77777777" w:rsidTr="0066077C">
+        <w:trPr>
+          <w:trHeight w:val="873"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E397428" w14:textId="5995DA84" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00781F4A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00781F4A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D29ED3C" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="147AAECC" w14:textId="5C7EF44E" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Boîte 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6F488E" w14:textId="20D640B9" w:rsidR="00781F4A" w:rsidRPr="00781F4A" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="37" w:name="_Toc212023322"/>
+            <w:bookmarkStart w:id="38" w:name="_Hlk211944602"/>
+            <w:r w:rsidRPr="00441802">
+              <w:t>P394/A3/5</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="39" w:name="P394A352VoyagesNebraskaUSA"/>
+            <w:bookmarkEnd w:id="39"/>
+            <w:r w:rsidRPr="00441802">
+              <w:t>Voyage</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Nebraska, États-Unis</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="37"/>
+          </w:p>
+          <w:p w14:paraId="013F1880" w14:textId="7B596BF5" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="00F76A54">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1975</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
+            <w:r w:rsidR="00F76A54">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>88</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> photographies</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="38"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; sur papier photo; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>coul</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r w:rsidR="00F76A54">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8,5 x 12,5 cm et 8,8 x 11,3 cm (1 album – 1 chemise).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C9BA0B8" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="297191DB" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Portée et contenu :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="511F6BD1" w14:textId="46E0A1B9" w:rsidR="00781F4A" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00781F4A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L’album « Mon voyage au Nebraska, États-Unis »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00781F4A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>témoigne du voyage effectué par Raymonde Duchesne, originaire d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e Saint-Thomas-Didyme, au</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00781F4A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Québec</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Canada),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00781F4A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> afin de rencontrer des membres de la famille Gravel établis au Nebraska</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00781F4A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>aux États-Unis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00781F4A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. Ce déplacement fait suite à la découverte d’un lien familial entre les Gravel de Saint-Thomas-Didyme (Québec, Canada) et ceux du Nebraska, par l’intermédiaire d’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00781F4A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Orléatha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00781F4A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kellogg Gravel. L’album illustre la rencontre entre les deux cousines éloignées issues de la même lignée, ainsi que les moments marquants du séjour de Raymonde Duchesne du 25 juillet au 9 août 1975</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, durant lequel chacune a visité la ville de l’autre.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49BB9722" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D78042C" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="561EFDBC" w14:textId="77777777" w:rsidR="00F76A54" w:rsidRDefault="00F76A54" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Album de type scrapbooking.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72AD4E10" w14:textId="77777777" w:rsidR="00F76A54" w:rsidRDefault="00F76A54" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les images sont collées dans l’album, qui n’est pas adapté à la bonne conservation archivistique, mais pour le moment, les retirer pourrait les déchirer. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="492CF706" w14:textId="7FC7D717" w:rsidR="00F76A54" w:rsidRDefault="00F76A54" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plusieurs descriptions manuscrites sur papier (au stylo) accompagnent chaque photo. Un remaniement en album exigera que les descriptions suivent. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35E21976" w14:textId="50EFB430" w:rsidR="00F76A54" w:rsidRDefault="00F76A54" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L’album est jauni, détérioré, collant, probablement acide et la protection plastique décolle.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AEEAA68" w14:textId="6807D709" w:rsidR="00F76A54" w:rsidRDefault="00F76A54" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certains articles et une carte découpée et coloriée ont été ajoutés.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72438B97" w14:textId="2ECEE74B" w:rsidR="00B81A29" w:rsidRDefault="00B81A29" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voir aussi </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A132FamilleGravelNebraskaUSA" w:history="1">
+              <w:r w:rsidRPr="00B81A29">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>« Famille Gravel au Nebraska, États-Unis », à la cote P394/A1/3.2</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> du présent fonds.</w:t>
+            </w:r>
+            <w:r w:rsidR="006C1C2C">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006C1C2C">
+              <w:t xml:space="preserve">La suite de ce dossier en </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A353HistoireGravelUSAStThomas" w:history="1">
+              <w:r w:rsidR="006C1C2C">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>P394/A3/5.3 « L'histoire des Gravel du Nebraska et ceux de St-Thomas »</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="006C1C2C" w:rsidRPr="006C1C2C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4044DE42" w14:textId="030A9CC6" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Originales.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D0F4E63" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41907EBB" w14:textId="77777777" w:rsidR="00781F4A" w:rsidRPr="00441802" w:rsidRDefault="00781F4A" w:rsidP="00781F4A">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00077F9E" w:rsidRPr="00441802" w14:paraId="61E1150E" w14:textId="77777777" w:rsidTr="0066077C">
+        <w:trPr>
+          <w:trHeight w:val="873"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="36286F9D" w14:textId="6C6C0594" w:rsidR="00077F9E" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00077F9E" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00077F9E" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484EAFE7" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRPr="00441802" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="033019C4" w14:textId="0DBF10E8" w:rsidR="00077F9E" w:rsidRPr="00441802" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Boîte 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFD2054" w14:textId="6F24ADBE" w:rsidR="00077F9E" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="40" w:name="_Toc212023323"/>
+            <w:r w:rsidRPr="00077F9E">
+              <w:t>P394/</w:t>
+            </w:r>
+            <w:r w:rsidR="00841BA3">
+              <w:t>A3/5.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00077F9E">
+              <w:t xml:space="preserve"> : L'histoire de</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="41" w:name="P394A134HistoireGravelUSAStThomas"/>
+            <w:bookmarkEnd w:id="41"/>
+            <w:r w:rsidRPr="00077F9E">
+              <w:t>s Gravel du Nebraska et ceux de St-T</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="42" w:name="P394A353HistoireGravelUSAStThomas"/>
+            <w:bookmarkEnd w:id="42"/>
+            <w:r w:rsidRPr="00077F9E">
+              <w:t>homas</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="40"/>
+          </w:p>
+          <w:p w14:paraId="62CE06D6" w14:textId="4E27AC0F" w:rsidR="00077F9E" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C23661">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="00167F08">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1973</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-1975</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C23661">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C23661">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> photographies</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; sur papier photo, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>n&amp;b</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>coul</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>12,6 x 9,8 cm et plus petit (1 album – 1 chemise).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14E93528" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51A90B35" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRPr="00441802" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Portée et contenu :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D1FDBA0" w14:textId="438D2FE8" w:rsidR="00077F9E" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L’album «</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00077F9E">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L'histoire des Gravel du Nebraska et ceux de St-Thomas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D35E14">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>suit la famille d’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Orléatha</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Gravel Kellogg dans son voyage du Nebraska, aux États-Unis, jusqu’au Lac-Saint-Jean, la terre natale de son père. Elle va à la rencontre de ses racines ancestrales, mais aussi visite sa famille Gravel du Canada, à Québec, à Montréal et à Saint-Thomas-Didyme.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A396E21" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRPr="00441802" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7842BC21" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRPr="00441802" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33383D84" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Album de type scrapbooking.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F9CD0CA" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les images sont collées dans l’album, qui n’est pas adapté à la bonne conservation archivistique, mais pour le moment, les retirer pourrait les déchirer. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E029513" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plusieurs descriptions manuscrites sur papier (au stylo) accompagnent chaque photo. Un remaniement en album exigera que les descriptions suivent. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="141DBC84" w14:textId="77777777" w:rsidR="00077F9E" w:rsidRDefault="00077F9E" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L’album est jauni, détérioré, collant, probablement acide et la protection plastique décolle.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E10D8F3" w14:textId="20FE85A0" w:rsidR="00077F9E" w:rsidRDefault="00946FFA" w:rsidP="00077F9E">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Cet album fait suite au dossier précédent, </w:t>
+            </w:r>
+            <w:r w:rsidR="00077F9E">
+              <w:t xml:space="preserve">« </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A352VoyagesNebraskaUSA" w:history="1">
+              <w:r w:rsidR="00077F9E" w:rsidRPr="009214E6">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>Voyages Nebraska, États-Unis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00077F9E">
+              <w:t xml:space="preserve"> » à la cote </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P394A352VoyagesNebraskaUSA" w:history="1">
+              <w:r w:rsidR="00077F9E" w:rsidRPr="009214E6">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>P394/A3/5.2</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00077F9E">
+              <w:t xml:space="preserve"> du présent fonds. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675924AE" w14:textId="1620CE28" w:rsidR="00077F9E" w:rsidRPr="00441802" w:rsidRDefault="00077F9E" w:rsidP="00946FFA">
+            <w:pPr>
+              <w:pStyle w:val="Standard"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00441802">
+              <w:t>Originaux</w:t>
+            </w:r>
+            <w:r w:rsidR="00946FFA">
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06E9BC0C" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidRDefault="00696AE2" w:rsidP="00696AE2">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="06E9BC0C" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidRDefault="00696AE2" w:rsidP="00B81A29"/>
     <w:p w14:paraId="4FDFCB29" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="5781C394" w14:textId="0B3656E7" w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc81230498"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc212023324"/>
       <w:r w:rsidRPr="00441802">
         <w:t>P394</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00441802">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00BA27CF" w:rsidRPr="00441802">
         <w:t>A4 Lieux</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="43"/>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00441802">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2838DCE2" w14:textId="18B30B14" w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidRDefault="00FA7F91" w:rsidP="00696AE2">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>– [1955-1995]. – 42 photographies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1849FD3B" w14:textId="77777777" w:rsidR="00FA7F91" w:rsidRPr="00441802" w:rsidRDefault="00FA7F91" w:rsidP="00696AE2"/>
     <w:p w14:paraId="2380F637" w14:textId="77777777" w:rsidR="00E305CF" w:rsidRPr="00441802" w:rsidRDefault="00E305CF" w:rsidP="00E305CF">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
@@ -8571,223 +11599,185 @@
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5133D44B" w14:textId="77777777" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t>L’ordre d’origine a été conservé lorsque possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6E4AAD" w14:textId="3A558B4C" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Certaines photographies comportent des informations au verso. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71A7E61C" w14:textId="77777777" w:rsidR="00C95263" w:rsidRPr="00441802" w:rsidRDefault="00C95263" w:rsidP="00C95263">
       <w:r w:rsidRPr="00441802">
         <w:t>Les documents suivants sont conservés dans la boîte 2 du présent fonds, à l’emplacement rangée 08, étagère 01, tablette 03 et position 03 de la voûte de la Société d’histoire et de généalogie Maria-Chapdelaine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F93E169" w14:textId="77777777" w:rsidR="00C95263" w:rsidRPr="00441802" w:rsidRDefault="00C95263" w:rsidP="00696AE2"/>
-    <w:p w14:paraId="693F9FCE" w14:textId="77777777" w:rsidR="00E305CF" w:rsidRPr="00441802" w:rsidRDefault="00E305CF" w:rsidP="00696AE2"/>
+    <w:p w14:paraId="693F9FCE" w14:textId="77777777" w:rsidR="00E305CF" w:rsidRDefault="00E305CF" w:rsidP="00696AE2"/>
+    <w:p w14:paraId="3652AE98" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="_Toc212023325"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A4/1 : Bâtiments et maisons</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="1D00D7F6" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– [1955-1995]. – 41 photographies; sur papier photo et carton, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 9,6 x 15,8 cm ou plus petit (1 chemise). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC929BA" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00696AE2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00441802" w14:paraId="69E871D4" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B537E18" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="3B537E18" w14:textId="4AE624BD" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D193B2F" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="287E94F5" w14:textId="1C003319" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B254017" w14:textId="136B06B8" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="007F33D1">
-[...109 lines deleted...]
-          </w:p>
           <w:p w14:paraId="2FA289CA" w14:textId="77777777" w:rsidR="00BA27CF" w:rsidRPr="00441802" w:rsidRDefault="00BA27CF" w:rsidP="00BA27CF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="098CC521" w14:textId="1C8744D3" w:rsidR="00BA27CF" w:rsidRPr="00441802" w:rsidRDefault="00BA27CF" w:rsidP="00BA27CF">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -8860,178 +11850,170 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="7F1877F6" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68BF0EC0" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04A5DBA8" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="711A06F6" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="42BB5D05" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc212023326"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A4/2 : Paysages, nature</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="28EC655B" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– [1977-1978]. – 1 photographie; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 8,9 x 12,3 cm (1 chemise). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4171B862" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00441802" w14:paraId="4C2CD0BB" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1127057E" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...10 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="1127057E" w14:textId="2B86C1C8" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="210A765C" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1563BBE4" w14:textId="296B7B1E" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2BE68E" w14:textId="3505271F" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00F83E44" w:rsidP="007F33D1">
-[...77 lines deleted...]
-          </w:p>
           <w:p w14:paraId="2C923044" w14:textId="77777777" w:rsidR="00524183" w:rsidRPr="00441802" w:rsidRDefault="00524183" w:rsidP="00524183">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F527931" w14:textId="6F8E64D8" w:rsidR="00524183" w:rsidRPr="00441802" w:rsidRDefault="00524183" w:rsidP="00524183">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -9095,58 +12077,58 @@
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Originale. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AAEBA45" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C2CC275" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00441802" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E5061AF" w14:textId="28B41D32" w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="20D0C67C" w14:textId="045B39D3" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="00696AE2"/>
     <w:p w14:paraId="58C77D46" w14:textId="1B253162" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="00AD4A9A">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc81230501"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc212023327"/>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">P394/A5 </w:t>
       </w:r>
       <w:r w:rsidR="007B6E16" w:rsidRPr="00441802">
         <w:t>Animaux</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="781DC523" w14:textId="59DF8DFC" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00324AD6" w:rsidP="00AD4A9A">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>– [19</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>--]-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00441802">
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -9210,206 +12192,171 @@
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70CD5302" w14:textId="77777777" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t>L’ordre d’origine a été conservé lorsque possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3755C758" w14:textId="7980092C" w:rsidR="003B61AC" w:rsidRPr="00441802" w:rsidRDefault="003B61AC" w:rsidP="003B61AC">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r w:rsidRPr="00441802">
         <w:t xml:space="preserve">Certaines photographies comportent des informations au verso. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49429661" w14:textId="77777777" w:rsidR="00C95263" w:rsidRPr="00441802" w:rsidRDefault="00C95263" w:rsidP="00C95263">
       <w:r w:rsidRPr="00441802">
         <w:t>Les documents suivants sont conservés dans la boîte 2 du présent fonds, à l’emplacement rangée 08, étagère 01, tablette 03 et position 03 de la voûte de la Société d’histoire et de généalogie Maria-Chapdelaine.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22119C84" w14:textId="1A8FD76A" w:rsidR="00324AD6" w:rsidRPr="00441802" w:rsidRDefault="00324AD6" w:rsidP="00AD4A9A"/>
-    <w:p w14:paraId="1B47BEA0" w14:textId="77777777" w:rsidR="00C95263" w:rsidRPr="00441802" w:rsidRDefault="00C95263" w:rsidP="00AD4A9A"/>
+    <w:p w14:paraId="1B47BEA0" w14:textId="77777777" w:rsidR="00C95263" w:rsidRDefault="00C95263" w:rsidP="00AD4A9A"/>
+    <w:p w14:paraId="6CFA99A7" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc212023328"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A5/1 : Animaux domestiques</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="64E58A8F" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– [19--]. – 5 photographies; sur papier photo et carton, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>coul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., 8,8 x 8,6 cm et 10,1 x 10,2 cm (1 chemise). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED42E22" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00AD4A9A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD4A9A" w:rsidRPr="00441802" w14:paraId="4592A545" w14:textId="77777777" w:rsidTr="0066077C">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="271A9672" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...9 lines deleted...]
-              <w:t>R08-E01-T03-P03</w:t>
+          <w:p w14:paraId="271A9672" w14:textId="7BAEFD9E" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="420A6948" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2920C055" w14:textId="2475CF24" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="687F5704" w14:textId="183A565B" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
-[...92 lines deleted...]
-          </w:p>
           <w:p w14:paraId="0342EE15" w14:textId="77777777" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39B46044" w14:textId="2210FA8F" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -9499,219 +12446,188 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="782DDBAE" w14:textId="77777777" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1251AB08" w14:textId="77777777" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="621B1F75" w14:textId="77777777" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7E457AEB" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:p w14:paraId="4A5156D6" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Niveau3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc212023329"/>
+      <w:r w:rsidRPr="00441802">
+        <w:t>P394/A5/2 : Animaux équestre</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="2D7D2370" w14:textId="77777777" w:rsidR="00484007" w:rsidRPr="00441802" w:rsidRDefault="00484007" w:rsidP="00484007">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>– [19</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>--]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2010. – 2 photographies; sur papier photo, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>n&amp;b</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00441802">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 8,7 x 8,3 cm et 11,3 x 16,8 cm (1 chemise). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AFF2C40" w14:textId="77777777" w:rsidR="00484007" w:rsidRDefault="00484007"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblInd w:w="-567" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="7801"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00AD4A9A" w:rsidRPr="00441802" w14:paraId="3296354A" w14:textId="77777777" w:rsidTr="0066077C">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2F828B20" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00441802">
+          <w:p w14:paraId="2F828B20" w14:textId="790D66CB" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00776CEC" w:rsidP="00526C8A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>R08-E01-T03-P03</w:t>
+              <w:t>R07</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E02</w:t>
+            </w:r>
+            <w:r w:rsidR="00526C8A" w:rsidRPr="00441802">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E75922">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T01</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E201135" w14:textId="77777777" w:rsidR="00526C8A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25DB12C6" w14:textId="6F40FC23" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00526C8A" w:rsidP="00526C8A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boîte 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="606BED13" w14:textId="28C6098E" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
-[...118 lines deleted...]
-          </w:p>
           <w:p w14:paraId="68F56491" w14:textId="77777777" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="291FEDC3" w14:textId="13CFDA02" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
             </w:pPr>
             <w:r w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -9787,128 +12703,128 @@
             </w:r>
             <w:r w:rsidR="007B6E16" w:rsidRPr="00441802">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="411C87F3" w14:textId="77777777" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E9844D9" w14:textId="77777777" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="0066077C"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3AC5FEA9" w14:textId="77777777" w:rsidR="00AD4A9A" w:rsidRPr="00441802" w:rsidRDefault="00AD4A9A" w:rsidP="00696AE2"/>
     <w:p w14:paraId="1453E7DC" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00441802" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="71F28F6D" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00441802" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="017544C2" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00441802" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="1C85BA0B" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00696AE2" w:rsidRPr="00441802" w:rsidSect="00F22AC1">
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67AED35C" w14:textId="77777777" w:rsidR="003202D8" w:rsidRDefault="003202D8" w:rsidP="00923766">
+    <w:p w14:paraId="7AD4DA2A" w14:textId="77777777" w:rsidR="002A5C7F" w:rsidRDefault="002A5C7F" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51DDBD08" w14:textId="77777777" w:rsidR="003202D8" w:rsidRDefault="003202D8" w:rsidP="00923766">
+    <w:p w14:paraId="0A3A0ADB" w14:textId="77777777" w:rsidR="002A5C7F" w:rsidRDefault="002A5C7F" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="OpenSymbol">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13172E46" w14:textId="77777777" w:rsidR="00B432A4" w:rsidRDefault="00B432A4" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-CA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0497FABC" wp14:editId="557A9EAA">
               <wp:extent cx="5467350" cy="45085"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="1" name="Organigramme : Décision 1" descr="Light horizontal"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
@@ -10000,70 +12916,70 @@
       <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="008D64A5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="53DEB62C" w14:textId="77777777" w:rsidR="00B432A4" w:rsidRDefault="00B432A4" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58FE86C3" w14:textId="77777777" w:rsidR="003202D8" w:rsidRDefault="003202D8" w:rsidP="00923766">
+    <w:p w14:paraId="317CCDE1" w14:textId="77777777" w:rsidR="002A5C7F" w:rsidRDefault="002A5C7F" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EDA4E1A" w14:textId="77777777" w:rsidR="003202D8" w:rsidRDefault="003202D8" w:rsidP="00923766">
+    <w:p w14:paraId="53CA59E1" w14:textId="77777777" w:rsidR="002A5C7F" w:rsidRDefault="002A5C7F" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F252D55"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="83166522"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
       </w:rPr>
@@ -10124,417 +13040,463 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1021975766">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="92"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="000014EB"/>
     <w:rsid w:val="0000668E"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="00040882"/>
     <w:rsid w:val="00047913"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="000723B8"/>
+    <w:rsid w:val="00077F9E"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="00081144"/>
     <w:rsid w:val="000B44C1"/>
     <w:rsid w:val="000C5ED4"/>
     <w:rsid w:val="000C6A8A"/>
     <w:rsid w:val="000D7C6A"/>
     <w:rsid w:val="000E1111"/>
+    <w:rsid w:val="000E3367"/>
+    <w:rsid w:val="000E4DD6"/>
     <w:rsid w:val="000E6B4F"/>
     <w:rsid w:val="000E7976"/>
     <w:rsid w:val="000F55C7"/>
     <w:rsid w:val="000F7851"/>
     <w:rsid w:val="00100C2C"/>
     <w:rsid w:val="00112EC2"/>
     <w:rsid w:val="001153BB"/>
+    <w:rsid w:val="00134393"/>
     <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="00166949"/>
     <w:rsid w:val="00166C91"/>
+    <w:rsid w:val="00167F08"/>
     <w:rsid w:val="00197C39"/>
     <w:rsid w:val="001A7EEB"/>
+    <w:rsid w:val="001C259B"/>
+    <w:rsid w:val="001D1CFB"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E22C8"/>
     <w:rsid w:val="001E5801"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="002273FD"/>
     <w:rsid w:val="00242C7D"/>
+    <w:rsid w:val="0025180F"/>
     <w:rsid w:val="0025336B"/>
+    <w:rsid w:val="00265C23"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="002828D4"/>
     <w:rsid w:val="00284955"/>
     <w:rsid w:val="0028732E"/>
     <w:rsid w:val="00287473"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
+    <w:rsid w:val="002A5C7F"/>
     <w:rsid w:val="002C4AB2"/>
     <w:rsid w:val="002D0F20"/>
     <w:rsid w:val="002E119F"/>
     <w:rsid w:val="0030124F"/>
     <w:rsid w:val="00314247"/>
     <w:rsid w:val="003202D8"/>
     <w:rsid w:val="00324AD6"/>
     <w:rsid w:val="00326159"/>
+    <w:rsid w:val="00371929"/>
     <w:rsid w:val="0038128D"/>
     <w:rsid w:val="00392E3B"/>
     <w:rsid w:val="00393B04"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A4DA0"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B61AC"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="003C1DC4"/>
     <w:rsid w:val="003E5BA5"/>
     <w:rsid w:val="00430466"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="00441802"/>
+    <w:rsid w:val="004435B1"/>
+    <w:rsid w:val="004475D4"/>
     <w:rsid w:val="00451BD0"/>
     <w:rsid w:val="00456BD2"/>
     <w:rsid w:val="0045758A"/>
     <w:rsid w:val="0046451E"/>
     <w:rsid w:val="0046741C"/>
     <w:rsid w:val="00482915"/>
+    <w:rsid w:val="00484007"/>
     <w:rsid w:val="004862B9"/>
     <w:rsid w:val="00486650"/>
     <w:rsid w:val="004A1B32"/>
     <w:rsid w:val="004C2F45"/>
     <w:rsid w:val="004C5067"/>
     <w:rsid w:val="004E467E"/>
     <w:rsid w:val="00502C0D"/>
     <w:rsid w:val="005059ED"/>
     <w:rsid w:val="00511A61"/>
     <w:rsid w:val="00511B1C"/>
     <w:rsid w:val="00513FBA"/>
     <w:rsid w:val="00515BFB"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00524183"/>
     <w:rsid w:val="00526552"/>
     <w:rsid w:val="00526C8A"/>
     <w:rsid w:val="00532442"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
+    <w:rsid w:val="00540E0C"/>
     <w:rsid w:val="00561EAD"/>
+    <w:rsid w:val="005649FE"/>
     <w:rsid w:val="00585FB8"/>
     <w:rsid w:val="00587F67"/>
     <w:rsid w:val="00592CF1"/>
     <w:rsid w:val="00593274"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005B615A"/>
+    <w:rsid w:val="005D6B20"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="00612460"/>
     <w:rsid w:val="00615212"/>
     <w:rsid w:val="00621773"/>
     <w:rsid w:val="00624149"/>
+    <w:rsid w:val="00625AE0"/>
+    <w:rsid w:val="00651084"/>
     <w:rsid w:val="00653583"/>
     <w:rsid w:val="0066077C"/>
     <w:rsid w:val="0066145D"/>
     <w:rsid w:val="00661C2D"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="00685156"/>
+    <w:rsid w:val="00685F6A"/>
     <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="006A7E21"/>
+    <w:rsid w:val="006C1C2C"/>
     <w:rsid w:val="006E2311"/>
     <w:rsid w:val="006F37D7"/>
     <w:rsid w:val="006F50BF"/>
+    <w:rsid w:val="00706336"/>
     <w:rsid w:val="00706884"/>
     <w:rsid w:val="007215FD"/>
+    <w:rsid w:val="007229CA"/>
     <w:rsid w:val="00742A4C"/>
     <w:rsid w:val="0076644B"/>
+    <w:rsid w:val="00776CEC"/>
+    <w:rsid w:val="00781F4A"/>
     <w:rsid w:val="007849A8"/>
     <w:rsid w:val="00797D5C"/>
     <w:rsid w:val="007A207A"/>
     <w:rsid w:val="007A23C8"/>
     <w:rsid w:val="007B0DFC"/>
     <w:rsid w:val="007B6E16"/>
     <w:rsid w:val="007C044D"/>
+    <w:rsid w:val="007E13C0"/>
     <w:rsid w:val="007F33D1"/>
     <w:rsid w:val="00803E2C"/>
     <w:rsid w:val="008045DD"/>
     <w:rsid w:val="0080651A"/>
     <w:rsid w:val="00840FF1"/>
+    <w:rsid w:val="00841BA3"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="008556A6"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="00894F88"/>
     <w:rsid w:val="008B2941"/>
     <w:rsid w:val="008B4A1A"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="008D64A5"/>
     <w:rsid w:val="008F2A1E"/>
     <w:rsid w:val="00901D10"/>
     <w:rsid w:val="00904CB7"/>
     <w:rsid w:val="00911262"/>
+    <w:rsid w:val="009214E6"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00923766"/>
     <w:rsid w:val="00930847"/>
     <w:rsid w:val="00931389"/>
     <w:rsid w:val="0094294B"/>
+    <w:rsid w:val="00946FFA"/>
     <w:rsid w:val="00947E6B"/>
     <w:rsid w:val="009534B2"/>
     <w:rsid w:val="00961E8F"/>
     <w:rsid w:val="009705AB"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
     <w:rsid w:val="009D2B71"/>
     <w:rsid w:val="009D2E48"/>
     <w:rsid w:val="009F0832"/>
     <w:rsid w:val="009F5EC7"/>
+    <w:rsid w:val="009F78AB"/>
     <w:rsid w:val="00A074A8"/>
     <w:rsid w:val="00A22EB3"/>
     <w:rsid w:val="00A301EB"/>
     <w:rsid w:val="00A3152C"/>
+    <w:rsid w:val="00A32A01"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A36AE7"/>
+    <w:rsid w:val="00A413CA"/>
     <w:rsid w:val="00A42DDF"/>
     <w:rsid w:val="00A641D6"/>
     <w:rsid w:val="00A674F8"/>
     <w:rsid w:val="00A75249"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A839C2"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00A959B3"/>
     <w:rsid w:val="00A95BDF"/>
     <w:rsid w:val="00AA48C7"/>
     <w:rsid w:val="00AB53AB"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00AB6798"/>
+    <w:rsid w:val="00AC50C8"/>
     <w:rsid w:val="00AC7058"/>
     <w:rsid w:val="00AD4A9A"/>
     <w:rsid w:val="00B0594D"/>
     <w:rsid w:val="00B148D8"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B3412B"/>
     <w:rsid w:val="00B35B72"/>
     <w:rsid w:val="00B432A4"/>
     <w:rsid w:val="00B46FC4"/>
     <w:rsid w:val="00B514D4"/>
     <w:rsid w:val="00B55D5C"/>
     <w:rsid w:val="00B66B30"/>
     <w:rsid w:val="00B70F0F"/>
+    <w:rsid w:val="00B81A29"/>
     <w:rsid w:val="00B96E5D"/>
     <w:rsid w:val="00B9759C"/>
     <w:rsid w:val="00BA27CF"/>
     <w:rsid w:val="00BA5D3E"/>
     <w:rsid w:val="00BB2B93"/>
     <w:rsid w:val="00BB2D08"/>
     <w:rsid w:val="00BC3AF1"/>
     <w:rsid w:val="00BC64AB"/>
     <w:rsid w:val="00BD4041"/>
     <w:rsid w:val="00BD5104"/>
     <w:rsid w:val="00BE1812"/>
     <w:rsid w:val="00BE5BED"/>
     <w:rsid w:val="00BF7589"/>
     <w:rsid w:val="00C05697"/>
     <w:rsid w:val="00C071C8"/>
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
     <w:rsid w:val="00C13B5C"/>
+    <w:rsid w:val="00C23661"/>
+    <w:rsid w:val="00C37FAC"/>
     <w:rsid w:val="00C40995"/>
     <w:rsid w:val="00C42F3C"/>
     <w:rsid w:val="00C461A5"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C817ED"/>
     <w:rsid w:val="00C872E2"/>
     <w:rsid w:val="00C90937"/>
     <w:rsid w:val="00C95263"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CA7386"/>
     <w:rsid w:val="00CB360C"/>
     <w:rsid w:val="00CB5219"/>
     <w:rsid w:val="00CB5258"/>
     <w:rsid w:val="00CC04BF"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CD4C6C"/>
     <w:rsid w:val="00CE48E5"/>
     <w:rsid w:val="00CF0BA3"/>
     <w:rsid w:val="00CF7467"/>
     <w:rsid w:val="00D06AA1"/>
     <w:rsid w:val="00D0781A"/>
     <w:rsid w:val="00D07870"/>
     <w:rsid w:val="00D16106"/>
     <w:rsid w:val="00D230A5"/>
     <w:rsid w:val="00D25352"/>
     <w:rsid w:val="00D26E9D"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
+    <w:rsid w:val="00D35E14"/>
     <w:rsid w:val="00D40702"/>
     <w:rsid w:val="00D465E5"/>
     <w:rsid w:val="00D73963"/>
     <w:rsid w:val="00D87E86"/>
     <w:rsid w:val="00DA11D3"/>
     <w:rsid w:val="00DA1F01"/>
     <w:rsid w:val="00DA6900"/>
     <w:rsid w:val="00DB6FD8"/>
     <w:rsid w:val="00DC0498"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5338"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DD1D8A"/>
     <w:rsid w:val="00DF516C"/>
     <w:rsid w:val="00E06067"/>
     <w:rsid w:val="00E305CF"/>
     <w:rsid w:val="00E34B82"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E57F6F"/>
     <w:rsid w:val="00E740E9"/>
+    <w:rsid w:val="00E75922"/>
     <w:rsid w:val="00E86474"/>
     <w:rsid w:val="00E9066C"/>
     <w:rsid w:val="00EA39CC"/>
     <w:rsid w:val="00EB5899"/>
+    <w:rsid w:val="00EC6ED9"/>
     <w:rsid w:val="00ED6D6E"/>
     <w:rsid w:val="00EE0EC9"/>
+    <w:rsid w:val="00EE7177"/>
+    <w:rsid w:val="00EF0966"/>
     <w:rsid w:val="00EF3A04"/>
     <w:rsid w:val="00EF7D27"/>
     <w:rsid w:val="00F22AC1"/>
     <w:rsid w:val="00F3008F"/>
     <w:rsid w:val="00F34259"/>
     <w:rsid w:val="00F41408"/>
     <w:rsid w:val="00F43CBC"/>
     <w:rsid w:val="00F47E77"/>
+    <w:rsid w:val="00F530DB"/>
+    <w:rsid w:val="00F5483C"/>
+    <w:rsid w:val="00F54C9A"/>
     <w:rsid w:val="00F568C7"/>
     <w:rsid w:val="00F64BAF"/>
     <w:rsid w:val="00F6767F"/>
     <w:rsid w:val="00F7029B"/>
     <w:rsid w:val="00F75A63"/>
+    <w:rsid w:val="00F76A54"/>
     <w:rsid w:val="00F83E44"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
+    <w:rsid w:val="00F935A1"/>
     <w:rsid w:val="00FA02B5"/>
     <w:rsid w:val="00FA474E"/>
     <w:rsid w:val="00FA7F91"/>
     <w:rsid w:val="00FC3D97"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="30FFD538"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{752BCCCA-4813-4843-94C7-EC6964EB1C19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10866,84 +13828,84 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00923766"/>
+    <w:rsid w:val="00077F9E"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Niveau 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:qFormat/>
     <w:rsid w:val="00A674F8"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
     <w:name w:val="Titre 2 Car"/>
@@ -11431,55 +14393,79 @@
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StandardCar1">
     <w:name w:val="Standard Car1"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Standard"/>
     <w:rsid w:val="00486650"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EF0966"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B81A29"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="191454813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="472333374">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11536,51 +14522,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1057243912">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maria.cloud.constellio.com/constellio/dl?id=00000732146" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@shgmc.ca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///K:\Fonds%20d'archives\P394%20Fonds%20Louis-Georges%20Fortin%20et%20Irene%20Duchesne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maria.cloud.constellio.com/constellio/dl?id=00000243890" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maria.cloud.constellio.com/constellio/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///\\10.102.16.15\SHGMC\Fonds%20d'archives\P394%20Fonds%20Louis-Georges%20Fortin%20et%20Irene%20Duchesne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maria.cloud.constellio.com/constellio/dl?id=00000243890" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maria.cloud.constellio.com/constellio/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://maria.cloud.constellio.com/constellio/dl?id=00000732146" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\isabelleshg\Documents\Administration\Mod&#232;le%20Instrument%20de%20recherche%202017%20v2.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -11808,74 +14794,91 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17AAF9BC-EFFD-41FA-BC62-05CB5E3406A3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
-  <Pages>14</Pages>
-[...1 lines deleted...]
-  <Characters>17705</Characters>
+  <Pages>19</Pages>
+  <Words>5419</Words>
+  <Characters>28886</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>1031</Lines>
+  <Paragraphs>553</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20883</CharactersWithSpaces>
+  <CharactersWithSpaces>33752</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>