--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -1,353 +1,335 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="29C48B1D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">FONDS </w:t>
       </w:r>
       <w:r w:rsidR="00457089">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>SOCIÉTÉ D’INFORMATION DU LAC-sAINT-jEAN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00DA6900" w:rsidP="00923766">
+    <w:p w14:paraId="74199DF7" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00457089">
         <w:t>378</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="15CE030C" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="1B578FA5" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="092E6DD5" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="55384365" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="6A7E4A50" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="09F5C9FD" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="3552AA1B" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="3F549451" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="2ACABE58" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="3EF5046B" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="58B75D87" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="0D8BEA06" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="4B9DA3D2" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="79A29F9A" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="6ED1E1DC" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
-        <w:t>Société d’histoire et de généalogie Maria-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Société d’histoire et de généalogie Maria-Chapdelaine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D2AC23" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r w:rsidRPr="00A674F8">
-        <w:t>Chapdelaine</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+        <w:t>Dolbeau-Mistassini</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21226DE5" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    </w:p>
+    <w:p w14:paraId="40DE9FFD" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="37AC96C9" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="732169BE" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="63E29E39" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="07DCE8D2" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="40DC7A49" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="654C0C9F" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="318D2241" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="0E67E013" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="420BDED1" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="5C6FCE51" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="484AE3D3" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
-[...4 lines deleted...]
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="7C12ECCA" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">Répertoire numérique </w:t>
       </w:r>
       <w:r w:rsidR="00B148D8">
         <w:t>simple</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="7D130B19" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="5E9DB8E3" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="63CAD193" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="76D6F0EE" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="2EE5D652" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="425BC501" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="55A1A090" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="34998F0D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00850264" w:rsidRPr="00A674F8" w:rsidRDefault="00850264" w:rsidP="00923766">
+    <w:p w14:paraId="0211BE4B" w14:textId="77777777" w:rsidR="00850264" w:rsidRPr="00A674F8" w:rsidRDefault="00850264" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRDefault="00B148D8" w:rsidP="00923766">
+    <w:p w14:paraId="7DBDEB2E" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRDefault="00B148D8" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Rédigé par </w:t>
       </w:r>
       <w:r w:rsidR="003E425D">
-        <w:t xml:space="preserve">Frédérique Fradet et </w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00B148D8" w:rsidRPr="00A674F8" w:rsidRDefault="00B148D8" w:rsidP="00923766">
+        <w:t>Frédérique Fradet et Marie-Chantale Savard, archivistes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F43CCB" w14:textId="77777777" w:rsidR="00B148D8" w:rsidRPr="00A674F8" w:rsidRDefault="00B148D8" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:r w:rsidR="003E425D">
         <w:t>13 novembre 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRDefault="00DA6900" w:rsidP="00923766">
+    <w:p w14:paraId="29CD3D0C" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Non traité</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA6900" w:rsidRDefault="00DA6900" w:rsidP="00923766">
+    <w:p w14:paraId="41ABAE3B" w14:textId="77777777" w:rsidR="00DA6900" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DA6900" w:rsidRPr="00A674F8" w:rsidRDefault="00DA6900" w:rsidP="00923766">
+    <w:p w14:paraId="7247E21A" w14:textId="77777777" w:rsidR="00DA6900" w:rsidRPr="00A674F8" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0076644B" w:rsidRPr="00A674F8" w:rsidRDefault="0076644B" w:rsidP="00923766">
+    <w:p w14:paraId="4AB9E306" w14:textId="77777777" w:rsidR="0076644B" w:rsidRPr="00A674F8" w:rsidRDefault="0076644B" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:lastRenderedPageBreak/>
         <w:t>Table des matières</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00BD4041">
+    <w:p w14:paraId="58474674" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00BD4041">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:instrText xml:space="preserve"> TOC \o "1-5" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -387,51 +369,51 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00F92F27">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00F92F27">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00F92F27">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4166B1D9" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186664" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A Documents audiovisuels</w:t>
         </w:r>
         <w:r>
@@ -462,51 +444,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="1BC1A647" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186665" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1 Images en mouvement</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -536,51 +518,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6F14C077" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186666" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1 : Politique</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -608,51 +590,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0A288ACC" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186667" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.1 Conseils de ville Dolbeau-Mistassini</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -680,51 +662,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5061676F" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186668" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.2 Conseils de la MRC</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -752,51 +734,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="43C9F76C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186669" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.3 Autres conseils de ville</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -824,51 +806,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3625CBDE" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186670" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.4 Élections</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -896,51 +878,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="630AD11F" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186671" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.5 Politiciens</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -968,51 +950,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="31058B6C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186672" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">P378/A1/2 : </w:t>
         </w:r>
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:eastAsia="Calibri"/>
@@ -1048,51 +1030,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3CC27D0F" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186673" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">P378/A1/3 : </w:t>
         </w:r>
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:eastAsia="Calibri"/>
@@ -1128,51 +1110,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0C448597" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186674" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>P378/A1/3.1 Festivals</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1201,51 +1183,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3BC59CDD" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186675" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>P378/A1/3.2 Fêtes diverses</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1274,51 +1256,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="271FAE2B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186676" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/4 : Sports</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1346,51 +1328,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="05695FF9" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186677" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/5 : Organismes et entreprises</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1418,51 +1400,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="36937759" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186678" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/6 : Culture</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1490,51 +1472,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="52566B65" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186679" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/7 : Banques d’images</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1562,51 +1544,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5862E844" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186680" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8 : Émissions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1634,71 +1616,85 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="65756C17" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186681" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.1 Le Babillard</w:t>
+          <w:t>P378/A1/8.1 Le B</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004751F5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>a</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004751F5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>billard</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc26186681 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1706,51 +1702,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="64C0A411" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186682" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.2 Vos Élites vous parlent</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1778,51 +1774,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4D6307BA" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186683" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.3 Croire aujourd’hui</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1850,51 +1846,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6B2C4575" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186684" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.4 Actualité en images / Actualités</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1922,51 +1918,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="1C718002" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186685" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.5 Été bleu</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -1994,51 +1990,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="494892C9" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186686" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.6 Magie.net</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2066,71 +2062,85 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0033FC7E" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186687" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.7 L’Évènement</w:t>
+          <w:t>P378/A1/8.7 L’Évène</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004751F5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>m</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004751F5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>ent</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc26186687 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2138,71 +2148,85 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="656A2E96" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186688" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.8 Émission spéciale</w:t>
+          <w:t>P378/A1/8.8 Émiss</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004751F5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004751F5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>on spéciale</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc26186688 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2210,51 +2234,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="358A0EE7" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186689" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.9 Tout sur tout</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2282,51 +2306,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0C6A970D" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186690" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.10 Autrefois</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2354,51 +2378,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="70318D1C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186691" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.11 Sport action</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2426,51 +2450,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="37FF5EA3" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186692" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.12 Folklore</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2498,51 +2522,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5ADE699B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186693" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.13 Bien branché</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2570,51 +2594,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="218649B5" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186694" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.14 En route vers…</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2642,51 +2666,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="37C67BE5" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186695" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.15 Télé-faune</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2714,51 +2738,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="548BE38C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186696" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.16 Jardins d’ici</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2786,51 +2810,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="15A54628" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186697" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.17 Vert les jardins</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2858,51 +2882,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="00812D46" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186698" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.18 Flambant 9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2930,51 +2954,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="76B28781" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186699" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.19 Racisme au Lac</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3002,51 +3026,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3A055F18" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186700" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.20 Employeurs, travailleurs, les accidents de travail, c’est quoi?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3074,51 +3098,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7B1DEB11" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186701" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.21 Route des Bleuets</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3146,51 +3170,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="45CFD2BA" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186702" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.22 L’opinion de M. Brassard</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3218,51 +3242,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="50D4049C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186703" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.23 Contes et légendes</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3290,51 +3314,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="70C1A2BF" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186704" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.24 Alimentaire mon cher Watson</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3362,51 +3386,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4F8D5D91" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186705" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.25 Trésors cachés du Lac-Saint-Jean</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3434,51 +3458,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7D4B57F7" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186706" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.26 L’ABC de la beauté</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3506,51 +3530,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4E7AAC32" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186707" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.27 Mod’emploi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3578,51 +3602,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="532CD19B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186708" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.28 Mission : organismes</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3650,51 +3674,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7972002C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186709" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.29 Éco-logique</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3722,51 +3746,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="257D8229" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186710" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.30 Un demi-siècle de culture</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3794,51 +3818,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5AF72134" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186711" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.31 Générations.com</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3866,51 +3890,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="55C1BE93" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186712" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.32 Point de vue</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -3938,51 +3962,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="04B902D2" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186713" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.33 Fréquence culturelle</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4010,51 +4034,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="48ADD79A" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186714" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.34 Y faut qu’on en parle</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4082,51 +4106,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="50351A51" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186715" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.35 Parfum de vanille</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4154,51 +4178,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="203F7A6E" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186716" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.36 Chercheurs de Dieu</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4226,51 +4250,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3E48A21B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186717" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.37 Marc-André et ses gadgets</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4298,51 +4322,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="037FBEFA" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186718" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.38 Mise à jour</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4370,51 +4394,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="56CE3624" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186719" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.39 Regard sur nos artistes</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4442,51 +4466,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3FFFDB32" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186720" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.40 Le député vous informe</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4514,51 +4538,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5588D804" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186721" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.41 Aux portes de la prévention</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4586,51 +4610,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7DD3FCE6" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186722" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.42 Conferentsia</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4658,51 +4682,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4899EF87" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186723" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.43 Flash voyage</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4730,51 +4754,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5486DE24" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186724" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.44 Improvisation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4802,51 +4826,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5504EB96" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186725" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.45 Dossiers en bref</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4874,51 +4898,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="38CEB189" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186726" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.46 Jeun’opinion</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -4946,51 +4970,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6C7D98A7" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186727" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.47 La route des fourrures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5018,51 +5042,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="29562E3D" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186728" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.48 57 Minutes d’infos</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5090,51 +5114,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6A389F77" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186729" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.49 Restez éveillés, prévenez les incendies</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5161,54 +5185,52 @@
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    </w:p>
+    <w:p w14:paraId="194A991C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186730" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.50 Autre temps autrement</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5236,51 +5258,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5DE08AD5" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186731" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.51 Les chronique du notaire</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5308,51 +5330,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0A3AE80C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186732" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.52 SOS Climat</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5380,51 +5402,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="10E4BF99" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186733" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.53 Comment observer les oiseaux</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5452,51 +5474,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3296FCA4" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186734" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8.54 Santé vous bien</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5524,51 +5546,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6566F1EC" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186735" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Les Lundis des Raconteux</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5596,51 +5618,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="395BDC7A" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186736" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Dolbeau-Mistassini : Perspectives 125</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5668,51 +5690,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="142603D2" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186737" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Option Régions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5740,51 +5762,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="116D5E6B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186738" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Accès MRC</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5812,51 +5834,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="2BCBDB28" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186739" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Le Bol d’or</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5884,51 +5906,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="46A34E6B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186740" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Qu’en pensez-vous?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -5956,51 +5978,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="02044441" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186741" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. La Vitrine Culturelle</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6028,51 +6050,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="78BB1BDF" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186742" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Électron Libre</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6100,51 +6122,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3D2924F0" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186743" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Le Show du Nord du Lac</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6172,51 +6194,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6E7ADD62" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186744" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Près de chez-soi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6244,51 +6266,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7A8BDC67" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186745" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Conférence AQDR St-Félicien</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6316,51 +6338,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="62935985" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186746" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Sciences Questions Actions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6388,51 +6410,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="49DE3821" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186747" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Nouvelles du Haut-du-Lac</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6460,51 +6482,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6D1C2AA5" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186748" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. La Liste</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6532,51 +6554,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6C9CE1EB" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186749" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. ADOssez-vous</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6604,51 +6626,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5993D673" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186750" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Studio chez soi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6676,51 +6698,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="1796F124" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186751" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Les Passionnés</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6748,51 +6770,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="14ADB31E" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186752" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Dany Sauvageau, sauver sa peau</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6820,51 +6842,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="66BD52D9" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186753" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Agir pour l’avenir</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6892,51 +6914,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="08203D94" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186754" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/8. Ose le Pays des Bleuets</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -6964,51 +6986,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="57E71C13" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186755" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/9 : Publicités</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -7036,51 +7058,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="582CDF6A" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186756" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -7110,51 +7132,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4C83CF88" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186757" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A2/1 :</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -7182,51 +7204,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="77BD6F11" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186758" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A2/2 :</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -7254,51 +7276,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="395AD723" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186759" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/B Données</w:t>
         </w:r>
         <w:r>
@@ -7329,51 +7351,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6CFC2C35" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186760" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/B1 Données sur disques</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -7403,51 +7425,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="2138ECEF" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc26186761" w:history="1">
         <w:r w:rsidRPr="004751F5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/B1/1 : Documents numériques</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -7475,343 +7497,552 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BD4041" w:rsidRPr="00A674F8" w:rsidRDefault="00BD4041" w:rsidP="00923766">
+    <w:p w14:paraId="1FE65415" w14:textId="77777777" w:rsidR="00BD4041" w:rsidRPr="00A674F8" w:rsidRDefault="00BD4041" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="62347980" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc26186663"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc26186663"/>
       <w:r w:rsidRPr="00A674F8">
         <w:lastRenderedPageBreak/>
         <w:t>PRÉSENTATION DU FONDS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="12261578" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00931389" w:rsidRPr="00A674F8" w:rsidRDefault="007F33D1" w:rsidP="00923766">
+    <w:p w14:paraId="5A125AA2" w14:textId="77777777" w:rsidR="00931389" w:rsidRDefault="007F33D1" w:rsidP="00923766">
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="003E425D">
         <w:t>378</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Fonds </w:t>
       </w:r>
       <w:r w:rsidR="003E425D">
         <w:t>Société d’information Lac-Saint-Jean</w:t>
       </w:r>
       <w:r w:rsidR="00931389" w:rsidRPr="00A674F8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B46FC4" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r w:rsidR="001153BB">
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidR="00AB6798">
         <w:t>années</w:t>
       </w:r>
       <w:r w:rsidR="001153BB">
         <w:t>] –</w:t>
       </w:r>
       <w:r w:rsidR="00B148D8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931389" w:rsidRPr="00A674F8" w:rsidRDefault="00931389" w:rsidP="00923766"/>
-    <w:p w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
+    <w:p w14:paraId="600BC02C" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="00923766"/>
+    <w:p w14:paraId="0F15BD34" w14:textId="10E076D1" w:rsidR="001363E8" w:rsidRPr="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001363E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Collation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8B0F3E" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="652883D1" w14:textId="37D4C12C" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r>
+        <w:t>Donation initiale (fichiers acquis en 2019, signature du contrat le 11 novembre 2025):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5FBCC1" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="5E55D6FE" w14:textId="77317124" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>6 357 fichiers numériques sur serveur seulement (images en mouvement avec audio (à combiner)) pour 1,34 To</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DAA6C72" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="52F4B709" w14:textId="19BD7B92" w:rsidR="001363E8" w:rsidRPr="00A674F8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Durée totale : 158 heures, 15 minutes et 3 secondes (9495,05 minutes) d'images en mouvement. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="001363E8">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>Manque P378/A1/1 à 9 à calculer.</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0D2BE1FB" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00A674F8" w:rsidRDefault="00931389" w:rsidP="00923766"/>
+    <w:p w14:paraId="67890797" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Notice biographique</w:t>
       </w:r>
       <w:r w:rsidR="00A674F8" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / Histoire administrative</w:t>
       </w:r>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00DC3822" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00561EAD" w:rsidRDefault="00561EAD" w:rsidP="00923766"/>
-    <w:p w:rsidR="007F33D1" w:rsidRDefault="00AB6798" w:rsidP="00923766">
+    <w:p w14:paraId="0EF5088C" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRDefault="00561EAD" w:rsidP="00923766"/>
+    <w:p w14:paraId="69558A6B" w14:textId="77777777" w:rsidR="007F33D1" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Texte9"/>
+      <w:bookmarkStart w:id="1" w:name="Texte9"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="11AC277B" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766"/>
+    <w:p w14:paraId="14734FC9" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Historique de la conservation : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931389" w:rsidRDefault="00931389" w:rsidP="00923766"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00D30256" w:rsidRDefault="00D30256" w:rsidP="00923766">
+    <w:p w14:paraId="26C88B0B" w14:textId="77777777" w:rsidR="00931389" w:rsidRDefault="00931389" w:rsidP="00923766"/>
+    <w:p w14:paraId="3F6CD3C2" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r w:rsidRPr="001363E8">
+        <w:t>La Télé du Haut-du-Lac a contacté le directeur général de la Société d'histoire, M. Steeve Cantin, en novembre 2019 afin d'ouvrir un fonds d'archives complémentaire au P38. Sébastien Villeneuve en effectue le traitement depuis le 19 novembre 2019. Le contrat n'est pas signé (prêt à être imprimé) et les archives numériques n'ont pas été remises à la Société d'histoire immédiatement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48AEE6B2" w14:textId="77777777" w:rsidR="001363E8" w:rsidRPr="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="4D049065" w14:textId="77777777" w:rsidR="001363E8" w:rsidRPr="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r w:rsidRPr="001363E8">
+        <w:t xml:space="preserve">À la suite d'un problème de conservation sur un serveur à la Télé du Haut-du-Lac, l'archiviste Marie-Chantale Savard et le directeur général Steeve Cantin ont rencontré Andrée-Anne Bouchard, directrice de la THDL, le 11 novembre 2025, et ont fait </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001363E8">
+        <w:t>signé</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001363E8">
+        <w:t xml:space="preserve"> le contrat de donation. Des versements périodiques seront établis et une saine gestion documentaire sera réalisée par la Société d'histoire avec la collaboration de l'équipe de la Télé du Haut-du-Lac. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48EFBC7F" w14:textId="77777777" w:rsidR="00D30256" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="301F3E29" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00050170" w:rsidRDefault="00050170" w:rsidP="00923766"/>
-    <w:p w:rsidR="00922E8E" w:rsidRDefault="001153BB" w:rsidP="00923766">
+    <w:p w14:paraId="39A0858F" w14:textId="77777777" w:rsidR="00050170" w:rsidRDefault="00050170" w:rsidP="00923766"/>
+    <w:p w14:paraId="5E30908B" w14:textId="77777777" w:rsidR="00922E8E" w:rsidRDefault="001153BB" w:rsidP="00923766">
       <w:r w:rsidRPr="001153BB">
         <w:t xml:space="preserve">Ce fonds est constitué </w:t>
       </w:r>
       <w:r w:rsidR="003E425D">
-        <w:t xml:space="preserve">d’émissions numériques de la Télévision communautaire de </w:t>
+        <w:t xml:space="preserve">d’émissions numériques de la Télévision communautaire de Dolbeau-Mistassini, aussi connue sous le nom de Société d’information du Lac-Saint-Jean. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EA6EBB" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="00923766"/>
+    <w:p w14:paraId="7EE38F17" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r>
+        <w:t xml:space="preserve">La donation initiale cédée officiellement le 11 novembre 2025 regroupe les productions de la Télé communautaire de Dolbeau-Mistassini (Société d’information Lac-Saint-Jean) réalisées entre 1979 et 2010. Le fonds témoigne de la vie sociale, politique, religieuse, économique et culturelle de la région de Maria-Chapdelaine. On y retrouve des émissions d’information (vidéos nées numériques) comme Le Babillard, Vos Élites vous parlent, Croire aujourd’hui, Actualité en image et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="003E425D">
-        <w:t>Dolbeau</w:t>
+      <w:r>
+        <w:t>Démokratia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="003E425D">
-[...4 lines deleted...]
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:r>
+        <w:t xml:space="preserve">, ainsi que la captation de conseils municipaux de Dolbeau-Mistassini et de séances de la MRC de Maria-Chapdelaine. Le corpus comprend aussi des émissions sur la forêt, des reportages sur des entreprises et </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>organismes, des capsules sur les élections, des fêtes et festivals, des activités sportives, des événements culturels et des publicités locales. Enfin, on y trouve des capsules historiques de Saint-Thomas-Didyme avec M. Darveau.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF5543F" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="61C8A595" w14:textId="30ADEE7F" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r>
+        <w:t>Des ajouts par versements périodiques sont à venir. À discuter avec l'organisme donateur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08261D49" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766"/>
+    <w:p w14:paraId="393E2581" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Instrument de recherche :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766"/>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="001153BB" w:rsidP="00923766">
+    <w:p w14:paraId="2031913E" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766"/>
+    <w:p w14:paraId="289DC706" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRDefault="001153BB" w:rsidP="00923766">
       <w:r>
         <w:t>Ce fonds n’est pas traité</w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
-    <w:p w:rsidR="00E06067" w:rsidRPr="00923766" w:rsidRDefault="00E06067" w:rsidP="00923766">
+    <w:p w14:paraId="2907F6DD" w14:textId="77777777" w:rsidR="00CD3090" w:rsidRDefault="00CD3090" w:rsidP="00923766"/>
+    <w:p w14:paraId="5C0A9BB5" w14:textId="2C859D73" w:rsidR="00CD3090" w:rsidRDefault="00CD3090" w:rsidP="00923766">
+      <w:r w:rsidRPr="00CD3090">
+        <w:t>Prétraité par : Frédérique Fradet et Marie-Chantale Savard, archivistes, le 13 novembre 201</w:t>
+      </w:r>
+      <w:r>
+        <w:t>9.</w:t>
+      </w:r>
+      <w:r w:rsidR="0007449B">
+        <w:t xml:space="preserve"> Ajouts à la présentation du fonds par Frédérique Fradet, le 12 novembre 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742AF742" w14:textId="3E6FA49B" w:rsidR="00CD3090" w:rsidRDefault="00CD3090" w:rsidP="00923766">
+      <w:r w:rsidRPr="00CD3090">
+        <w:br/>
+        <w:t>Tableau de suivi créé entre le 13 et le 19 novembre 2019</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038363FA" w14:textId="27E0BFCE" w:rsidR="00CD3090" w:rsidRPr="00A674F8" w:rsidRDefault="00CD3090" w:rsidP="00923766">
+      <w:r w:rsidRPr="00CD3090">
+        <w:br/>
+        <w:t>Traitement : Sébastien Villeneuve, débuté le 19 novembre 2019. Repris en novembre 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47E9004E" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
+    <w:p w14:paraId="50BD82FB" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00923766" w:rsidRDefault="00E06067" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Restrictions régissant la consultation, la reproduction et la publication :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
-    <w:p w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00D30256" w:rsidP="00923766">
+    <w:p w14:paraId="1156BE70" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
+    <w:p w14:paraId="1230ABB2" w14:textId="709A6698" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
       <w:r>
-        <w:t>Aucune.</w:t>
-[...4 lines deleted...]
-    <w:p w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
+        <w:t xml:space="preserve">Les restrictions ne s’appliquent pas à la consultation. Elles concernent l’utilisation et la diffusion des images, particulièrement l’audio. Il est possible d’en faire la vente, avec précisions à l’entente (voir plus bas). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC5E8B4" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="703776F8" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r>
+        <w:t>Certaines vidéos de ce fonds présentent des spectacles musicaux pour lesquels la SHGMC détient les droits de captation, mais pas les droits d’auteur ni les droits des interprètes sur les œuvres musicales exécutées.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADC07D9" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="0625DE23" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r>
+        <w:t>Ces documents peuvent être consultés sur place, mais leur diffusion publique (télévision, web, etc.) est restreinte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C79112" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="04154DC3" w14:textId="77777777" w:rsidR="001363E8" w:rsidRPr="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r w:rsidRPr="001363E8">
+        <w:t>En cas de demande d’utilisation à des fins de diffusion, la clause suivante doit être intégrée à l’entente :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4054ECCF" w14:textId="77777777" w:rsidR="001363E8" w:rsidRPr="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="404D0304" w14:textId="150D992B" w:rsidR="00C70C4E" w:rsidRPr="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r w:rsidRPr="001363E8">
+        <w:t>« Nous fournissons la captation originale de ce spectacle. Vous demeurez responsables d’obtenir les autorisations nécessaires pour toute diffusion ou réutilisation des œuvres musicales et des interprètes. »</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01ADD01C" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
+    <w:p w14:paraId="59CE135B" w14:textId="6CAB1203" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001363E8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Emplacement et contenu des boites :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C2595B" w14:textId="77777777" w:rsidR="001363E8" w:rsidRPr="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51C98311" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r>
+        <w:t xml:space="preserve">Serveur </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Voute:K</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="56B0CCDE" w14:textId="3AB60A6D" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:r>
+        <w:t>Accessible par les archivistes uniquement (demander un transfert sur disque dur externe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="519C3B96" w14:textId="2CC0EE6E" w:rsidR="001363E8" w:rsidRPr="00A674F8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="001363E8">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t xml:space="preserve">"K:\Fonds d'archives\P378 Fonds Societe </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="001363E8">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>dinfo</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="001363E8">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> LSJ"</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="65797503" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="7F8AD5A5" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
+    <w:p w14:paraId="0C3307D1" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc26186664"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc26186664"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>Documents</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="00BB1123">
         <w:t>udiovisuels</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="0028732E" w:rsidRPr="00AB6798" w:rsidRDefault="0028732E" w:rsidP="0028732E">
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="1CBF8D8F" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="7BA65600" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00AB6798" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="0028732E">
+    <w:p w14:paraId="373E40E7" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -7821,159 +8052,151 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028732E" w:rsidRDefault="0028732E" w:rsidP="0028732E"/>
-    <w:p w:rsidR="0028732E" w:rsidRPr="00AB6798" w:rsidRDefault="0028732E" w:rsidP="0028732E">
+    <w:p w14:paraId="6A4C9DFB" w14:textId="77777777" w:rsidR="0028732E" w:rsidRDefault="0028732E" w:rsidP="0028732E"/>
+    <w:p w14:paraId="18558BA4" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00AB6798" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Notes</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="0028732E">
+        <w:t xml:space="preserve">Notes : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DAC3CF" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="00923766"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="001E5A46" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
+    <w:p w14:paraId="77969CA2" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="00923766"/>
+    <w:p w14:paraId="6803FB25" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="7BC6A3DD" w14:textId="7E67D16A" w:rsidR="001E5A46" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc26186665"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc26186665"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A1 </w:t>
       </w:r>
-      <w:r w:rsidR="00BB1123">
-[...5 lines deleted...]
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00923766">
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00B618D0">
+        <w:t>DVD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8944EF" w14:textId="77777777" w:rsidR="00B25321" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
+    <w:p w14:paraId="43262AD0" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
+    <w:p w14:paraId="2A454AED" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -7983,113 +8206,112 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
+    <w:p w14:paraId="3F582603" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA48C7" w:rsidRPr="00A674F8" w:rsidTr="00C11F5D">
+      <w:tr w:rsidR="00AA48C7" w:rsidRPr="00A674F8" w14:paraId="0929B5E1" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
+          <w:p w14:paraId="33B7189B" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E57F6F" w:rsidRDefault="00AB6798" w:rsidP="00B321DF">
+          <w:p w14:paraId="1237D225" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRDefault="00AB6798" w:rsidP="00B321DF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Toc26186666"/>
+            <w:bookmarkStart w:id="4" w:name="_Toc26186666"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00E57F6F" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/A1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00EC65A3">
               <w:t>Politique</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00BB1123" w:rsidRDefault="00444F94" w:rsidP="00BB1123">
+            <w:bookmarkEnd w:id="4"/>
+          </w:p>
+          <w:p w14:paraId="02859522" w14:textId="77777777" w:rsidR="00BB1123" w:rsidRDefault="00444F94" w:rsidP="00BB1123">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -8098,73 +8320,65 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>112</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D53FBB" w:rsidRDefault="00D53FBB" w:rsidP="00BB1123"/>
-          <w:p w:rsidR="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="008534FB">
+          <w:p w14:paraId="59B6FBF6" w14:textId="77777777" w:rsidR="00D53FBB" w:rsidRDefault="00D53FBB" w:rsidP="00BB1123"/>
+          <w:p w14:paraId="5BECF891" w14:textId="77777777" w:rsidR="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Toc26186667"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc26186667"/>
             <w:r>
               <w:t>P378/A1/1.1 Conseils de ville</w:t>
             </w:r>
             <w:r w:rsidR="0028155F">
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+              <w:t xml:space="preserve"> Dolbeau-Mistassini</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="5"/>
+          </w:p>
+          <w:p w14:paraId="2D08A83F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -8173,99 +8387,97 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>59</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="402B3CFF" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="55CFE0BF" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="22EDDE9F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="1A824E6F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="00BB1123"/>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="008534FB">
+          <w:p w14:paraId="1407B58B" w14:textId="77777777" w:rsidR="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="00BB1123"/>
+          <w:p w14:paraId="06CC5856" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00BB1123" w:rsidRPr="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="008534FB">
+          <w:p w14:paraId="68658F9D" w14:textId="77777777" w:rsidR="00BB1123" w:rsidRPr="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Toc26186668"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc26186668"/>
             <w:r>
               <w:t>P378/A1/1.2 Conseils de la MRC</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="6"/>
+          </w:p>
+          <w:p w14:paraId="1B4378F7" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -8274,107 +8486,105 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898" w:rsidRPr="00995898">
               <w:t xml:space="preserve">41 </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="06846A09" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="20E487A1" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="7A33F357" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="360B583A" w14:textId="77777777" w:rsidR="00201B4D" w:rsidRDefault="00444F94" w:rsidP="00923766">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00201B4D" w:rsidRDefault="00201B4D" w:rsidP="00923766">
+          <w:p w14:paraId="6C447A37" w14:textId="77777777" w:rsidR="00201B4D" w:rsidRDefault="00201B4D" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00201B4D" w:rsidRDefault="00201B4D" w:rsidP="00923766">
+          <w:p w14:paraId="1A118552" w14:textId="77777777" w:rsidR="00201B4D" w:rsidRDefault="00201B4D" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRPr="00BB1123" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="2D345FA6" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="00BB1123" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="_Toc26186669"/>
+            <w:bookmarkStart w:id="7" w:name="_Toc26186669"/>
             <w:r>
               <w:t>P378/A1/1.3 Autres conseils de ville</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="7"/>
+          </w:p>
+          <w:p w14:paraId="4D463A5F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -8383,113 +8593,111 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>1 vidéo</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="1A3A2AE7" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="448C91F8" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="5FC8BDD2" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="3326FC41" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="00923766">
+          <w:p w14:paraId="79A810B8" w14:textId="77777777" w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="00923766">
+          <w:p w14:paraId="3F964B25" w14:textId="77777777" w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="008534FB">
+          <w:p w14:paraId="03CD9E4A" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Toc26186670"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc26186670"/>
             <w:r>
               <w:t>P378/A1/1.4</w:t>
             </w:r>
             <w:r w:rsidR="00EC65A3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F4D57">
               <w:t>Élections</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="8"/>
+          </w:p>
+          <w:p w14:paraId="023E3A2E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
@@ -8499,95 +8707,93 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="284A9A27" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="5108A0C9" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="530D2EF6" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="3BCF7B71" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="002F4D57"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002F4D57" w:rsidRDefault="002F4D57" w:rsidP="002F4D57">
+          <w:p w14:paraId="21BF835B" w14:textId="77777777" w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="002F4D57"/>
+          <w:p w14:paraId="4B1F03B6" w14:textId="77777777" w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="002F4D57"/>
+          <w:p w14:paraId="7FDE4C28" w14:textId="77777777" w:rsidR="002F4D57" w:rsidRDefault="002F4D57" w:rsidP="002F4D57">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="_Toc26186671"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc26186671"/>
             <w:r>
               <w:t>P378/A1/1.5 Politiciens</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="9"/>
+          </w:p>
+          <w:p w14:paraId="0E1CA214" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -8596,159 +8802,156 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="7B82A35E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="5DC23FA3" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="00103F0A" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="0A4F088D" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00923766">
+          <w:p w14:paraId="1507B942" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
+          <w:p w14:paraId="645AC44D" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidTr="00C11F5D">
+      <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="38396F0C" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
+          <w:p w14:paraId="20333C53" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="00C11F5D">
+          <w:p w14:paraId="689E0FD8" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="_Toc26186672"/>
+            <w:bookmarkStart w:id="10" w:name="_Toc26186672"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/A1/2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00561EAD">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="000F7C76" w:rsidRPr="000F7C76">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Ressources naturelles</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="10"/>
+          </w:p>
+          <w:p w14:paraId="12D2CD8E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -8757,170 +8960,167 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>38</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="3C246C45" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="5C5A68EF" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="137878CF" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="0FBF6AD4" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
+          <w:p w14:paraId="3D720163" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0085624F" w:rsidRDefault="0085624F" w:rsidP="0085624F">
+          <w:p w14:paraId="59ABF98C" w14:textId="77777777" w:rsidR="0085624F" w:rsidRDefault="0085624F" w:rsidP="0085624F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0085624F" w:rsidRPr="0085624F" w:rsidRDefault="0085624F" w:rsidP="0085624F">
+          <w:p w14:paraId="35914DBF" w14:textId="77777777" w:rsidR="0085624F" w:rsidRPr="0085624F" w:rsidRDefault="0085624F" w:rsidP="0085624F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00923766"/>
-          <w:p w:rsidR="000F7C76" w:rsidRDefault="000F7C76" w:rsidP="00923766"/>
+          <w:p w14:paraId="226062B8" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00923766"/>
+          <w:p w14:paraId="66B7E783" w14:textId="77777777" w:rsidR="000F7C76" w:rsidRDefault="000F7C76" w:rsidP="00923766"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidTr="00C11F5D">
+      <w:tr w:rsidR="00561EAD" w:rsidRPr="00A674F8" w14:paraId="237E967A" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
+          <w:p w14:paraId="0E65ECC3" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00561EAD" w:rsidRDefault="00AB6798" w:rsidP="00EC65A3">
+          <w:p w14:paraId="7738C0AA" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRDefault="00AB6798" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="_Toc26186673"/>
+            <w:bookmarkStart w:id="11" w:name="_Toc26186673"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD" w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD" w:rsidRPr="00EC65A3">
               <w:t xml:space="preserve">3 : </w:t>
             </w:r>
             <w:r w:rsidR="00EC65A3" w:rsidRPr="00EC65A3">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Événements</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="11"/>
+          </w:p>
+          <w:p w14:paraId="57443311" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -8929,68 +9129,68 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>48</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="008534FB">
+          <w:p w14:paraId="6E67F002" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
+          <w:p w14:paraId="246F7EF4" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="13" w:name="_Toc26186674"/>
+            <w:bookmarkStart w:id="12" w:name="_Toc26186674"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P378/A1/3.1 Festivals</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="12"/>
+          </w:p>
+          <w:p w14:paraId="646624CA" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -8999,119 +9199,117 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>41</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="3D9E4488" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="7BB7E580" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="58EC665F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="0020228F" w14:textId="77777777" w:rsidR="00C25074" w:rsidRDefault="00444F94" w:rsidP="00EC65A3">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C25074" w:rsidRDefault="00C25074" w:rsidP="00EC65A3">
+          <w:p w14:paraId="6BDA6578" w14:textId="77777777" w:rsidR="00C25074" w:rsidRDefault="00C25074" w:rsidP="00EC65A3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Pour voir d’autres images de festivals, voir l’émission Été Bleu à la cote …</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C25074" w:rsidRDefault="00C25074" w:rsidP="00EC65A3">
+          <w:p w14:paraId="34739C2A" w14:textId="77777777" w:rsidR="00C25074" w:rsidRDefault="00C25074" w:rsidP="00EC65A3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="008534FB">
+          <w:p w14:paraId="523ACAF4" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="14" w:name="_Toc26186675"/>
+            <w:bookmarkStart w:id="13" w:name="_Toc26186675"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P378/A1/3.2 Fêtes diverses</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="13"/>
+          </w:p>
+          <w:p w14:paraId="3488C85C" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -9120,150 +9318,147 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="7E7B4377" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="59D82876" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="54951700" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="76A0368F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
+          <w:p w14:paraId="7B5A0ACD" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
-          <w:p w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
+          <w:p w14:paraId="485D483E" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
+          <w:p w14:paraId="3DA95069" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidTr="00EC65A3">
+      <w:tr w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w14:paraId="28D746D5" w14:textId="77777777" w:rsidTr="00EC65A3">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="00934CC0">
+          <w:p w14:paraId="4A5F80FD" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="00934CC0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00934CC0">
+          <w:p w14:paraId="4CE44C5E" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="15" w:name="_Toc26186676"/>
+            <w:bookmarkStart w:id="14" w:name="_Toc26186676"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC65A3">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Sports</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="14"/>
+          </w:p>
+          <w:p w14:paraId="6D527F8C" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -9272,157 +9467,154 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="10F4100E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="7E1895AA" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="10329DE3" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="00DFBC26" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
+          <w:p w14:paraId="2241B780" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
+          <w:p w14:paraId="4E297E18" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F03B4" w:rsidRPr="00A674F8" w:rsidTr="00EC65A3">
+      <w:tr w:rsidR="006F03B4" w:rsidRPr="00A674F8" w14:paraId="11C12946" w14:textId="77777777" w:rsidTr="00EC65A3">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="006F03B4" w:rsidRPr="00A674F8" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="65C52EF2" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRPr="00A674F8" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006F03B4" w:rsidRPr="0028155F" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="58A6E463" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRPr="0028155F" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="16" w:name="_Toc26186677"/>
+            <w:bookmarkStart w:id="15" w:name="_Toc26186677"/>
             <w:r w:rsidRPr="0028155F">
               <w:t>P378/A1/</w:t>
             </w:r>
             <w:r w:rsidR="0028155F" w:rsidRPr="0028155F">
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0028155F">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="0028155F" w:rsidRPr="0028155F">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Organismes</w:t>
             </w:r>
             <w:r w:rsidR="00DA7B0A">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> et entreprises</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="15"/>
+          </w:p>
+          <w:p w14:paraId="15948814" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -9431,157 +9623,154 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>53</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="7E352022" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="571EB362" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="4FD49A55" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="2A317FA7" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="47FAFC2A" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="02A8B094" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRPr="00EC65A3" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="1C8ABEA9" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRPr="00EC65A3" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0028155F" w:rsidRPr="00A674F8" w:rsidTr="00934CC0">
+      <w:tr w:rsidR="0028155F" w:rsidRPr="00A674F8" w14:paraId="121272FF" w14:textId="77777777" w:rsidTr="00934CC0">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="0028155F" w:rsidRPr="00A674F8" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
+          <w:p w14:paraId="3A591EAC" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="00A674F8" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0028155F" w:rsidRPr="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
+          <w:p w14:paraId="07FA87D3" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="17" w:name="_Toc26186678"/>
+            <w:bookmarkStart w:id="16" w:name="_Toc26186678"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="006E65A9">
               <w:t xml:space="preserve">/A1/6 : </w:t>
             </w:r>
             <w:r w:rsidR="006E65A9" w:rsidRPr="006E65A9">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Culture</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
+          <w:p w14:paraId="31396D3D" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="032090DC" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -9590,153 +9779,150 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>42</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="1361F748" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="305830D8" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="425694FA" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="0E9E11BE" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
+          <w:p w14:paraId="611B4E1C" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRPr="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="00444F94">
+          <w:p w14:paraId="6F9068D4" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="00444F94">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E65A9" w:rsidRPr="00A674F8" w:rsidTr="006E65A9">
+      <w:tr w:rsidR="006E65A9" w:rsidRPr="00A674F8" w14:paraId="31BEF6BB" w14:textId="77777777" w:rsidTr="006E65A9">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="006E65A9" w:rsidRPr="00A674F8" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
+          <w:p w14:paraId="68D25C5A" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRPr="00A674F8" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006E65A9" w:rsidRPr="00EC65A3" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
+          <w:p w14:paraId="692DDFFB" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRPr="00EC65A3" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_Toc26186679"/>
+            <w:bookmarkStart w:id="17" w:name="_Toc26186679"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC65A3">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC65A3">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Banques d’images</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkEnd w:id="17"/>
+          </w:p>
+          <w:p w14:paraId="1FF6809E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -9745,162 +9931,159 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>76</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="4EB0FE78" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="771F2FF6" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="027FDF91" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="7EB06010" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
+          <w:p w14:paraId="4F625454" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
+          <w:p w14:paraId="0A49F781" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E65A9" w:rsidRPr="00EC65A3" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
+          <w:p w14:paraId="52A8D34C" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRPr="00EC65A3" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidTr="00EC65A3">
+      <w:tr w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w14:paraId="69FFF4BF" w14:textId="77777777" w:rsidTr="00EC65A3">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="00934CC0">
+          <w:p w14:paraId="060C41E6" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="00934CC0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EC65A3" w:rsidRPr="006F03B4" w:rsidRDefault="00EC65A3" w:rsidP="00934CC0">
+          <w:p w14:paraId="1F48BF7E" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="006F03B4" w:rsidRDefault="00EC65A3" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_Toc26186680"/>
+            <w:bookmarkStart w:id="18" w:name="_Toc26186680"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC65A3">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F03B4">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="006F03B4" w:rsidRPr="006F03B4">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Émissions</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+          <w:p w14:paraId="44E6FB52" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -9909,78 +10092,78 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>426</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
+          <w:p w14:paraId="6C445B9E" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00DD6545" w:rsidRDefault="00DD6545" w:rsidP="00DD6545">
+          <w:p w14:paraId="157BACA5" w14:textId="77777777" w:rsidR="00DD6545" w:rsidRDefault="00DD6545" w:rsidP="00DD6545">
             <w:r>
               <w:t>Lorsque plus d’une émission sur un même disque, classé dans la première.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD6545" w:rsidRPr="00DD6545" w:rsidRDefault="00DD6545" w:rsidP="00DD6545"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="449AED50" w14:textId="77777777" w:rsidR="00DD6545" w:rsidRPr="00DD6545" w:rsidRDefault="00DD6545" w:rsidP="00DD6545"/>
+          <w:p w14:paraId="068EF8D2" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="20" w:name="_Toc26186681"/>
+            <w:bookmarkStart w:id="19" w:name="_Toc26186681"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.1 Le Babillard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="19"/>
+          </w:p>
+          <w:p w14:paraId="35EC5333" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -9989,2012 +10172,1972 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5">
+          <w:p w14:paraId="4640AD3C" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="3A42AB3E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="2AB03833" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="4568CBBA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0028155F" w:rsidRDefault="00B11621" w:rsidP="0028155F">
+          <w:p w14:paraId="605C782F" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9"/>
+          <w:p w14:paraId="567B8634" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRPr="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9"/>
+          <w:p w14:paraId="5BD85EA4" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="00B11621" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="_Toc26186682"/>
+            <w:bookmarkStart w:id="20" w:name="_Toc26186682"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2 Vo</w:t>
             </w:r>
             <w:r w:rsidR="0028155F">
               <w:t>s Élites vous parlent</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="20"/>
+          </w:p>
+          <w:p w14:paraId="16B3AD0C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00995898" w:rsidRDefault="00995898" w:rsidP="003774A5"/>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="06025551" w14:textId="77777777" w:rsidR="00995898" w:rsidRDefault="00995898" w:rsidP="003774A5"/>
+          <w:p w14:paraId="228FC17F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="7FFEDA08" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="6EFF6E3F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="58356524" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="1375F278" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
+          <w:p w14:paraId="2EE397A6" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="_Toc26186683"/>
+            <w:bookmarkStart w:id="21" w:name="_Toc26186683"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.3 Croire aujourd’hui</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+          <w:p w14:paraId="6C3D7BAA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5">
+          <w:p w14:paraId="0DBE2A16" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="53615540" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="5810481F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="03ABBF3B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="6ED3F879" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="54F02315" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="1B7EB07A" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="23" w:name="_Toc26186684"/>
+            <w:bookmarkStart w:id="22" w:name="_Toc26186684"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.4 Actualité en images</w:t>
             </w:r>
             <w:r w:rsidR="009A5734">
               <w:t xml:space="preserve"> / Actualités</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009C3526" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="22"/>
+          </w:p>
+          <w:p w14:paraId="6644F59C" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5"/>
-          <w:p w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
+          <w:p w14:paraId="7E8F51D6" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5"/>
+          <w:p w14:paraId="5B437BB9" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
+          <w:p w14:paraId="46EE4126" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r>
               <w:t>Émission présentant différents événements, conférences de presse, séances d’informations, de différents sujets.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="3D461995" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734"/>
+          <w:p w14:paraId="45504D9C" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A5734" w:rsidRDefault="009C3526" w:rsidP="009A5734">
+          <w:p w14:paraId="34BE2367" w14:textId="77777777" w:rsidR="009A5734" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r>
               <w:t xml:space="preserve">Le titre change avec les années, passe de « Actualités en image » à seulement « Actualités ». </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
+          <w:p w14:paraId="7D60F610" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r>
               <w:t>Certaines des émissions se trouvent dans les dossiers …. Lorsque cela traitait uniquement de ce sujet, sans animation ou narration.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009A5734" w:rsidRPr="009A5734" w:rsidRDefault="009A5734" w:rsidP="009A5734"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="0BCCC73E" w14:textId="77777777" w:rsidR="009A5734" w:rsidRPr="009A5734" w:rsidRDefault="009A5734" w:rsidP="009A5734"/>
+          <w:p w14:paraId="4A0439B7" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="24" w:name="_Toc26186685"/>
+            <w:bookmarkStart w:id="23" w:name="_Toc26186685"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.5 Été bleu</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="23"/>
+          </w:p>
+          <w:p w14:paraId="1F26F10F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>43</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5"/>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="33FA7C2E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5"/>
+          <w:p w14:paraId="2B7ABF3D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="1F07486D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="75723916" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="3A0509BD" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="6E535E2A" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRPr="00267940" w:rsidRDefault="003774A5" w:rsidP="00267940"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="0F506E8B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRPr="00267940" w:rsidRDefault="003774A5" w:rsidP="00267940"/>
+          <w:p w14:paraId="1BAD7296" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="25" w:name="_Toc26186686"/>
+            <w:bookmarkStart w:id="24" w:name="_Toc26186686"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.6 Magie.net</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="24"/>
+          </w:p>
+          <w:p w14:paraId="68119EC9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="07056B00" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="75E69AA4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="2AC775E6" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="4102B6D2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="202C6DF5" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="63831769" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="_Toc26186687"/>
+            <w:bookmarkStart w:id="25" w:name="_Toc26186687"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.7 </w:t>
             </w:r>
             <w:r w:rsidR="00501E56">
               <w:t>L’</w:t>
             </w:r>
             <w:r>
               <w:t>Évènement</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="25"/>
+          </w:p>
+          <w:p w14:paraId="3725F4F5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>22</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="46331E5D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="3220BAF1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="2CB06B45" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="071006FE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="0CE8F859" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="608C190A" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="27" w:name="_Toc26186688"/>
+            <w:bookmarkStart w:id="26" w:name="_Toc26186688"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.8 Émission spéciale</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="26"/>
+          </w:p>
+          <w:p w14:paraId="79A98300" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>41</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="77138631" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="430FF4EB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="5633C398" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:r w:rsidRPr="009C3526">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AE39176" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="27501D48" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+            <w:pPr>
+              <w:pStyle w:val="Niveau3"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47801C96" w14:textId="77777777" w:rsidR="00501E56" w:rsidRDefault="00501E56" w:rsidP="00501E56">
+            <w:r>
+              <w:t xml:space="preserve">Pour certaines émissions </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="009C3526">
-[...3 lines deleted...]
-              <w:t>Notes</w:t>
+            <w:r>
+              <w:t>de Émission</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
-              <w:t xml:space="preserve"> : </w:t>
-[...3 lines deleted...]
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+              <w:t xml:space="preserve"> spéciale et Actualité en images, lorsque ça traitait d’un sujet ou événement précis, plutôt placé dans cette catégorie.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18D580A2" w14:textId="77777777" w:rsidR="00501E56" w:rsidRPr="00501E56" w:rsidRDefault="00501E56" w:rsidP="00501E56"/>
+          <w:p w14:paraId="51B48E08" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-          </w:p>
-[...18 lines deleted...]
-            <w:bookmarkStart w:id="28" w:name="_Toc26186689"/>
+            <w:bookmarkStart w:id="27" w:name="_Toc26186689"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.9 </w:t>
             </w:r>
             <w:r w:rsidR="00FA19DC">
               <w:t>Tout sur tout</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="27"/>
+          </w:p>
+          <w:p w14:paraId="16B9B82D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>23</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6DDB6612" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="14E7A492" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="15A13B66" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="65708108" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="28130CF7" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="7DE51946" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="29" w:name="_Toc26186690"/>
+            <w:bookmarkStart w:id="28" w:name="_Toc26186690"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.10 Autrefois</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="28"/>
+          </w:p>
+          <w:p w14:paraId="59077F73" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>1 vidéo</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="0FB143B6" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="1E7F43EF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="135DDEC0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="133724B3" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="45879C4D" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="7E84156E" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="30" w:name="_Toc26186691"/>
+            <w:bookmarkStart w:id="29" w:name="_Toc26186691"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.11 Sport action</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="29"/>
+          </w:p>
+          <w:p w14:paraId="2C370689" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>61</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="56028D0F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="3AEA69BE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="4DE76A13" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="41DD42C1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="6056B682" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="79A4959B" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="31" w:name="_Toc26186692"/>
+            <w:bookmarkStart w:id="30" w:name="_Toc26186692"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.12 </w:t>
             </w:r>
             <w:r w:rsidR="00FA19DC">
               <w:t>Folklore</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="30"/>
+          </w:p>
+          <w:p w14:paraId="3A0C493B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="046221E5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="43BB1047" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="7A6C5592" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E62F10" w:rsidRDefault="00E62F10" w:rsidP="003774A5">
+          <w:p w14:paraId="291BC3D1" w14:textId="77777777" w:rsidR="00E62F10" w:rsidRDefault="00E62F10" w:rsidP="003774A5">
             <w:r>
               <w:t>Parfois intitulé « Journée Folklorique ».</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="00E62F10" w:rsidP="003774A5">
+          <w:p w14:paraId="2933F37B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="00E62F10" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">D’autres évènements de folklore se trouvent dans les </w:t>
             </w:r>
             <w:r w:rsidRPr="00E62F10">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>dossiers … aux cotes …</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="49108542" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="19D50B12" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="32" w:name="_Toc26186693"/>
+            <w:bookmarkStart w:id="31" w:name="_Toc26186693"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.13 Bien branché</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="31"/>
+          </w:p>
+          <w:p w14:paraId="1D168011" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="033BCD71" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="2845238C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="7F716DE0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="3D912E2D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="05A53B4F" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="2EE0F9B3" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="33" w:name="_Toc26186694"/>
+            <w:bookmarkStart w:id="32" w:name="_Toc26186694"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.14 En route vers…</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="32"/>
+          </w:p>
+          <w:p w14:paraId="07D8241E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="09EE4F72" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="166A72E7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="0CC6BB06" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="3F018403" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="38322EB9" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="00D64943" w:rsidP="0028155F">
+          <w:p w14:paraId="78373B8E" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="00D64943" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="34" w:name="_Toc26186695"/>
+            <w:bookmarkStart w:id="33" w:name="_Toc26186695"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.15 Télé-</w:t>
             </w:r>
             <w:r w:rsidR="0028155F">
               <w:t>faune</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="33"/>
+          </w:p>
+          <w:p w14:paraId="79F4BA4F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="3C9C4F20" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="53946427" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="7ED30AB9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="014F6441" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="5DC5CDA1" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00FA19DC" w:rsidRDefault="0028155F" w:rsidP="00FA19DC">
+          <w:p w14:paraId="086E864A" w14:textId="77777777" w:rsidR="00FA19DC" w:rsidRDefault="0028155F" w:rsidP="00FA19DC">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="35" w:name="_Toc26186696"/>
+            <w:bookmarkStart w:id="34" w:name="_Toc26186696"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.16 </w:t>
             </w:r>
             <w:r w:rsidR="00FA19DC">
               <w:t>Jardins</w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t xml:space="preserve"> d’ici</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="34"/>
+          </w:p>
+          <w:p w14:paraId="132279EF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>1 vidéo</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="2CAC9061" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="732BA8CF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="6CF809A7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D18CE" w:rsidRDefault="006D18CE" w:rsidP="00FA19DC"/>
-          <w:p w:rsidR="006D18CE" w:rsidRDefault="006D18CE" w:rsidP="0028155F">
+          <w:p w14:paraId="029740A3" w14:textId="77777777" w:rsidR="006D18CE" w:rsidRDefault="006D18CE" w:rsidP="00FA19DC"/>
+          <w:p w14:paraId="7F974F27" w14:textId="77777777" w:rsidR="006D18CE" w:rsidRDefault="006D18CE" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
+          <w:p w14:paraId="6AC4963C" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="36" w:name="_Toc26186697"/>
+            <w:bookmarkStart w:id="35" w:name="_Toc26186697"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.17 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Vert les jardins</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="35"/>
+          </w:p>
+          <w:p w14:paraId="12C47183" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="15436FDB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="5726E00D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="096E351B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0028155F" w:rsidRDefault="00DA7B0A" w:rsidP="005B1FC2">
+          <w:p w14:paraId="63F8133D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3F070179" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
+          <w:p w14:paraId="0AD05188" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="00DA7B0A" w:rsidP="005B1FC2">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="37" w:name="_Toc26186698"/>
+            <w:bookmarkStart w:id="36" w:name="_Toc26186698"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.18 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Flambant 9</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="36"/>
+          </w:p>
+          <w:p w14:paraId="74D48853" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="187EC1A7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="51D7F3EA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="64B54673" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005B1FC2" w:rsidRDefault="005B1FC2" w:rsidP="005B1FC2">
+          <w:p w14:paraId="195C9FF1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="1170A530" w14:textId="77777777" w:rsidR="005B1FC2" w:rsidRDefault="005B1FC2" w:rsidP="005B1FC2"/>
+          <w:p w14:paraId="297DE49A" w14:textId="77777777" w:rsidR="005B1FC2" w:rsidRDefault="005B1FC2" w:rsidP="005B1FC2">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="38" w:name="_Toc26186699"/>
+            <w:bookmarkStart w:id="37" w:name="_Toc26186699"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.19 Racisme au Lac</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="37"/>
+          </w:p>
+          <w:p w14:paraId="5DB7AA55" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>1 vidéo</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6A0E562B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="430CA0EA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="5685FD0F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00383197" w:rsidRDefault="00383197" w:rsidP="00383197">
+          <w:p w14:paraId="6D4A104C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="4D602A5F" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
+          <w:p w14:paraId="7D46549A" w14:textId="77777777" w:rsidR="00383197" w:rsidRDefault="00383197" w:rsidP="00383197">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="39" w:name="_Toc26186700"/>
+            <w:bookmarkStart w:id="38" w:name="_Toc26186700"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.20 Employeurs, travailleurs, les accidents de travail, c’est quoi?</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="38"/>
+          </w:p>
+          <w:p w14:paraId="0E288CD6" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="44AFAF01" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="22D99B39" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="112495BA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00F04CFA" w:rsidRDefault="00383197" w:rsidP="00F04CFA">
+          <w:p w14:paraId="4390C701" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="242F4150" w14:textId="77777777" w:rsidR="00383197" w:rsidRDefault="00383197" w:rsidP="0028155F"/>
+          <w:p w14:paraId="43E96CA2" w14:textId="77777777" w:rsidR="00F04CFA" w:rsidRDefault="00383197" w:rsidP="00F04CFA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="40" w:name="_Toc26186701"/>
+            <w:bookmarkStart w:id="39" w:name="_Toc26186701"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.21</w:t>
             </w:r>
             <w:r w:rsidR="00F04CFA">
               <w:t xml:space="preserve"> Route des Bleuets</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="39"/>
+          </w:p>
+          <w:p w14:paraId="6CF96322" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12003,101 +12146,99 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="365CF8DA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="27C39372" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="14FC447F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0062783F" w:rsidRDefault="0062783F" w:rsidP="0062783F">
+          <w:p w14:paraId="2CDC8BF0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="23F13AD3" w14:textId="77777777" w:rsidR="00F04CFA" w:rsidRPr="00F04CFA" w:rsidRDefault="00F04CFA" w:rsidP="00F04CFA"/>
+          <w:p w14:paraId="786A72D0" w14:textId="77777777" w:rsidR="0062783F" w:rsidRDefault="0062783F" w:rsidP="0062783F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="41" w:name="_Toc26186702"/>
+            <w:bookmarkStart w:id="40" w:name="_Toc26186702"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="00383197">
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> L’opinion de M. Brassard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="40"/>
+          </w:p>
+          <w:p w14:paraId="26C37E50" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12106,100 +12247,98 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="34D19A81" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="68211FBA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="59CB0CBE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D64943" w:rsidRDefault="00D64943" w:rsidP="00D64943">
+          <w:p w14:paraId="5DB4BD9F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="79DB6C7A" w14:textId="77777777" w:rsidR="00F04CFA" w:rsidRDefault="00F04CFA" w:rsidP="0028155F"/>
+          <w:p w14:paraId="71DD7DDA" w14:textId="77777777" w:rsidR="00D64943" w:rsidRDefault="00D64943" w:rsidP="00D64943">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="42" w:name="_Toc26186703"/>
+            <w:bookmarkStart w:id="41" w:name="_Toc26186703"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="00383197">
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Contes et légendes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="41"/>
+          </w:p>
+          <w:p w14:paraId="59320603" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12208,94 +12347,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6F1D77A1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="588353D2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="413394B4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00243393" w:rsidRDefault="00243393" w:rsidP="00243393">
+          <w:p w14:paraId="72DC8911" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="11833C8D" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
+          <w:p w14:paraId="72B6ABEF" w14:textId="77777777" w:rsidR="00243393" w:rsidRDefault="00243393" w:rsidP="00243393">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="43" w:name="_Toc26186704"/>
+            <w:bookmarkStart w:id="42" w:name="_Toc26186704"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.24 Alimentaire mon cher Watson</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="42"/>
+          </w:p>
+          <w:p w14:paraId="64EEF14C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12304,100 +12441,98 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="3DABEC04" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="078A3584" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="5C33B72F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F1AD8" w:rsidRPr="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="006F1AD8">
+          <w:p w14:paraId="470762AF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="0161C0E6" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
+          <w:p w14:paraId="1E31EB8F" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRPr="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="006F1AD8">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="44" w:name="_Toc26186705"/>
+            <w:bookmarkStart w:id="43" w:name="_Toc26186705"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="006D0EFF">
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Trésors cachés du Lac-Saint-Jean</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="43"/>
+          </w:p>
+          <w:p w14:paraId="7C2682AC" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12406,100 +12541,98 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6C6FEEE4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="1D2C805D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="4F453A0A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00184D1F" w:rsidRPr="006F1AD8" w:rsidRDefault="00184D1F" w:rsidP="00184D1F">
+          <w:p w14:paraId="2DD06BB3" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="2FC0723E" w14:textId="77777777" w:rsidR="00243393" w:rsidRDefault="00243393" w:rsidP="0028155F"/>
+          <w:p w14:paraId="04EB818E" w14:textId="77777777" w:rsidR="00184D1F" w:rsidRPr="006F1AD8" w:rsidRDefault="00184D1F" w:rsidP="00184D1F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="45" w:name="_Toc26186706"/>
+            <w:bookmarkStart w:id="44" w:name="_Toc26186706"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="006D0EFF">
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> L’ABC de la beauté</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="44"/>
+          </w:p>
+          <w:p w14:paraId="59D5CD92" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12508,105 +12641,103 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="7A3C4196" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="74AD18BE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="2F9B179A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007761FD" w:rsidRPr="007761FD" w:rsidRDefault="008F68D9" w:rsidP="00FA19DC">
+          <w:p w14:paraId="6BE53C0B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="543D6EAD" w14:textId="77777777" w:rsidR="00D367E6" w:rsidRDefault="00D367E6" w:rsidP="0028155F"/>
+          <w:p w14:paraId="53CBC647" w14:textId="77777777" w:rsidR="007761FD" w:rsidRPr="007761FD" w:rsidRDefault="008F68D9" w:rsidP="00FA19DC">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="46" w:name="_Toc26186707"/>
+            <w:bookmarkStart w:id="45" w:name="_Toc26186707"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="006D0EFF">
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007761FD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC62FE">
               <w:t>Mod’emploi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="45"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="4B826D0E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
@@ -12616,94 +12747,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="659E9510" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="0FC984FF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="40FFD99E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00184D1F" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
+          <w:p w14:paraId="324C57F8" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="35D78934" w14:textId="77777777" w:rsidR="008F68D9" w:rsidRDefault="008F68D9" w:rsidP="0028155F"/>
+          <w:p w14:paraId="28B76E01" w14:textId="77777777" w:rsidR="00184D1F" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="47" w:name="_Toc26186708"/>
+            <w:bookmarkStart w:id="46" w:name="_Toc26186708"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.28 Mission : organismes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="46"/>
+          </w:p>
+          <w:p w14:paraId="2003D53C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12712,99 +12841,97 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="4E183377" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="117B3FD0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="404BD166" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
+          <w:p w14:paraId="37AD10CB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="056A1451" w14:textId="77777777" w:rsidR="00184D1F" w:rsidRDefault="00184D1F" w:rsidP="0028155F"/>
+          <w:p w14:paraId="519A0F5D" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="48" w:name="_Toc26186709"/>
+            <w:bookmarkStart w:id="47" w:name="_Toc26186709"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.29 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Éco-logique</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="47"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="1E4C3582" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12813,94 +12940,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6CAD8415" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="57B0FAE2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3B95A79D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
+          <w:p w14:paraId="774C0102" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="39CF94CD" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
+          <w:p w14:paraId="6B8C45AD" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="49" w:name="_Toc26186710"/>
+            <w:bookmarkStart w:id="48" w:name="_Toc26186710"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.30 Un demi-siècle de culture</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="48"/>
+          </w:p>
+          <w:p w14:paraId="7F59E971" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -12909,94 +13034,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="375D8DF6" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="1B1BDE3A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="172911F7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
+          <w:p w14:paraId="1DA301BB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="118623F9" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
+          <w:p w14:paraId="621ED468" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="50" w:name="_Toc26186711"/>
+            <w:bookmarkStart w:id="49" w:name="_Toc26186711"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.31 Générations.com</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="49"/>
+          </w:p>
+          <w:p w14:paraId="53C78886" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13005,103 +13128,101 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="28CD685A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="6B291F35" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="239F1E48" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
+          <w:p w14:paraId="2A596488" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="42728DF9" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
+          <w:p w14:paraId="3FBD57C2" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="51" w:name="_Toc26186712"/>
+            <w:bookmarkStart w:id="50" w:name="_Toc26186712"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E709FB">
               <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Point de vue</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="50"/>
+          </w:p>
+          <w:p w14:paraId="5DDC8032" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13110,94 +13231,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6F2EEC62" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="762F4CDB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="0FA46513" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="00D0244C">
+          <w:p w14:paraId="30C63297" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3E8F9689" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
+          <w:p w14:paraId="258ECAC8" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="00D0244C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="52" w:name="_Toc26186713"/>
+            <w:bookmarkStart w:id="51" w:name="_Toc26186713"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.33 Fréquence culturelle</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="51"/>
+          </w:p>
+          <w:p w14:paraId="7206194B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13206,94 +13325,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6F054CC0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="395E615B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="74C9A06B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="00D0244C">
+          <w:p w14:paraId="761C2A32" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="318BADC9" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
+          <w:p w14:paraId="5696C7F8" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="00D0244C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="53" w:name="_Toc26186714"/>
+            <w:bookmarkStart w:id="52" w:name="_Toc26186714"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.34 Y faut qu’on en parle</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="52"/>
+          </w:p>
+          <w:p w14:paraId="718247A9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13302,94 +13419,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="2E04250B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="700DDA34" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="5E78FA78" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00D367E6" w:rsidRDefault="00D0244C" w:rsidP="002D5273">
+          <w:p w14:paraId="622DB7EA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="0EF5828C" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
+          <w:p w14:paraId="7B9DF5F8" w14:textId="77777777" w:rsidR="00D367E6" w:rsidRDefault="00D0244C" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="54" w:name="_Toc26186715"/>
+            <w:bookmarkStart w:id="53" w:name="_Toc26186715"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.35 Parfum de vanille</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="53"/>
+          </w:p>
+          <w:p w14:paraId="75F22560" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13398,94 +13513,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C" w:rsidRPr="00592F0C">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6590BE7F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="7CE8FA41" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="10D593F1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
+          <w:p w14:paraId="6C992FA2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="4BC544B3" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273"/>
+          <w:p w14:paraId="69E961C3" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="55" w:name="_Toc26186716"/>
+            <w:bookmarkStart w:id="54" w:name="_Toc26186716"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.36 Chercheurs de Dieu</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="54"/>
+          </w:p>
+          <w:p w14:paraId="395874C5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13494,94 +13607,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="118477DF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="21F7525F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="281FCE5F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
+          <w:p w14:paraId="673CCD67" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="22A0DFC8" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="0028155F"/>
+          <w:p w14:paraId="10B5BCB2" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="56" w:name="_Toc26186717"/>
+            <w:bookmarkStart w:id="55" w:name="_Toc26186717"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.37 Marc-André et ses gadgets</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="55"/>
+          </w:p>
+          <w:p w14:paraId="2714C59E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13590,94 +13701,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="62EE06C7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="6086EBF7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="33173D3F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
+          <w:p w14:paraId="1D955D8D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="06329E87" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="0028155F"/>
+          <w:p w14:paraId="5EF84C46" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="57" w:name="_Toc26186718"/>
+            <w:bookmarkStart w:id="56" w:name="_Toc26186718"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.38 Mise à jour</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="57"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="56"/>
+          </w:p>
+          <w:p w14:paraId="76931236" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13686,95 +13795,93 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="032E9A55" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="2DE353F8" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="05192791" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
+          <w:p w14:paraId="310FA152" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3FAC90BE" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
+          <w:p w14:paraId="5A39AD93" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="58" w:name="_Toc26186719"/>
+            <w:bookmarkStart w:id="57" w:name="_Toc26186719"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.39 Regard sur nos artistes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="57"/>
+          </w:p>
+          <w:p w14:paraId="71C4D776" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13783,94 +13890,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="278ABBC3" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="1051DEEA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="2FE17DE4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C25074" w:rsidRDefault="00C25074" w:rsidP="00C25074">
+          <w:p w14:paraId="78A76738" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="492FD5EA" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
+          <w:p w14:paraId="4B2E548A" w14:textId="77777777" w:rsidR="00C25074" w:rsidRDefault="00C25074" w:rsidP="00C25074">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="59" w:name="_Toc26186720"/>
+            <w:bookmarkStart w:id="58" w:name="_Toc26186720"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.40 Le député vous informe</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="59"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="58"/>
+          </w:p>
+          <w:p w14:paraId="4B6E0680" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13879,94 +13984,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="56FC4A92" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="27C5965C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="622620A9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C369EA" w:rsidRDefault="00C369EA" w:rsidP="00C369EA">
+          <w:p w14:paraId="6BBFDA0B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3A1CD25B" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
+          <w:p w14:paraId="7EBEB85C" w14:textId="77777777" w:rsidR="00C369EA" w:rsidRDefault="00C369EA" w:rsidP="00C369EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="60" w:name="_Toc26186721"/>
+            <w:bookmarkStart w:id="59" w:name="_Toc26186721"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.41 Aux portes de la prévention</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="59"/>
+          </w:p>
+          <w:p w14:paraId="75B39050" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -13975,102 +14078,100 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="04B446AD" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="130806D5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="35FAE4C2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00846F6B" w:rsidRDefault="00846F6B" w:rsidP="00846F6B">
+          <w:p w14:paraId="7526B5F9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="692006F1" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
+          <w:p w14:paraId="0CB74490" w14:textId="77777777" w:rsidR="00846F6B" w:rsidRDefault="00846F6B" w:rsidP="00846F6B">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="61" w:name="_Toc26186722"/>
+            <w:bookmarkStart w:id="60" w:name="_Toc26186722"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.4</w:t>
             </w:r>
             <w:r w:rsidR="009A5734">
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC62FE">
               <w:t>Conferentsia</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="61"/>
+            <w:bookmarkEnd w:id="60"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="6DCE0933" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14079,100 +14180,98 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="1443CEE9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="08656AFC" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="35C5EAB6" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="009A5734" w:rsidRDefault="009A5734" w:rsidP="009A5734">
+          <w:p w14:paraId="04CA258F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="5A0F7F78" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
+          <w:p w14:paraId="1F99F1FE" w14:textId="77777777" w:rsidR="009A5734" w:rsidRDefault="009A5734" w:rsidP="009A5734">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="62" w:name="_Toc26186723"/>
+            <w:bookmarkStart w:id="61" w:name="_Toc26186723"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.4</w:t>
             </w:r>
             <w:r w:rsidR="007761FD">
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Flash voyage</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="62"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="61"/>
+          </w:p>
+          <w:p w14:paraId="6FE5571E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14181,97 +14280,95 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="4C4BFC6E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="1A1FDC68" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="53575075" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
+          <w:p w14:paraId="57B667B4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="0BB53E02" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
+          <w:p w14:paraId="43188F7E" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="63" w:name="_Toc26186724"/>
+            <w:bookmarkStart w:id="62" w:name="_Toc26186724"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.44 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Improvisation</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="63"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="62"/>
+          </w:p>
+          <w:p w14:paraId="2045BA87" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14280,95 +14377,93 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="2E119A25" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="745353C2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3BC11CE8" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
+          <w:p w14:paraId="7A7ECB9E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="6D565658" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD"/>
+          <w:p w14:paraId="243B682E" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="64" w:name="_Toc26186725"/>
+            <w:bookmarkStart w:id="63" w:name="_Toc26186725"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.45 Dossiers en bref</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="64"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="63"/>
+          </w:p>
+          <w:p w14:paraId="16186A15" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14377,105 +14472,103 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="41AA520A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="3E1A1C21" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="0AB5F74E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
+          <w:p w14:paraId="01DD3299" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="1DEAC118" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
+          <w:p w14:paraId="51FE8153" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="65" w:name="_Toc26186726"/>
+            <w:bookmarkStart w:id="64" w:name="_Toc26186726"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E60A42">
               <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jeun’opinion</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="65"/>
+            <w:bookmarkEnd w:id="64"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="2BB42233" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14484,94 +14577,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="3890B839" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="22F8374E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="276E6196" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00E60A42" w:rsidRDefault="00E60A42" w:rsidP="00E60A42">
+          <w:p w14:paraId="50A27E73" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="04D9DC25" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
+          <w:p w14:paraId="34DF2D2A" w14:textId="77777777" w:rsidR="00E60A42" w:rsidRDefault="00E60A42" w:rsidP="00E60A42">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="66" w:name="_Toc26186727"/>
+            <w:bookmarkStart w:id="65" w:name="_Toc26186727"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.47 La route des fourrures</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="65"/>
+          </w:p>
+          <w:p w14:paraId="70D48729" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14580,100 +14671,98 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="2452271C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="7EB31058" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3687027F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
+          <w:p w14:paraId="747785CB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="2854BDC6" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="0028155F"/>
+          <w:p w14:paraId="560126AD" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="67" w:name="_Toc26186728"/>
+            <w:bookmarkStart w:id="66" w:name="_Toc26186728"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.48 </w:t>
             </w:r>
             <w:r w:rsidR="0009764E">
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t>7 Minutes d’infos</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="67"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="66"/>
+          </w:p>
+          <w:p w14:paraId="05359B36" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14682,111 +14771,109 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="74900A5B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="54EA378C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3861E4AE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="000A4D93" w:rsidRDefault="002D5302" w:rsidP="000A4D93">
+          <w:p w14:paraId="1E8EB37E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="638898CD" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="002D5302" w:rsidP="000A4D93">
             <w:r>
               <w:t xml:space="preserve">Change de titre, les premières sont </w:t>
             </w:r>
             <w:r w:rsidR="0009764E">
               <w:t>« 27 minutes d’infos »</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="000A4D93"/>
-          <w:p w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
+          <w:p w14:paraId="0A5ADAE0" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="000A4D93"/>
+          <w:p w14:paraId="5A8B7427" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="68" w:name="_Toc26186729"/>
+            <w:bookmarkStart w:id="67" w:name="_Toc26186729"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.49 Restez éveillé</w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t>, prévenez les incendies</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="68"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="67"/>
+          </w:p>
+          <w:p w14:paraId="32F3DF86" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14795,101 +14882,99 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="50D2EBF9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="46B3968F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="72A3C363" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
+          <w:p w14:paraId="0F8BAC32" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="7C59BE1F" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="0028155F"/>
+          <w:p w14:paraId="19DFA1CD" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="69" w:name="_Toc26186730"/>
+            <w:bookmarkStart w:id="68" w:name="_Toc26186730"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00F24FC3">
               <w:t xml:space="preserve">50 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Autre temps autrement</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="68"/>
+          </w:p>
+          <w:p w14:paraId="334EF6BC" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14898,94 +14983,92 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="775C6C26" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="2FADF68D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3FD845BB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E">
+          <w:p w14:paraId="66F7EDD9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="506C92A5" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="0028155F"/>
+          <w:p w14:paraId="7042A499" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="70" w:name="_Toc26186731"/>
+            <w:bookmarkStart w:id="69" w:name="_Toc26186731"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.51 Les chronique du notaire</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="70"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="69"/>
+          </w:p>
+          <w:p w14:paraId="47B1678F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -14994,100 +15077,98 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="7BDEBB07" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="2AB9F2D5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="3AA58F73" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
+          <w:p w14:paraId="7C7CFFD9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="62701633" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRPr="0028155F" w:rsidRDefault="00D0244C" w:rsidP="0028155F"/>
+          <w:p w14:paraId="011091CD" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="71" w:name="_Toc26186732"/>
+            <w:bookmarkStart w:id="70" w:name="_Toc26186732"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0009764E">
               <w:t>52</w:t>
             </w:r>
             <w:r w:rsidR="006F03B4">
               <w:t xml:space="preserve"> SOS Climat</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="71"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="70"/>
+          </w:p>
+          <w:p w14:paraId="73B60ED5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -15096,98 +15177,96 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="2A63E569" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="5564BF0A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="1501D0EE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="01B8FC54" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="30B4C908" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E">
+          <w:p w14:paraId="2290F953" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="72" w:name="_Toc26186733"/>
+            <w:bookmarkStart w:id="71" w:name="_Toc26186733"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.53 Comment observer les oiseaux</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="72"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="71"/>
+          </w:p>
+          <w:p w14:paraId="2EB99F39" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -15196,101 +15275,99 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="221E1EC8" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="788FA6A9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="39F99097" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="0080796C" w:rsidRDefault="0080796C" w:rsidP="0080796C">
+          <w:p w14:paraId="362CB99D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="6CD97DD2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="6EBCCD8F" w14:textId="77777777" w:rsidR="00B737E3" w:rsidRDefault="00B737E3" w:rsidP="0009764E"/>
+          <w:p w14:paraId="5C26D2EB" w14:textId="77777777" w:rsidR="0080796C" w:rsidRDefault="0080796C" w:rsidP="0080796C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="73" w:name="_Toc26186734"/>
+            <w:bookmarkStart w:id="72" w:name="_Toc26186734"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.5</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Santé vous bien</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="73"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="72"/>
+          </w:p>
+          <w:p w14:paraId="587677D5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -15299,639 +15376,620 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+          <w:p w14:paraId="53E006E3" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="54750A81" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="2920E11D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00CC62FE" w:rsidRPr="0009764E" w:rsidRDefault="00CC62FE" w:rsidP="0009764E">
+          <w:p w14:paraId="6D68DEBD" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
+          <w:p w14:paraId="6B35E441" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E"/>
+          <w:p w14:paraId="0D828B86" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E"/>
+          <w:p w14:paraId="642F5B89" w14:textId="77777777" w:rsidR="00CC62FE" w:rsidRDefault="00CC62FE" w:rsidP="0009764E"/>
+          <w:p w14:paraId="07D77808" w14:textId="77777777" w:rsidR="00CC62FE" w:rsidRPr="0009764E" w:rsidRDefault="00CC62FE" w:rsidP="0009764E">
             <w:r>
               <w:t>Autres émissions, pas encore versées</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0028155F" w:rsidRPr="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="7024758A" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
+          <w:p w14:paraId="41BE1689" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="74" w:name="_Toc26186735"/>
+            <w:bookmarkStart w:id="73" w:name="_Toc26186735"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. Les Lundis des </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Raconteux</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="74"/>
+            <w:bookmarkEnd w:id="73"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="347352B9" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="47394B96" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="75" w:name="_Toc26186736"/>
+            <w:bookmarkStart w:id="74" w:name="_Toc26186736"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">. </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
+              <w:t>. Dolbeau-Mistassini : Perspectives 125</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="74"/>
+          </w:p>
+          <w:p w14:paraId="7C15A529" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="656E16C5" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="76" w:name="_Toc26186737"/>
+            <w:bookmarkStart w:id="75" w:name="_Toc26186737"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Option Régions</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="76"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="75"/>
+          </w:p>
+          <w:p w14:paraId="4B6C6D97" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="19B51485" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="77" w:name="_Toc26186738"/>
+            <w:bookmarkStart w:id="76" w:name="_Toc26186738"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Accès MRC</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
+            <w:bookmarkEnd w:id="76"/>
+          </w:p>
+          <w:p w14:paraId="52E103EA" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="1D5FFA6E" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="78" w:name="_Toc26186739"/>
+            <w:bookmarkStart w:id="77" w:name="_Toc26186739"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Le Bol d’or</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="78"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="77"/>
+          </w:p>
+          <w:p w14:paraId="06172050" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="403F4214" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="79" w:name="_Toc26186740"/>
+            <w:bookmarkStart w:id="78" w:name="_Toc26186740"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Qu’en pensez-vous?</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="79"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="78"/>
+          </w:p>
+          <w:p w14:paraId="55D6C8C3" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="2BE0D654" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="80" w:name="_Toc26186741"/>
+            <w:bookmarkStart w:id="79" w:name="_Toc26186741"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t>La Vitrine Culturelle</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="80"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="79"/>
+          </w:p>
+          <w:p w14:paraId="6B8B2729" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
+          <w:p w14:paraId="546A3725" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="81" w:name="_Toc26186742"/>
+            <w:bookmarkStart w:id="80" w:name="_Toc26186742"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="006F03B4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t>Électron Libre</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="80"/>
+          </w:p>
+          <w:p w14:paraId="09D26BF9" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
+          <w:p w14:paraId="6884E7A7" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="82" w:name="_Toc26186743"/>
+            <w:bookmarkStart w:id="81" w:name="_Toc26186743"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Le Show du Nord du Lac</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="82"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="81"/>
+          </w:p>
+          <w:p w14:paraId="4DB7D459" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
+          <w:p w14:paraId="205A3CA4" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="83" w:name="_Toc26186744"/>
+            <w:bookmarkStart w:id="82" w:name="_Toc26186744"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Près de chez-soi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="83"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
+            <w:bookmarkEnd w:id="82"/>
+          </w:p>
+          <w:p w14:paraId="40D51F0B" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="4B14BD11" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="84" w:name="_Toc26186745"/>
+            <w:bookmarkStart w:id="83" w:name="_Toc26186745"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Conférence AQDR St-Félicien</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="84"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="83"/>
+          </w:p>
+          <w:p w14:paraId="75A6075F" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="7D75AB50" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="85" w:name="_Toc26186746"/>
+            <w:bookmarkStart w:id="84" w:name="_Toc26186746"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Sciences Questions Actions</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="85"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="84"/>
+          </w:p>
+          <w:p w14:paraId="263A1A2B" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="1E0AB213" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="86" w:name="_Toc26186747"/>
+            <w:bookmarkStart w:id="85" w:name="_Toc26186747"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Nouvelles du Haut-du-Lac</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="86"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="85"/>
+          </w:p>
+          <w:p w14:paraId="1B5E3D33" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="095E8D25" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="87" w:name="_Toc26186748"/>
+            <w:bookmarkStart w:id="86" w:name="_Toc26186748"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> La Liste</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="87"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="86"/>
+          </w:p>
+          <w:p w14:paraId="0B598016" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="039395F3" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="88" w:name="_Toc26186749"/>
+            <w:bookmarkStart w:id="87" w:name="_Toc26186749"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CA65EA">
               <w:t>ADOssez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CA65EA">
               <w:t>-vous</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="88"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+            <w:bookmarkEnd w:id="87"/>
+          </w:p>
+          <w:p w14:paraId="4FEC4978" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="36CB514B" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="89" w:name="_Toc26186750"/>
+            <w:bookmarkStart w:id="88" w:name="_Toc26186750"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Studio chez soi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="89"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
+            <w:bookmarkEnd w:id="88"/>
+          </w:p>
+          <w:p w14:paraId="30FA75C6" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4"/>
+          <w:p w14:paraId="13850A5E" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="90" w:name="_Toc26186751"/>
+            <w:bookmarkStart w:id="89" w:name="_Toc26186751"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Les Passionnés</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="90"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
+            <w:bookmarkEnd w:id="89"/>
+          </w:p>
+          <w:p w14:paraId="71EB7F07" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
+          <w:p w14:paraId="7275294C" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="91" w:name="_Toc26186752"/>
+            <w:bookmarkStart w:id="90" w:name="_Toc26186752"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00180068">
-              <w:t xml:space="preserve"> Dany </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
+              <w:t xml:space="preserve"> Dany Sauvageau, sauver sa peau</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="90"/>
+          </w:p>
+          <w:p w14:paraId="13BE4F42" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
+          <w:p w14:paraId="06F35A31" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="92" w:name="_Toc26186753"/>
+            <w:bookmarkStart w:id="91" w:name="_Toc26186753"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00180068">
               <w:t xml:space="preserve"> Agir pour l’avenir</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="92"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
+            <w:bookmarkEnd w:id="91"/>
+          </w:p>
+          <w:p w14:paraId="40D7BAA8" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
+          <w:p w14:paraId="2F2082FE" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="93" w:name="_Toc26186754"/>
+            <w:bookmarkStart w:id="92" w:name="_Toc26186754"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00180068">
               <w:t xml:space="preserve"> Ose le Pays des Bleuets</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="93"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
+            <w:bookmarkEnd w:id="92"/>
+          </w:p>
+          <w:p w14:paraId="0D4E1A73" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
+          <w:p w14:paraId="08596EE5" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F1AD8" w:rsidRPr="00A674F8" w:rsidTr="006F1AD8">
+      <w:tr w:rsidR="006F1AD8" w:rsidRPr="00A674F8" w14:paraId="4C47679D" w14:textId="77777777" w:rsidTr="006F1AD8">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1AD8" w:rsidRPr="00A674F8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
+          <w:p w14:paraId="1B5D2E03" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRPr="00A674F8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Disque dur externe SHGMC Archives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006F1AD8" w:rsidRPr="00EC65A3" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
+          <w:p w14:paraId="60BAEEC6" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRPr="00EC65A3" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="94" w:name="_Toc26186755"/>
+            <w:bookmarkStart w:id="93" w:name="_Toc26186755"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="006F1AD8">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="006F1AD8">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Publicités</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="94"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
+            <w:bookmarkEnd w:id="93"/>
+          </w:p>
+          <w:p w14:paraId="7E66F8EB" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -15940,141 +15998,142 @@
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
+          <w:p w14:paraId="4F684B27" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="6F17F3B4" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
+          <w:p w14:paraId="04ED26BF" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
-          <w:p w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
+          <w:p w14:paraId="18F425A9" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
+          <w:p w14:paraId="695587AE" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
+          <w:p w14:paraId="1142FC66" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
+          <w:p w14:paraId="51D994E5" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006F1AD8" w:rsidRPr="00EC65A3" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
+          <w:p w14:paraId="2331E5BE" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRPr="00EC65A3" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00923766"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
+    <w:p w14:paraId="6A5ED7B6" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00923766"/>
+    <w:p w14:paraId="53864D9D" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="00EC65A3" w:rsidP="00923766"/>
+    <w:p w14:paraId="625C5A79" w14:textId="7E24ED4C" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc26186756"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc26186756"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00E57F6F" w:rsidRPr="00A674F8">
         <w:t>/A2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="94"/>
       <w:r w:rsidR="00E57F6F" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
+      <w:r w:rsidR="00B618D0">
+        <w:t>Audiovisuel née numérique</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C07B704" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
+    <w:p w14:paraId="1F04CCE0" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
+    <w:p w14:paraId="16347E9A" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -16084,217 +16143,275 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766"/>
+    <w:p w14:paraId="31553909" w14:textId="6ADCA2BE" w:rsidR="00B618D0" w:rsidRPr="00A674F8" w:rsidRDefault="00B618D0" w:rsidP="00AB6798">
+      <w:r>
+        <w:t>Émissions de la Télé du Haut-du-Lac de X à X, podcasts et émissions de chaque saison.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76E98986" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00923766"/>
+    <w:p w14:paraId="268D8658" w14:textId="49A8E07B" w:rsidR="00B618D0" w:rsidRDefault="00B618D0" w:rsidP="00923766">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B618D0">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Notes :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB29C81" w14:textId="523752D2" w:rsidR="00B618D0" w:rsidRDefault="00B618D0" w:rsidP="00923766">
+      <w:r w:rsidRPr="00B618D0">
+        <w:t>L</w:t>
+      </w:r>
+      <w:r>
+        <w:t>es pièces à l’intérieur des dossiers conservent leur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B618D0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B618D0">
+        <w:t>cote</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B618D0">
+        <w:t xml:space="preserve"> d’origine</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, tel que cédé par le donateur.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0A653E" w14:textId="37F74F4A" w:rsidR="00B618D0" w:rsidRDefault="00B618D0" w:rsidP="00923766">
+      <w:r>
+        <w:t>Traitement au dossier.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FB18E5" w14:textId="45DC89CD" w:rsidR="00B618D0" w:rsidRPr="00B618D0" w:rsidRDefault="00B618D0" w:rsidP="00923766">
+      <w:r>
+        <w:t>Nés numériques.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5547DCF1" w14:textId="77777777" w:rsidR="00B618D0" w:rsidRPr="00B618D0" w:rsidRDefault="00B618D0" w:rsidP="00923766">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidTr="007F33D1">
+      <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="42F0A527" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="008534FB">
+          <w:p w14:paraId="784DC0A1" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="008534FB">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00374833" w:rsidRPr="008534FB" w:rsidRDefault="00AB6798" w:rsidP="00374833">
+          <w:p w14:paraId="59E3D081" w14:textId="77777777" w:rsidR="00374833" w:rsidRPr="008534FB" w:rsidRDefault="00AB6798" w:rsidP="00374833">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="96" w:name="_Toc26186757"/>
+            <w:bookmarkStart w:id="95" w:name="_Toc26186757"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/1 :</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="96"/>
+            <w:bookmarkEnd w:id="95"/>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="008534FB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00561EAD" w:rsidRPr="008534FB" w:rsidRDefault="00561EAD" w:rsidP="00AB6798">
+          <w:p w14:paraId="13C2D3FC" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRPr="008534FB" w:rsidRDefault="00561EAD" w:rsidP="00AB6798">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
+          <w:p w14:paraId="344B2C56" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008534FB" w:rsidRPr="00A674F8" w:rsidTr="007F33D1">
+      <w:tr w:rsidR="008534FB" w:rsidRPr="00A674F8" w14:paraId="635313B0" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="008534FB" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="007F33D1">
+          <w:p w14:paraId="24FC8EB4" w14:textId="77777777" w:rsidR="008534FB" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008534FB" w:rsidRPr="00B321DF" w:rsidRDefault="008534FB" w:rsidP="008534FB">
+          <w:p w14:paraId="07FB5873" w14:textId="77777777" w:rsidR="008534FB" w:rsidRPr="00B321DF" w:rsidRDefault="008534FB" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="97" w:name="_Toc26186758"/>
+            <w:bookmarkStart w:id="96" w:name="_Toc26186758"/>
             <w:r>
               <w:t>P378/A2/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008534FB">
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="97"/>
+            <w:bookmarkEnd w:id="96"/>
             <w:r w:rsidRPr="008534FB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008534FB" w:rsidRDefault="008534FB" w:rsidP="00AB6798">
+          <w:p w14:paraId="507CEB13" w14:textId="77777777" w:rsidR="008534FB" w:rsidRDefault="008534FB" w:rsidP="00AB6798">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
+    <w:p w14:paraId="05273456" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
+    <w:p w14:paraId="4C0F8236" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
+    <w:p w14:paraId="0A032996" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc26186759"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc26186759"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="001B240E">
         <w:t xml:space="preserve"> D</w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="001B240E">
         <w:t>nnées</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
+      <w:bookmarkEnd w:id="97"/>
+    </w:p>
+    <w:p w14:paraId="365F1C69" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
+    <w:p w14:paraId="79D1B578" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
+    <w:p w14:paraId="7D2BA7D0" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -16304,163 +16421,155 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00696AE2"/>
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
+    <w:p w14:paraId="0ED1D412" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00696AE2"/>
+    <w:p w14:paraId="22C1739C" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Notes</w:t>
-[...9 lines deleted...]
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
+        <w:t xml:space="preserve">Notes : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="727CDC92" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="99" w:name="Texte22"/>
+      <w:bookmarkStart w:id="98" w:name="Texte22"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
+      <w:bookmarkEnd w:id="98"/>
+    </w:p>
+    <w:p w14:paraId="3B26B005" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
+    <w:p w14:paraId="563B87B5" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="_Toc26186760"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc26186760"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="001B240E">
         <w:t>Données sur disques</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="100"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
+      <w:bookmarkEnd w:id="99"/>
+    </w:p>
+    <w:p w14:paraId="44D20711" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
+    <w:p w14:paraId="4865E89F" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
+    <w:p w14:paraId="089A069D" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
@@ -16470,320 +16579,318 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="00561EAD" w:rsidP="00696AE2"/>
+    <w:p w14:paraId="17FC6943" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="00561EAD" w:rsidP="00696AE2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidTr="007F33D1">
+      <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="0C3D294B" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
+          <w:p w14:paraId="495EF9F8" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="007F33D1">
+          <w:p w14:paraId="5BA875A2" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="007F33D1">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="101" w:name="_Toc26186761"/>
+            <w:bookmarkStart w:id="100" w:name="_Toc26186761"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="001B240E">
               <w:t>Documents numériques</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="101"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
+            <w:bookmarkEnd w:id="100"/>
+          </w:p>
+          <w:p w14:paraId="68B5C02F" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r>
               <w:t>61 disques</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
+          <w:p w14:paraId="1F9AC057" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
+          <w:p w14:paraId="0ED1875A" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="17422E96" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
+          <w:p w14:paraId="6101EE62" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Notes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
-          <w:p w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
+          <w:p w14:paraId="222300CB" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
+          <w:p w14:paraId="33E22165" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001B240E" w:rsidRDefault="001B240E" w:rsidP="007F33D1">
+          <w:p w14:paraId="0527FBA2" w14:textId="77777777" w:rsidR="001B240E" w:rsidRDefault="001B240E" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001B240E" w:rsidRDefault="001B240E" w:rsidP="007F33D1">
+          <w:p w14:paraId="69ED2474" w14:textId="77777777" w:rsidR="001B240E" w:rsidRDefault="001B240E" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="001B240E" w:rsidRDefault="001B240E" w:rsidP="007F33D1">
+          <w:p w14:paraId="499C7598" w14:textId="77777777" w:rsidR="001B240E" w:rsidRDefault="001B240E" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
+          <w:p w14:paraId="125820F0" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
+          <w:p w14:paraId="59F44D0F" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2">
+    <w:p w14:paraId="2165EADB" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Niveau5"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
-    <w:p w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
+    <w:p w14:paraId="5DEF8768" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
+    <w:p w14:paraId="492A954B" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidSect="00F22AC1">
-      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00583ECE" w:rsidRDefault="00583ECE" w:rsidP="00923766">
+    <w:p w14:paraId="04D3F0FF" w14:textId="77777777" w:rsidR="00CF1D2E" w:rsidRDefault="00CF1D2E" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00583ECE" w:rsidRDefault="00583ECE" w:rsidP="00923766">
+    <w:p w14:paraId="6008A381" w14:textId="77777777" w:rsidR="00CF1D2E" w:rsidRDefault="00CF1D2E" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="000403A4" w:rsidRDefault="000403A4" w:rsidP="00923766">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4626B8BB" w14:textId="77777777" w:rsidR="000403A4" w:rsidRDefault="000403A4" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-CA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="20788000" wp14:editId="49D34BE7">
               <wp:extent cx="5467350" cy="45085"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="1" name="Organigramme : Décision 1" descr="Light horizontal"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="5467350" cy="45085"/>
                       </a:xfrm>
                       <a:prstGeom prst="flowChartDecision">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:pattFill prst="ltHorz">
                         <a:fgClr>
                           <a:srgbClr val="000000"/>
                         </a:fgClr>
                         <a:bgClr>
@@ -16793,140 +16900,253 @@
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+        <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="50C7CF1E" id="_x0000_t110" coordsize="21600,21600" o:spt="110" path="m10800,l,10800,10800,21600,21600,10800xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
             </v:shapetype>
             <v:shape id="Organigramme : Décision 1" o:spid="_x0000_s1026" type="#_x0000_t110" alt="Light horizontal" style="width:430.5pt;height:3.55pt;flip:y;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCA9EH/xQIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0lK0jXR0mlbKSAV&#10;NmnAvWs7iYVjB9ttuiHehVteA16MYyfrNn4khMiF459zjr/znc/n5HTfSrTjxgqtSpwcxRhxRTUT&#10;qi7xu7eryRwj64hiRGrFS3zDLT5dPH1y0ncFn+pGS8YNgiDKFn1X4sa5rogiSxveEnukO67gsNKm&#10;JQ6Wpo6YIT1Eb2U0jeNZ1GvDOqMptxZ2l8MhXoT4VcWpu6wqyx2SJQZsLowmjBs/RosTUtSGdI2g&#10;IwzyDyhaIhRcegi1JI6grRG/hGoFNdrqyh1R3Ua6qgTlIQfIJol/yua6IR0PuQA5tjvQZP9fWPpm&#10;d2WQYFA7jBRpoUSXpiZKACdty799KdDy+1cqfH0RmDBuKdC3FnXjUKONuNXKEel57DtbQLjr7sp4&#10;Jmy31vSDRUpfNETV/MwY3TecMECfePvokYNfWHBFm/61ZgCDbJ0OlO4r06JKiu69d/ShgTa0DzW8&#10;OdSQ7x2isJmls+NnGZSawlmaxfMs3EUKH8Y7d8a6F1y3yE9KXEndA0DjlnzIMtxAdmvrPMZ7++BL&#10;nFsJKUdf6V5qcxscqvpCmpC2qTcwRTviFRe+EcDBZPNb21X4RtvRxF8/XuljS+VHpT2EAdywA7kD&#10;XH/mWQiy+5Qn0zQ+n+aT1Wx+PElXaTbJj+P5JE7y83wWp3m6XH320JO0aARjXK2F4ndPIEn/TmLj&#10;YxzEGx4B6kucZ9MssGK1FMyj9djsH5l5ZNYKBx1BirbE8wN9pPDKea4YpE0KR4Qc5tFj+KFgwMHd&#10;P7ASdOalNUh0o9kNyMxoKD7IBHoXTEDJtxj10AdKbD9uieEYyVcKpJonaeobR1ik2fEUFubhyebh&#10;CVEUQpXYYTRML9zQbLad8U/mTsFKn4G8KxE05qU/oBofBbz1kMHYl3wzebgOVvfdc/EDAAD//wMA&#10;UEsDBBQABgAIAAAAIQBMQZZE2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP&#10;1iL1UhUnHCBK4yCoxAcEOHA08ZKkjddRbIjL13fbS7mMNJrVzNtiHW0vbjj6zpGCdJ6AQKqd6ahR&#10;cDzs3jIQPmgyuneECr7Rw7p8fip0btxEFd72oRFcQj7XCtoQhlxKX7dotZ+7AYmzixutDmzHRppR&#10;T1xue7lIkqW0uiNeaPWAHy3WX/urVbCrzNa/Tvf4eTllR3dYxHu12ir1MoubdxABY/g/hl98RoeS&#10;mc7uSsaLXgE/Ev6Us2yZsj0rWKUgy0I+spc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AID0Qf/FAgAAhQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAExBlkTZAAAAAwEAAA8AAAAAAAAAAAAAAAAAHwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAlBgAAAAA=&#10;" fillcolor="black" stroked="f">
               <v:fill r:id="rId1" o:title="" type="pattern"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000403A4" w:rsidRPr="009D2B71" w:rsidRDefault="000403A4" w:rsidP="00923766">
+  <w:p w14:paraId="5689BD9E" w14:textId="77777777" w:rsidR="000403A4" w:rsidRPr="009D2B71" w:rsidRDefault="000403A4" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>P378 Fonds Société d’information Lac-Saint-Jean</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F92F27" w:rsidRPr="00F92F27">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000403A4" w:rsidRDefault="000403A4" w:rsidP="00923766">
+  <w:p w14:paraId="7D3C2E83" w14:textId="77777777" w:rsidR="000403A4" w:rsidRDefault="000403A4" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00583ECE" w:rsidRDefault="00583ECE" w:rsidP="00923766">
+    <w:p w14:paraId="2F791A19" w14:textId="77777777" w:rsidR="00CF1D2E" w:rsidRDefault="00CF1D2E" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00583ECE" w:rsidRDefault="00583ECE" w:rsidP="00923766">
+    <w:p w14:paraId="77713B0C" w14:textId="77777777" w:rsidR="00CF1D2E" w:rsidRDefault="00CF1D2E" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C7C006B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7FEC0872"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58CF38D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A487EEE"/>
     <w:lvl w:ilvl="0" w:tplc="79DECC42">
       <w:start w:val="12"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16995,101 +17215,107 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="576747230">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1877693166">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="0000417E"/>
     <w:rsid w:val="00010A97"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="000403A4"/>
     <w:rsid w:val="00045078"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="00064FF7"/>
     <w:rsid w:val="000723B8"/>
+    <w:rsid w:val="0007449B"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="0009764E"/>
     <w:rsid w:val="000A4D93"/>
     <w:rsid w:val="000D2318"/>
     <w:rsid w:val="000F7851"/>
     <w:rsid w:val="000F7C76"/>
     <w:rsid w:val="00100C2C"/>
     <w:rsid w:val="001153BB"/>
+    <w:rsid w:val="001363E8"/>
     <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="00164F27"/>
     <w:rsid w:val="00166949"/>
     <w:rsid w:val="00166C91"/>
     <w:rsid w:val="00180068"/>
     <w:rsid w:val="00184D1F"/>
     <w:rsid w:val="0018783F"/>
     <w:rsid w:val="001B240E"/>
     <w:rsid w:val="001B3311"/>
     <w:rsid w:val="001D3179"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E22C8"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="00201B4D"/>
     <w:rsid w:val="00217E33"/>
     <w:rsid w:val="002273FD"/>
     <w:rsid w:val="00242C7D"/>
     <w:rsid w:val="00243393"/>
     <w:rsid w:val="0025336B"/>
     <w:rsid w:val="00267940"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="0028155F"/>
     <w:rsid w:val="00281CD8"/>
     <w:rsid w:val="00284955"/>
@@ -17146,204 +17372,215 @@
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="006D0EFF"/>
     <w:rsid w:val="006D18CE"/>
     <w:rsid w:val="006E65A9"/>
     <w:rsid w:val="006F03B4"/>
     <w:rsid w:val="006F1AD8"/>
     <w:rsid w:val="007215FD"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="007761FD"/>
     <w:rsid w:val="007F33D1"/>
     <w:rsid w:val="0080796C"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="00846F6B"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="008534FB"/>
     <w:rsid w:val="0085624F"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="008D64A5"/>
     <w:rsid w:val="008F68D9"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00923766"/>
     <w:rsid w:val="00931389"/>
+    <w:rsid w:val="00933FCA"/>
     <w:rsid w:val="00934CC0"/>
     <w:rsid w:val="0094294B"/>
     <w:rsid w:val="009534B2"/>
     <w:rsid w:val="009705AB"/>
     <w:rsid w:val="00995898"/>
     <w:rsid w:val="009A5734"/>
+    <w:rsid w:val="009A769E"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
     <w:rsid w:val="009C3526"/>
     <w:rsid w:val="009D2B71"/>
+    <w:rsid w:val="009E5939"/>
     <w:rsid w:val="009F5EC7"/>
     <w:rsid w:val="00A074A8"/>
     <w:rsid w:val="00A22EB3"/>
+    <w:rsid w:val="00A27EA8"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A674F8"/>
+    <w:rsid w:val="00A70391"/>
     <w:rsid w:val="00A74830"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A766B7"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00AA48C7"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00AB6798"/>
     <w:rsid w:val="00AD7796"/>
     <w:rsid w:val="00B11621"/>
     <w:rsid w:val="00B148D8"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B25F60"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B3412B"/>
     <w:rsid w:val="00B46FC4"/>
     <w:rsid w:val="00B514D4"/>
     <w:rsid w:val="00B55D5C"/>
+    <w:rsid w:val="00B618D0"/>
     <w:rsid w:val="00B70F0F"/>
     <w:rsid w:val="00B737E3"/>
     <w:rsid w:val="00B73FD9"/>
     <w:rsid w:val="00B96E5D"/>
     <w:rsid w:val="00B9759C"/>
     <w:rsid w:val="00BB1123"/>
     <w:rsid w:val="00BB2D08"/>
     <w:rsid w:val="00BC64AB"/>
     <w:rsid w:val="00BD4041"/>
     <w:rsid w:val="00BD5104"/>
     <w:rsid w:val="00BE1812"/>
     <w:rsid w:val="00BF7589"/>
     <w:rsid w:val="00C071C8"/>
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
     <w:rsid w:val="00C25074"/>
     <w:rsid w:val="00C25279"/>
     <w:rsid w:val="00C369EA"/>
     <w:rsid w:val="00C40995"/>
     <w:rsid w:val="00C42F3C"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C64E7A"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C73D69"/>
     <w:rsid w:val="00C817ED"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CA65EA"/>
     <w:rsid w:val="00CB5258"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CC62FE"/>
+    <w:rsid w:val="00CD3090"/>
     <w:rsid w:val="00CE48E5"/>
+    <w:rsid w:val="00CF1D2E"/>
     <w:rsid w:val="00D0244C"/>
     <w:rsid w:val="00D06AA1"/>
+    <w:rsid w:val="00D1229C"/>
     <w:rsid w:val="00D25352"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
     <w:rsid w:val="00D367E6"/>
     <w:rsid w:val="00D40578"/>
     <w:rsid w:val="00D53FBB"/>
     <w:rsid w:val="00D64943"/>
     <w:rsid w:val="00D70AE9"/>
     <w:rsid w:val="00DA6900"/>
     <w:rsid w:val="00DA7B0A"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DD2FFF"/>
     <w:rsid w:val="00DD6545"/>
     <w:rsid w:val="00DE48FD"/>
     <w:rsid w:val="00DF516C"/>
     <w:rsid w:val="00E06067"/>
+    <w:rsid w:val="00E2057E"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E57F6F"/>
     <w:rsid w:val="00E60A42"/>
     <w:rsid w:val="00E62F10"/>
     <w:rsid w:val="00E709FB"/>
     <w:rsid w:val="00E86474"/>
     <w:rsid w:val="00E9066C"/>
     <w:rsid w:val="00EB2DA6"/>
     <w:rsid w:val="00EC65A3"/>
     <w:rsid w:val="00F04CFA"/>
     <w:rsid w:val="00F169C8"/>
     <w:rsid w:val="00F22AC1"/>
     <w:rsid w:val="00F24FC3"/>
     <w:rsid w:val="00F3008F"/>
     <w:rsid w:val="00F35BE5"/>
     <w:rsid w:val="00F41408"/>
     <w:rsid w:val="00F43CBC"/>
     <w:rsid w:val="00F568C7"/>
     <w:rsid w:val="00F64BAF"/>
     <w:rsid w:val="00F75A63"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
     <w:rsid w:val="00F92F27"/>
     <w:rsid w:val="00FA19DC"/>
     <w:rsid w:val="00FA474E"/>
     <w:rsid w:val="00FC3D97"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7159E204"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{752BCCCA-4813-4843-94C7-EC6964EB1C19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -17671,50 +17908,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00923766"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Niveau 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:qFormat/>
     <w:rsid w:val="00A674F8"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
@@ -18196,82 +18438,99 @@
     <w:rsid w:val="00BD4041"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD4041"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00E57F6F"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="003774A5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001363E8"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001363E8"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="191454813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="245769034">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18368,51 +18627,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1057243912">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///K:\Fonds%20d'archives\P378%20Fonds%20Societe%20dinfo%20LSJ" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///K:\Fonds%20d'archives\P378%20Fonds%20Societe%20dinfo%20LSJ\P378_Non%20trait&#233;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\isabelleshg\Documents\Administration\Mod&#232;le%20Instrument%20de%20recherche%202017%20v2.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -18642,72 +18901,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Modèle Instrument de recherche 2017 v2.dotm</Template>
+  <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>19651</Characters>
+  <Pages>22</Pages>
+  <Words>4111</Words>
+  <Characters>22532</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>163</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>1325</Lines>
+  <Paragraphs>761</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23177</CharactersWithSpaces>
+  <CharactersWithSpaces>25882</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>