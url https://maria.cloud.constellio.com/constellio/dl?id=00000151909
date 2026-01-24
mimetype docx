--- v1 (2025-12-08)
+++ v2 (2026-01-24)
@@ -285,7278 +285,7576 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Non traité</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41ABAE3B" w14:textId="77777777" w:rsidR="00DA6900" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7247E21A" w14:textId="77777777" w:rsidR="00DA6900" w:rsidRPr="00A674F8" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AB9E306" w14:textId="77777777" w:rsidR="0076644B" w:rsidRPr="00A674F8" w:rsidRDefault="0076644B" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:lastRenderedPageBreak/>
         <w:t>Table des matières</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58474674" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00BD4041">
+    <w:p w14:paraId="20B6DBF9" w14:textId="579457A9" w:rsidR="002F3709" w:rsidRDefault="00BD4041">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:instrText xml:space="preserve"> TOC \o "1-5" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc26186663" w:history="1">
-        <w:r w:rsidR="00F92F27" w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028133" w:history="1">
+        <w:r w:rsidR="002F3709" w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>PRÉSENTATION DU FONDS</w:t>
         </w:r>
-        <w:r w:rsidR="00F92F27">
+        <w:r w:rsidR="002F3709">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00F92F27">
+        <w:r w:rsidR="002F3709">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00F92F27">
-[...12 lines deleted...]
-        <w:r w:rsidR="00F92F27">
+        <w:r w:rsidR="002F3709">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028133 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="002F3709">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="002F3709">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00F92F27">
+        <w:r w:rsidR="002F3709">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00F92F27">
+        <w:r w:rsidR="002F3709">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4166B1D9" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="2221A2F8" w14:textId="694E648C" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186664" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028134" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A Documents audiovisuels</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186664 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028134 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BC1A647" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7F75D0D1" w14:textId="2730225B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186665" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028135" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1 Images en mouvement</w:t>
+          <w:t>P378/A1 DVD</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186665 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028135 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F14C077" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="65D8E220" w14:textId="0AA5AF10" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186666" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028136" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1 : Politique</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186666 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028136 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A288ACC" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4C67DDBC" w14:textId="6D065F61" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186667" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028137" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.1 Conseils de ville Dolbeau-Mistassini</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186667 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028137 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5061676F" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="47B255A8" w14:textId="37D1F13B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186668" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028138" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.2 Conseils de la MRC</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186668 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028138 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43C9F76C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="1F8CD823" w14:textId="4CD3ABA9" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186669" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028139" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.3 Autres conseils de ville</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186669 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028139 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3625CBDE" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="794C82D7" w14:textId="4FEA01C5" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186670" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028140" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.4 Élections</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186670 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028140 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="630AD11F" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="074460EE" w14:textId="03B0F7DB" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186671" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028141" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/1.5 Politiciens</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186671 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028141 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="31058B6C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="65473073" w14:textId="0F9182BE" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186672" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028142" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">P378/A1/2 : </w:t>
         </w:r>
-        <w:r w:rsidRPr="004751F5">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Ressources naturelles</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186672 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028142 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3CC27D0F" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="771A8923" w14:textId="386BDE78" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186673" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028143" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">P378/A1/3 : </w:t>
         </w:r>
-        <w:r w:rsidRPr="004751F5">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Événements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186673 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028143 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C448597" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="500BE9FE" w14:textId="17C8C28E" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186674" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028144" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>P378/A1/3.1 Festivals</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186674 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028144 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BC59CDD" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="741C8CDD" w14:textId="24A8EB4C" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186675" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028145" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>P378/A1/3.2 Fêtes diverses</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186675 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028145 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>7</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="271FAE2B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0654E117" w14:textId="5987F998" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186676" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028146" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/4 : Sports</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186676 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028146 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05695FF9" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="014BEAED" w14:textId="38107D04" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186677" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028147" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/5 : Organismes et entreprises</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186677 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028147 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36937759" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="58804915" w14:textId="61FD3E47" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186678" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028148" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/6 : Culture</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186678 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028148 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52566B65" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4C80934E" w14:textId="1C54FBCC" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186679" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028149" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A1/7 : Banques d’images</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186679 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028149 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5862E844" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7B9FF31F" w14:textId="273E2EDF" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186680" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028150" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8 : Émissions</w:t>
+          <w:t>Certaines émissions ou des génériques peuvent se retrouver à l’intérieur des banques d’images et pourraient être déplacées dans Émissions.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186680 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028150 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="65756C17" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="423ED9A8" w14:textId="625DEB8F" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186681" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028151" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.1 Le B</w:t>
-[...13 lines deleted...]
-          <w:t>billard</w:t>
+          <w:t>P378/A1/8 : Émissions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186681 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028151 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="64C0A411" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0030E35E" w14:textId="7725A55E" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186682" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028152" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.2 Vos Élites vous parlent</w:t>
+          <w:t>P378/A1/8.1 Le Babillard</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186682 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028152 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D6307BA" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6E8F3EC0" w14:textId="69AF0F5F" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186683" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028153" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.3 Croire aujourd’hui</w:t>
+          <w:t>P378/A1/8.2 Vos Élites vous parlent</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186683 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028153 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B2C4575" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="08672F09" w14:textId="65A671BE" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186684" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028154" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.4 Actualité en images / Actualités</w:t>
+          <w:t>P378/A1/8.3 Croire aujourd’hui</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186684 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028154 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C718002" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="798421B1" w14:textId="1BD46ED2" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186685" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028155" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.5 Été bleu</w:t>
+          <w:t>P378/A1/8.4 Actualité en images / Actualités</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186685 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028155 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="494892C9" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5D0D70B2" w14:textId="4CC2C968" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186686" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028156" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.6 Magie.net</w:t>
+          <w:t>P378/A1/8.5 Été bleu</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186686 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028156 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0033FC7E" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="67A93DFE" w14:textId="35875D9C" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186687" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028157" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.7 L’Évène</w:t>
-[...13 lines deleted...]
-          <w:t>ent</w:t>
+          <w:t>P378/A1/8.6 Magie.net</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186687 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028157 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="656A2E96" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="62BC379A" w14:textId="3060DB13" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186688" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028158" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.8 Émiss</w:t>
-[...13 lines deleted...]
-          <w:t>on spéciale</w:t>
+          <w:t>P378/A1/8.7 L’Évènement</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186688 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028158 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="358A0EE7" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="69ADF239" w14:textId="26BEEACD" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186689" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028159" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.9 Tout sur tout</w:t>
+          <w:t>P378/A1/8.8 Émission spéciale</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186689 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028159 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C6A970D" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="51326865" w14:textId="63C26F71" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186690" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028160" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.10 Autrefois</w:t>
+          <w:t>P378/A1/8.9 Tout sur tout</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186690 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028160 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70318D1C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="15DBD5EB" w14:textId="161B1427" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186691" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028161" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.11 Sport action</w:t>
+          <w:t>P378/A1/8.10 Autrefois</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186691 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028161 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37FF5EA3" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="2DAA4913" w14:textId="769BFDD6" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186692" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028162" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.12 Folklore</w:t>
+          <w:t>P378/A1/8.11 Sport action</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186692 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028162 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5ADE699B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="78C23A49" w14:textId="3493131E" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186693" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028163" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.13 Bien branché</w:t>
+          <w:t>P378/A1/8.12 Folklore</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186693 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028163 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="218649B5" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4E43014C" w14:textId="08CB5817" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186694" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028164" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.14 En route vers…</w:t>
+          <w:t>P378/A1/8.13 Bien branché</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186694 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028164 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37C67BE5" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7B95A755" w14:textId="07F405DA" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186695" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028165" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.15 Télé-faune</w:t>
+          <w:t>P378/A1/8.14 En route vers…</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186695 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028165 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="548BE38C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="37416935" w14:textId="59431B1E" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186696" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028166" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.16 Jardins d’ici</w:t>
+          <w:t>P378/A1/8.15 Télé-faune</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186696 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028166 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15A54628" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="636DDD82" w14:textId="4CFC631A" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186697" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028167" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.17 Vert les jardins</w:t>
+          <w:t>P378/A1/8.16 Jardins d’ici</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186697 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028167 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00812D46" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="08D7BA78" w14:textId="1237CFA4" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186698" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028168" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.18 Flambant 9</w:t>
+          <w:t>P378/A1/8.17 Vert les jardins</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186698 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028168 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76B28781" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="571932D5" w14:textId="7426ECFA" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186699" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028169" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.19 Racisme au Lac</w:t>
+          <w:t>P378/A1/8.18 Flambant 9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186699 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028169 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A055F18" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7CBFF9C8" w14:textId="7C2BDD9C" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186700" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028170" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.20 Employeurs, travailleurs, les accidents de travail, c’est quoi?</w:t>
+          <w:t>P378/A1/8.19 Racisme au Lac</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186700 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028170 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B1DEB11" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6BDE56C7" w14:textId="22611AFD" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186701" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028171" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.21 Route des Bleuets</w:t>
+          <w:t>P378/A1/8.20 Employeurs, travailleurs, les accidents de travail, c’est quoi?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186701 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028171 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45CFD2BA" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4BB40A80" w14:textId="15083175" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186702" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028172" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.22 L’opinion de M. Brassard</w:t>
+          <w:t>P378/A1/8.21 Route des Bleuets</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186702 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028172 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50D4049C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5503B43B" w14:textId="129F35F0" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186703" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028173" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.23 Contes et légendes</w:t>
+          <w:t>P378/A1/8.22 L’opinion de M. Brassard</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186703 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028173 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70C1A2BF" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0A260C36" w14:textId="68853230" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186704" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028174" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.24 Alimentaire mon cher Watson</w:t>
+          <w:t>P378/A1/8.23 Contes et légendes</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186704 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028174 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F8D5D91" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="70AF1FBF" w14:textId="21FDE538" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186705" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028175" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.25 Trésors cachés du Lac-Saint-Jean</w:t>
+          <w:t>P378/A1/8.24 Alimentaire mon cher Watson</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186705 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028175 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D4B57F7" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0961E211" w14:textId="16049446" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186706" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028176" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.26 L’ABC de la beauté</w:t>
+          <w:t>P378/A1/8.25 Trésors cachés du Lac-Saint-Jean</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186706 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028176 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E7AAC32" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0B2A6D70" w14:textId="7EE5286B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186707" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028177" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.27 Mod’emploi</w:t>
+          <w:t>P378/A1/8.26 L’ABC de la beauté</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186707 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028177 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="532CD19B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="75B50B32" w14:textId="6B8341CA" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186708" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028178" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.28 Mission : organismes</w:t>
+          <w:t>P378/A1/8.27 Mod’emploi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186708 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028178 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7972002C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3D7B6F21" w14:textId="331F291B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186709" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028179" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.29 Éco-logique</w:t>
+          <w:t>P378/A1/8.28 Mission : organismes</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186709 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028179 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="257D8229" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="43632978" w14:textId="29B065C5" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186710" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028180" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.30 Un demi-siècle de culture</w:t>
+          <w:t>P378/A1/8.29 Éco-logique</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186710 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028180 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5AF72134" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4E3AAA53" w14:textId="10E842C8" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186711" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028181" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.31 Générations.com</w:t>
+          <w:t>P378/A1/8.30 Un demi-siècle de culture</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186711 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028181 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55C1BE93" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3BA501CD" w14:textId="4C0DB993" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186712" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028182" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.32 Point de vue</w:t>
+          <w:t>P378/A1/8.31 Générations.com</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186712 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028182 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04B902D2" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4442F289" w14:textId="051B47D6" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186713" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028183" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.33 Fréquence culturelle</w:t>
+          <w:t>P378/A1/8.32 Point de vue</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186713 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028183 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48ADD79A" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="575F3C2C" w14:textId="3CE5979B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186714" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028184" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.34 Y faut qu’on en parle</w:t>
+          <w:t>P378/A1/8.33 Fréquence culturelle</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186714 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028184 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50351A51" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7B944BFB" w14:textId="4994481F" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186715" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028185" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.35 Parfum de vanille</w:t>
+          <w:t>P378/A1/8.34 Y faut qu’on en parle</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186715 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028185 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="203F7A6E" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0333E0E3" w14:textId="7F2B0A01" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186716" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028186" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.36 Chercheurs de Dieu</w:t>
+          <w:t>P378/A1/8.35 Parfum de vanille</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186716 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028186 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E48A21B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="78470BF3" w14:textId="7516B2BC" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186717" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028187" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.37 Marc-André et ses gadgets</w:t>
+          <w:t>P378/A1/8.36 Chercheurs de Dieu</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186717 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028187 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="037FBEFA" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="58A25EEA" w14:textId="152ECEEF" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186718" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028188" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.38 Mise à jour</w:t>
+          <w:t>P378/A1/8.37 Marc-André et ses gadgets</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186718 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028188 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56CE3624" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="68202EAB" w14:textId="146A9F04" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186719" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028189" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.39 Regard sur nos artistes</w:t>
+          <w:t>P378/A1/8.38 Mise à jour</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186719 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028189 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FFFDB32" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="35AB3308" w14:textId="4B3B4E8B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186720" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028190" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.40 Le député vous informe</w:t>
+          <w:t>P378/A1/8.39 Regard sur nos artistes</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186720 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028190 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5588D804" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="03D19CBE" w14:textId="01D76E5A" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186721" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028191" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.41 Aux portes de la prévention</w:t>
+          <w:t>P378/A1/8.40 Le député vous informe</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186721 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028191 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7DD3FCE6" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="1B76C88B" w14:textId="643258C4" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186722" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028192" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.42 Conferentsia</w:t>
+          <w:t>P378/A1/8.41 Aux portes de la prévention</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186722 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028192 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4899EF87" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="36F833B8" w14:textId="3CDB9ED9" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186723" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028193" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.43 Flash voyage</w:t>
+          <w:t>P378/A1/8.42 Conferentsia</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186723 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028193 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5486DE24" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6AE4EEA9" w14:textId="0590C1D0" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186724" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028194" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.44 Improvisation</w:t>
+          <w:t>P378/A1/8.43 Flash voyage</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186724 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028194 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5504EB96" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6BA4BAE9" w14:textId="3B81832E" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186725" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028195" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.45 Dossiers en bref</w:t>
+          <w:t>P378/A1/8.44 Improvisation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186725 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028195 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="38CEB189" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="29A35DAE" w14:textId="749240C0" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186726" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028196" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.46 Jeun’opinion</w:t>
+          <w:t>P378/A1/8.45 Dossiers en bref</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186726 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028196 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C7D98A7" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7B4D9860" w14:textId="6D3A2D2D" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186727" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028197" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.47 La route des fourrures</w:t>
+          <w:t>P378/A1/8.46 Jeun’opinion</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186727 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028197 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29562E3D" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6ADB959B" w14:textId="287C6D24" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186728" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028198" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.48 57 Minutes d’infos</w:t>
+          <w:t>P378/A1/8.47 La route des fourrures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186728 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028198 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A389F77" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="05074988" w14:textId="1CE4BE6E" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186729" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028199" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.49 Restez éveillés, prévenez les incendies</w:t>
+          <w:t>P378/A1/8.48 57 Minutes d’infos</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186729 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028199 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="194A991C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="039CA161" w14:textId="1B0121D4" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186730" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028200" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.50 Autre temps autrement</w:t>
+          <w:t>P378/A1/8.49 Restez éveillés, prévenez les incendies</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186730 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028200 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5DE08AD5" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="2AE7B7D8" w14:textId="3E681CA6" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186731" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028201" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.51 Les chronique du notaire</w:t>
+          <w:t>P378/A1/8.50 Autre temps autrement</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186731 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028201 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A3AE80C" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="16849663" w14:textId="53149C5F" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186732" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028202" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.52 SOS Climat</w:t>
+          <w:t>P378/A1/8.51 Les chronique du notaire</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186732 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028202 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10E4BF99" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="778A214A" w14:textId="4E145970" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186733" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028203" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.53 Comment observer les oiseaux</w:t>
+          <w:t>P378/A1/8.52 SOS Climat</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186733 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028203 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3296FCA4" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="092BFF1C" w14:textId="1696FC98" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186734" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028204" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8.54 Santé vous bien</w:t>
+          <w:t>P378/A1/8.53 Comment observer les oiseaux</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186734 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028204 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6566F1EC" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="77E685F2" w14:textId="780E7AAC" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186735" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028205" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Les Lundis des Raconteux</w:t>
+          <w:t>P378/A1/8.54 Santé vous bien</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186735 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028205 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="395BDC7A" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="61AD9EA1" w14:textId="318FBB04" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186736" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028206" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Dolbeau-Mistassini : Perspectives 125</w:t>
+          <w:t>P378/A1/8. Les Lundis des Raconteux</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186736 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028206 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="142603D2" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="5CAB814B" w14:textId="7774A5C1" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186737" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028207" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Option Régions</w:t>
+          <w:t>P378/A1/8. Dolbeau-Mistassini : Perspectives 125</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186737 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028207 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="116D5E6B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3A8C0F49" w14:textId="3571C1CB" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186738" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028208" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Accès MRC</w:t>
+          <w:t>P378/A1/8. Option Régions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186738 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028208 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2BCBDB28" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="2A3332B8" w14:textId="57EC7A65" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186739" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028209" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Le Bol d’or</w:t>
+          <w:t>P378/A1/8. Accès MRC</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186739 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028209 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="46A34E6B" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="092D9676" w14:textId="41AADAFB" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186740" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028210" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Qu’en pensez-vous?</w:t>
+          <w:t>P378/A1/8. Le Bol d’or</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186740 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028210 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="02044441" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="34F1E9A3" w14:textId="53BF2A5B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186741" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028211" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. La Vitrine Culturelle</w:t>
+          <w:t>P378/A1/8. Qu’en pensez-vous?</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186741 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028211 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78BB1BDF" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3F9CD19B" w14:textId="1EEB05B7" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186742" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028212" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Électron Libre</w:t>
+          <w:t>P378/A1/8. La Vitrine Culturelle</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186742 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028212 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D2924F0" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7E21F468" w14:textId="747F372D" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186743" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028213" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Le Show du Nord du Lac</w:t>
+          <w:t>P378/A1/8. Électron Libre</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186743 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028213 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E7ADD62" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="77AA3675" w14:textId="4CF37CE7" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186744" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028214" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Près de chez-soi</w:t>
+          <w:t>P378/A1/8. Le Show du Nord du Lac</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186744 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028214 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A8BDC67" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="57F8304C" w14:textId="37F8A497" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186745" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028215" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Conférence AQDR St-Félicien</w:t>
+          <w:t>P378/A1/8. Près de chez-soi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186745 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028215 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62935985" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="6761AEF2" w14:textId="19797F97" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186746" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028216" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Sciences Questions Actions</w:t>
+          <w:t>P378/A1/8. Conférence AQDR St-Félicien</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186746 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028216 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49DE3821" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="298163DD" w14:textId="2B7A5370" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186747" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028217" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Nouvelles du Haut-du-Lac</w:t>
+          <w:t>P378/A1/8. Sciences Questions Actions</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186747 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028217 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D1C2AA5" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="63E0E8FA" w14:textId="38128AEF" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186748" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028218" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. La Liste</w:t>
+          <w:t>P378/A1/8. Nouvelles du Haut-du-Lac</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186748 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028218 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C9CE1EB" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="4656BAE7" w14:textId="61218BB2" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186749" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028219" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. ADOssez-vous</w:t>
+          <w:t>P378/A1/8. La Liste</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186749 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028219 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5993D673" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="084D01F8" w14:textId="1565B43B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186750" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028220" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Studio chez soi</w:t>
+          <w:t>P378/A1/8. ADOssez-vous</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186750 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028220 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1796F124" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="0D51369A" w14:textId="570BA679" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186751" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028221" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Les Passionnés</w:t>
+          <w:t>P378/A1/8. Studio chez soi</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186751 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028221 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="14ADB31E" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7FA86B90" w14:textId="5DAF02C2" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186752" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028222" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Dany Sauvageau, sauver sa peau</w:t>
+          <w:t>P378/A1/8. Les Passionnés</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186752 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028222 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66BD52D9" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7B33674C" w14:textId="75942832" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186753" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028223" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Agir pour l’avenir</w:t>
+          <w:t>P378/A1/8. Dany Sauvageau, sauver sa peau</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186753 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028223 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08203D94" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="7E0ED5B4" w14:textId="0510ED70" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186754" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028224" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A1/8. Ose le Pays des Bleuets</w:t>
+          <w:t>P378/A1/8. Agir pour l’avenir</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186754 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028224 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57E71C13" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="1A29476A" w14:textId="1FD9306D" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186755" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028225" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
+          <w:t>P378/A1/8. Ose le Pays des Bleuets</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028225 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3CA56C13" w14:textId="6FEE084B" w:rsidR="002F3709" w:rsidRDefault="002F3709">
+      <w:pPr>
+        <w:pStyle w:val="TM3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc217028226" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
           <w:t>P378/A1/9 : Publicités</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186755 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028226 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="582CDF6A" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="312FE214" w14:textId="1FC6D58C" w:rsidR="002F3709" w:rsidRDefault="002F3709">
+      <w:pPr>
+        <w:pStyle w:val="TM3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc217028227" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Les fichiers MOV n’ouvrent pas car ils sont encodés cvid et ce n’est pas supporté.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028227 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1500F68E" w14:textId="213474A6" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186756" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028228" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P378/A2</w:t>
+          <w:t>P378/A2 Audiovisuel né numérique</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186756 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028228 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C83CF88" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="60FF5E88" w14:textId="635C667D" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186757" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028229" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A2/1 :</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186757 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028229 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77BD6F11" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="3FDA630B" w14:textId="0008208E" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186758" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028230" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/A2/2 :</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186758 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028230 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="395AD723" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="38167C75" w14:textId="69AFEF34" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186759" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028231" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/B Données</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186759 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028231 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6CFC2C35" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="51B157B7" w14:textId="37614FE0" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186760" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028232" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/B1 Données sur disques</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186760 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028232 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2138ECEF" w14:textId="77777777" w:rsidR="00F92F27" w:rsidRDefault="00F92F27">
+    <w:p w14:paraId="1B7EDEB3" w14:textId="200452E2" w:rsidR="002F3709" w:rsidRDefault="002F3709">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc26186761" w:history="1">
-        <w:r w:rsidRPr="004751F5">
+      <w:hyperlink w:anchor="_Toc217028233" w:history="1">
+        <w:r w:rsidRPr="00807BC2">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P378/B1/1 : Documents numériques</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc26186761 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217028233 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>23</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FE65415" w14:textId="77777777" w:rsidR="00BD4041" w:rsidRPr="00A674F8" w:rsidRDefault="00BD4041" w:rsidP="00923766">
+    <w:p w14:paraId="1FE65415" w14:textId="6D323CFC" w:rsidR="00BD4041" w:rsidRPr="00A674F8" w:rsidRDefault="00BD4041" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="62347980" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc26186663"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc217028133"/>
       <w:r w:rsidRPr="00A674F8">
         <w:lastRenderedPageBreak/>
         <w:t>PRÉSENTATION DU FONDS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="12261578" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A125AA2" w14:textId="77777777" w:rsidR="00931389" w:rsidRDefault="007F33D1" w:rsidP="00923766">
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="003E425D">
         <w:t>378</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Fonds </w:t>
       </w:r>
       <w:r w:rsidR="003E425D">
         <w:t>Société d’information Lac-Saint-Jean</w:t>
       </w:r>
       <w:r w:rsidR="00931389" w:rsidRPr="00A674F8">
@@ -7580,89 +7878,74 @@
     </w:p>
     <w:p w14:paraId="600BC02C" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="00923766"/>
     <w:p w14:paraId="0F15BD34" w14:textId="10E076D1" w:rsidR="001363E8" w:rsidRPr="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001363E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Collation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8B0F3E" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
-    <w:p w14:paraId="652883D1" w14:textId="37D4C12C" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
+    <w:p w14:paraId="652883D1" w14:textId="12734D25" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
       <w:r>
-        <w:t>Donation initiale (fichiers acquis en 2019, signature du contrat le 11 novembre 2025):</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>Donation initiale (fichiers acquis en 2019, signature du contrat le 11 novembre 2025)</w:t>
+      </w:r>
+      <w:r w:rsidR="0088352A">
+        <w:t> </w:t>
+      </w:r>
       <w:r>
-        <w:t>6 357 fichiers numériques sur serveur seulement (images en mouvement avec audio (à combiner)) pour 1,34 To</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380E4565" w14:textId="77777777" w:rsidR="0088352A" w:rsidRDefault="0088352A" w:rsidP="001363E8"/>
+    <w:p w14:paraId="22F44234" w14:textId="77777777" w:rsidR="0088352A" w:rsidRDefault="0088352A" w:rsidP="0088352A">
       <w:r>
-        <w:t xml:space="preserve">Durée totale : 158 heures, 15 minutes et 3 secondes (9495,05 minutes) d'images en mouvement. </w:t>
-[...9 lines deleted...]
-      </w:hyperlink>
+        <w:t>– [</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>1979]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>2010. – 929 heures et 21 minutes d’images en mouvement (total de 1811 fichiers vidéo). – 2 listes de lecture. – 10 minutes et 43 secondes d’enregistrements sonores (14 fichiers audio). – 146 fichiers PDF (60,64 Mo). – 335 documents Word (4,448 Mo). – 4 fichiers TXT (4,737 Ko). – 4 images BMP (11,73 Mo). – un total de 1,33 To.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0D2BE1FB" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00A674F8" w:rsidRDefault="00931389" w:rsidP="00923766"/>
     <w:p w14:paraId="67890797" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Notice biographique</w:t>
       </w:r>
       <w:r w:rsidR="00A674F8" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / Histoire administrative</w:t>
       </w:r>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
@@ -7780,55 +8063,55 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39A0858F" w14:textId="77777777" w:rsidR="00050170" w:rsidRDefault="00050170" w:rsidP="00923766"/>
     <w:p w14:paraId="5E30908B" w14:textId="77777777" w:rsidR="00922E8E" w:rsidRDefault="001153BB" w:rsidP="00923766">
       <w:r w:rsidRPr="001153BB">
         <w:t xml:space="preserve">Ce fonds est constitué </w:t>
       </w:r>
       <w:r w:rsidR="003E425D">
         <w:t xml:space="preserve">d’émissions numériques de la Télévision communautaire de Dolbeau-Mistassini, aussi connue sous le nom de Société d’information du Lac-Saint-Jean. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EA6EBB" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="00923766"/>
     <w:p w14:paraId="7EE38F17" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
       <w:r>
         <w:t xml:space="preserve">La donation initiale cédée officiellement le 11 novembre 2025 regroupe les productions de la Télé communautaire de Dolbeau-Mistassini (Société d’information Lac-Saint-Jean) réalisées entre 1979 et 2010. Le fonds témoigne de la vie sociale, politique, religieuse, économique et culturelle de la région de Maria-Chapdelaine. On y retrouve des émissions d’information (vidéos nées numériques) comme Le Babillard, Vos Élites vous parlent, Croire aujourd’hui, Actualité en image et </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Démokratia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, ainsi que la captation de conseils municipaux de Dolbeau-Mistassini et de séances de la MRC de Maria-Chapdelaine. Le corpus comprend aussi des émissions sur la forêt, des reportages sur des entreprises et </w:t>
+        <w:t xml:space="preserve">, ainsi que la captation de conseils municipaux de Dolbeau-Mistassini et de séances de la MRC de Maria-Chapdelaine. Le corpus comprend aussi des émissions sur la forêt, des reportages sur des entreprises et organismes, des capsules sur les élections, des fêtes et festivals, des activités sportives, des </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>organismes, des capsules sur les élections, des fêtes et festivals, des activités sportives, des événements culturels et des publicités locales. Enfin, on y trouve des capsules historiques de Saint-Thomas-Didyme avec M. Darveau.</w:t>
+        <w:t>événements culturels et des publicités locales. Enfin, on y trouve des capsules historiques de Saint-Thomas-Didyme avec M. Darveau.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AF5543F" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8"/>
     <w:p w14:paraId="61C8A595" w14:textId="30ADEE7F" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
       <w:r>
         <w:t>Des ajouts par versements périodiques sont à venir. À discuter avec l'organisme donateur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08261D49" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766"/>
     <w:p w14:paraId="393E2581" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Instrument de recherche :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2031913E" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766"/>
     <w:p w14:paraId="289DC706" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRDefault="001153BB" w:rsidP="00923766">
       <w:r>
@@ -7929,106 +8212,164 @@
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51C98311" w14:textId="77777777" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
       <w:r>
         <w:t xml:space="preserve">Serveur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Voute:K</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="56B0CCDE" w14:textId="3AB60A6D" w:rsidR="001363E8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
       <w:r>
         <w:t>Accessible par les archivistes uniquement (demander un transfert sur disque dur externe)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="519C3B96" w14:textId="2CC0EE6E" w:rsidR="001363E8" w:rsidRPr="00A674F8" w:rsidRDefault="001363E8" w:rsidP="001363E8">
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="001363E8">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve">"K:\Fonds d'archives\P378 Fonds Societe </w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="001363E8">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>dinfo</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidRPr="001363E8">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t xml:space="preserve"> LSJ"</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="65797503" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="7F8AD5A5" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3307D1" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc26186664"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc217028134"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>Documents</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="00BB1123">
         <w:t>udiovisuels</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="1CBF8D8F" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="1CBF8D8F" w14:textId="548D2112" w:rsidR="00C70C4E" w:rsidRDefault="00847BF7" w:rsidP="00923766">
+      <w:r>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB15A4">
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DB15A4">
+        <w:t>1979]-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DB15A4">
+        <w:t>2010</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. – 929 heures et 21 minutes d’images en mouvement</w:t>
+      </w:r>
+      <w:r w:rsidR="00514E1A">
+        <w:t xml:space="preserve"> (total de </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB15A4">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00446E92">
+        <w:t>811</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB15A4">
+        <w:t xml:space="preserve"> fichiers vidéo)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB15A4">
+        <w:t xml:space="preserve">– 2 listes de lecture. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>– 10 minutes et 43 secondes d’enregistrements sonores</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB15A4">
+        <w:t xml:space="preserve"> (14 fichiers audio)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00514E1A">
+        <w:t xml:space="preserve"> – 146 fichiers PDF (60,64 Mo). – 335 documents Word (4,448 Mo). – 4 fichiers TXT (4,737 Ko). – 4 images BMP (11,73 Mo). </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB15A4">
+        <w:t>– un total de 1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00446E92">
+        <w:t>33</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB15A4">
+        <w:t xml:space="preserve"> To.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFCBC36" w14:textId="77777777" w:rsidR="00847BF7" w:rsidRDefault="00847BF7" w:rsidP="00923766"/>
     <w:p w14:paraId="7BA65600" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00AB6798" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="373E40E7" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
@@ -8066,121 +8407,75 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4C9DFB" w14:textId="77777777" w:rsidR="0028732E" w:rsidRDefault="0028732E" w:rsidP="0028732E"/>
     <w:p w14:paraId="18558BA4" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00AB6798" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24DAC3CF" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="0028732E">
+    <w:p w14:paraId="24DAC3CF" w14:textId="09E292D9" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="00847BF7" w:rsidP="0028732E">
       <w:r>
-        <w:fldChar w:fldCharType="begin">
-[...45 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        <w:t>Les fichiers sans cote sont inclus dans le calcul total ci-haut, en date du 25 novembre 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77969CA2" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="00923766"/>
     <w:p w14:paraId="6803FB25" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="7BC6A3DD" w14:textId="7E67D16A" w:rsidR="001E5A46" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc26186665"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc217028135"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A1 </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00B618D0">
         <w:t>DVD</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="0E8944EF" w14:textId="77777777" w:rsidR="00B25321" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
     <w:p w14:paraId="43262AD0" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A454AED" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -8228,1019 +8523,1327 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F582603" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AA48C7" w:rsidRPr="00A674F8" w14:paraId="0929B5E1" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33B7189B" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
+          <w:p w14:paraId="33B7189B" w14:textId="6EC3C510" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="006631E6" w:rsidP="008534FB">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidRPr="006631E6">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serveur </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:proofErr w:type="gramStart"/>
+              <w:r w:rsidRPr="006631E6">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Voute:K</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:proofErr w:type="gramEnd"/>
+            </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1237D225" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRDefault="00AB6798" w:rsidP="00B321DF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Toc26186666"/>
+            <w:bookmarkStart w:id="4" w:name="_Toc217028136"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00E57F6F" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/A1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00EC65A3">
               <w:t>Politique</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w14:paraId="02859522" w14:textId="77777777" w:rsidR="00BB1123" w:rsidRDefault="00444F94" w:rsidP="00BB1123">
+          <w:p w14:paraId="02859522" w14:textId="5E52443A" w:rsidR="00BB1123" w:rsidRDefault="00444F94" w:rsidP="00BB1123">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>112</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
-              <w:t xml:space="preserve"> vidéos).</w:t>
+              <w:t xml:space="preserve"> vidéos</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> ???</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59B6FBF6" w14:textId="77777777" w:rsidR="00D53FBB" w:rsidRDefault="00D53FBB" w:rsidP="00BB1123"/>
           <w:p w14:paraId="5BECF891" w14:textId="77777777" w:rsidR="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Toc26186667"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc217028137"/>
             <w:r>
               <w:t>P378/A1/1.1 Conseils de ville</w:t>
             </w:r>
             <w:r w:rsidR="0028155F">
               <w:t xml:space="preserve"> Dolbeau-Mistassini</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
-          <w:p w14:paraId="2D08A83F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="2D08A83F" w14:textId="72DB270F" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>84</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>37</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>23</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve">68 fichiers </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>vidéos</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve"> – 102 fichiers PDF</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32BD9">
+              <w:t xml:space="preserve"> (54,4 Mo)</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>. – 60 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32BD9">
+              <w:t xml:space="preserve"> (672 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t xml:space="preserve"> – 1 document texte</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32BD9">
+              <w:t xml:space="preserve"> (267 octets)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve"> – 153 Go au total pour 235 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="402B3CFF" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="55CFE0BF" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22EDDE9F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="3018D06F" w14:textId="77777777" w:rsidR="00DE6FBD" w:rsidRDefault="00DE6FBD" w:rsidP="00444F94"/>
           <w:p w14:paraId="1A824E6F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1407B58B" w14:textId="77777777" w:rsidR="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="00BB1123"/>
           <w:p w14:paraId="06CC5856" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68658F9D" w14:textId="77777777" w:rsidR="00BB1123" w:rsidRPr="00BB1123" w:rsidRDefault="00BB1123" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Toc26186668"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc217028138"/>
             <w:r>
               <w:t>P378/A1/1.2 Conseils de la MRC</w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
-          <w:p w14:paraId="1B4378F7" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="1B4378F7" w14:textId="16943A7F" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...12 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>33</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> heures</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve"> 06</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898" w:rsidRPr="00995898">
-[...3 lines deleted...]
-              <w:t>vidéos).</w:t>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve">45 fichiers </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>vidéos</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D32BD9">
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>44 fichiers PDF</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32BD9">
+              <w:t xml:space="preserve"> (6,24 Mo)</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>. – 42</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E06CED">
+              <w:t>documents</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve"> Word</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32BD9">
+              <w:t xml:space="preserve"> (466 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D32BD9">
+              <w:t xml:space="preserve"> – 1 document TXT (267 octets).</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6FBD">
+              <w:t xml:space="preserve"> – 76,9 Go au total pour 132 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06846A09" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20E487A1" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A33F357" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="0C40056D" w14:textId="77777777" w:rsidR="00DE6FBD" w:rsidRDefault="00DE6FBD" w:rsidP="00444F94"/>
           <w:p w14:paraId="360B583A" w14:textId="77777777" w:rsidR="00201B4D" w:rsidRDefault="00444F94" w:rsidP="00923766">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C447A37" w14:textId="77777777" w:rsidR="00201B4D" w:rsidRDefault="00201B4D" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A118552" w14:textId="77777777" w:rsidR="00201B4D" w:rsidRDefault="00201B4D" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D345FA6" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="00BB1123" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Toc26186669"/>
+            <w:bookmarkStart w:id="7" w:name="_Toc217028139"/>
             <w:r>
               <w:t>P378/A1/1.3 Autres conseils de ville</w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
-          <w:p w14:paraId="4D463A5F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
-            <w:r>
+          <w:p w14:paraId="1850320B" w14:textId="14578FD4" w:rsidR="00E06CED" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>1 vidéo</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>).</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-          </w:p>
+            <w:r w:rsidR="00E06CED">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61A61B3D" w14:textId="77777777" w:rsidR="00E06CED" w:rsidRPr="00E06CED" w:rsidRDefault="00E06CED" w:rsidP="00444F94"/>
           <w:p w14:paraId="448C91F8" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FC8BDD2" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="3326FC41" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79A810B8" w14:textId="77777777" w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="00923766">
+          <w:p w14:paraId="79A810B8" w14:textId="662C20BA" w:rsidR="00B73FD9" w:rsidRDefault="00E06CED" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Aucun fichier.</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Inexistant.</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3F964B25" w14:textId="77777777" w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03CD9E4A" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="_Toc26186670"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc217028140"/>
             <w:r>
               <w:t>P378/A1/1.4</w:t>
             </w:r>
             <w:r w:rsidR="00EC65A3">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F4D57">
               <w:t>Élections</w:t>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
-          <w:p w14:paraId="023E3A2E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="67FC280A" w14:textId="0D45421E" w:rsidR="00E06CED" w:rsidRDefault="00444F94" w:rsidP="00E06CED">
+            <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00E06CED">
+              <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00E06CED">
+              <w:t>54</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00E06CED">
+              <w:t>58</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...5 lines deleted...]
-          </w:p>
+            <w:r w:rsidR="00E06CED">
+              <w:t>20 fichiers vidéo MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06CED">
+              <w:t xml:space="preserve"> – 7 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (78 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06CED">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00211219">
+              <w:t xml:space="preserve"> – 22,6 Go au total pour 27 fichiers.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="023E3A2E" w14:textId="4F98FADF" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="284A9A27" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5108A0C9" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="530D2EF6" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="3BCF7B71" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21BF835B" w14:textId="77777777" w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="002F4D57"/>
           <w:p w14:paraId="4B1F03B6" w14:textId="77777777" w:rsidR="00B73FD9" w:rsidRDefault="00B73FD9" w:rsidP="002F4D57"/>
           <w:p w14:paraId="7FDE4C28" w14:textId="77777777" w:rsidR="002F4D57" w:rsidRDefault="002F4D57" w:rsidP="002F4D57">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Toc26186671"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc217028141"/>
             <w:r>
               <w:t>P378/A1/1.5 Politiciens</w:t>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
-          <w:p w14:paraId="0E1CA214" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="0E1CA214" w14:textId="01551FD2" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00211219">
+              <w:t>07</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00211219">
+              <w:t>55</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00211219">
+              <w:t>43</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00211219">
+              <w:t>8 fichiers vidéo MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00211219">
+              <w:t xml:space="preserve"> – 3 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (33,3 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00211219">
+              <w:t>. – 9,09 Go au total pour 11 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B82A35E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5DC23FA3" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00103F0A" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="0A4F088D" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="3A8E87A0" w14:textId="77777777" w:rsidR="00E06CED" w:rsidRDefault="00E06CED" w:rsidP="00444F94"/>
+          <w:p w14:paraId="3B1B8EA6" w14:textId="77777777" w:rsidR="00211219" w:rsidRDefault="00211219" w:rsidP="00444F94"/>
+          <w:p w14:paraId="5D1568C7" w14:textId="22130599" w:rsidR="00E06CED" w:rsidRDefault="00E06CED" w:rsidP="00444F94">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Demokratia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t> : à déplacer dans Émissions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A711849" w14:textId="396C54F8" w:rsidR="00211219" w:rsidRDefault="00211219" w:rsidP="00211219">
+            <w:r>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>années.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="000C0BAC">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> heures </w:t>
+            </w:r>
+            <w:r w:rsidR="000C0BAC">
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> minutes et </w:t>
+            </w:r>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="000C0BAC">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="000C0BAC">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> fichiers vidéo MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> – 2 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (23 Ko)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
+            <w:r w:rsidR="000C0BAC">
+              <w:t>5,56</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Go au total pour </w:t>
+            </w:r>
+            <w:r w:rsidR="000C0BAC">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> fichiers.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2F6573" w14:textId="77777777" w:rsidR="00E06CED" w:rsidRDefault="00E06CED" w:rsidP="00444F94"/>
           <w:p w14:paraId="1507B942" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="645AC44D" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="38396F0C" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="20333C53" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
+          <w:p w14:paraId="510291FA" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Serveur </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voute:K</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA70A9F" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20333C53" w14:textId="254F57B2" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Disque dur externe SHGMC Archives</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>accessible</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par les archivistes uniquement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="689E0FD8" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="_Toc26186672"/>
+            <w:bookmarkStart w:id="10" w:name="_Toc217028142"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/A1/2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00561EAD">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="000F7C76" w:rsidRPr="000F7C76">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Ressources naturelles</w:t>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
-          <w:p w14:paraId="12D2CD8E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="12D2CD8E" w14:textId="05C5974C" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>60</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...12 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> minutes et</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> 29</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>99</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve">fichiers </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> – 38 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (427 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t>. – 118 Go au total pour 137 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C246C45" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C5A68EF" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="137878CF" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="0FBF6AD4" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
-          </w:p>
-[...20 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p w14:paraId="226062B8" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00923766"/>
           <w:p w14:paraId="66B7E783" w14:textId="77777777" w:rsidR="000F7C76" w:rsidRDefault="000F7C76" w:rsidP="00923766"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561EAD" w:rsidRPr="00A674F8" w14:paraId="237E967A" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0E65ECC3" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="008534FB">
+          <w:p w14:paraId="004A7D15" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Serveur </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voute:K</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44AD4BC5" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E65ECC3" w14:textId="4740A6CC" w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Disque dur externe SHGMC Archives</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>accessible</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par les archivistes uniquement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7738C0AA" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRDefault="00AB6798" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="11" w:name="_Toc26186673"/>
+            <w:bookmarkStart w:id="11" w:name="_Toc217028143"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD" w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD" w:rsidRPr="00EC65A3">
               <w:t xml:space="preserve">3 : </w:t>
             </w:r>
             <w:r w:rsidR="00EC65A3" w:rsidRPr="00EC65A3">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Événements</w:t>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
-          <w:p w14:paraId="57443311" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
-[...52 lines deleted...]
-          <w:p w14:paraId="6E67F002" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
+          <w:p w14:paraId="6E67F002" w14:textId="34B610C7" w:rsidR="00EC65A3" w:rsidRDefault="00405245" w:rsidP="00EC65A3">
+            <w:r w:rsidRPr="00405245">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>– années.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00405245">
+              <w:t xml:space="preserve"> – 67 heures 13 minutes et 48 secondes d’images en mouvement (84 fichiers vidéo MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00405245">
+              <w:t>). – 48 documents Word. – 153 Go au total pour 148 fichiers.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03DBD4B3" w14:textId="77777777" w:rsidR="00405245" w:rsidRDefault="00405245" w:rsidP="00EC65A3"/>
           <w:p w14:paraId="246F7EF4" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="_Toc26186674"/>
+            <w:bookmarkStart w:id="12" w:name="_Toc217028144"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P378/A1/3.1 Festivals</w:t>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
-          <w:p w14:paraId="646624CA" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="646624CA" w14:textId="033B97AC" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>60</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>32</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>75 fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> – 41 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (456 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t>. – 135 Go au total pour 132 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D9E4488" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7BB7E580" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58EC665F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="0020228F" w14:textId="77777777" w:rsidR="00C25074" w:rsidRDefault="00444F94" w:rsidP="00EC65A3">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
@@ -9256,259 +9859,348 @@
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Pour voir d’autres images de festivals, voir l’émission Été Bleu à la cote …</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34739C2A" w14:textId="77777777" w:rsidR="00C25074" w:rsidRDefault="00C25074" w:rsidP="00EC65A3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="523ACAF4" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="13" w:name="_Toc26186675"/>
+            <w:bookmarkStart w:id="13" w:name="_Toc217028145"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P378/A1/3.2 Fêtes diverses</w:t>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
-          <w:p w14:paraId="3488C85C" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="3488C85C" w14:textId="03A8BDA0" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>06</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>59</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>16</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>9 fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> – 7 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (77,6 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t>. – 18 Go au total pour 16 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E7B4377" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59D82876" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54951700" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="76A0368F" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p w14:paraId="485D483E" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
           <w:p w14:paraId="3DA95069" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w14:paraId="28D746D5" w14:textId="77777777" w:rsidTr="00EC65A3">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5F80FD" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="00934CC0">
+          <w:p w14:paraId="7A2A1812" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>Disque dur externe SHGMC Archives</w:t>
+              <w:t xml:space="preserve">Serveur </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voute:K</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BEA70D0" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A5F80FD" w14:textId="2BF6A239" w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>accessible</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par les archivistes uniquement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4CE44C5E" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="14" w:name="_Toc26186676"/>
+            <w:bookmarkStart w:id="14" w:name="_Toc217028146"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC65A3">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Sports</w:t>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
-          <w:p w14:paraId="6D527F8C" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="6D527F8C" w14:textId="078088AC" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>75</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>29</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00405245">
+              <w:t>81</w:t>
+            </w:r>
+            <w:r w:rsidR="005E3F86">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t>fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve"> – 24 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (268 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t>. – 1</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t xml:space="preserve">document </w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t>TXT (126 octets)</w:t>
+            </w:r>
+            <w:r w:rsidR="00405245">
+              <w:t>. – 79,7 Go au total pour 106 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10F4100E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E1895AA" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10329DE3" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="00DFBC26" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
@@ -9518,571 +10210,1078 @@
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2241B780" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E297E18" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F03B4" w:rsidRPr="00A674F8" w14:paraId="11C12946" w14:textId="77777777" w:rsidTr="00EC65A3">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="65C52EF2" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRPr="00A674F8" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
+          <w:p w14:paraId="56EEDADD" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Disque dur externe SHGMC Archives</w:t>
+              <w:t xml:space="preserve">Serveur </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voute:K</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244F4720" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65C52EF2" w14:textId="10684D40" w:rsidR="006F03B4" w:rsidRPr="00A674F8" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>accessible</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par les archivistes uniquement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58A6E463" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRPr="0028155F" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="15" w:name="_Toc26186677"/>
+            <w:bookmarkStart w:id="15" w:name="_Toc217028147"/>
             <w:r w:rsidRPr="0028155F">
               <w:t>P378/A1/</w:t>
             </w:r>
             <w:r w:rsidR="0028155F" w:rsidRPr="0028155F">
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0028155F">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="0028155F" w:rsidRPr="0028155F">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Organismes</w:t>
             </w:r>
             <w:r w:rsidR="00DA7B0A">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> et entreprises</w:t>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
-          <w:p w14:paraId="15948814" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="15948814" w14:textId="65EB9A4E" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>198</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>31</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>08</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>243 fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t xml:space="preserve"> – 53 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (594 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>. – 175 Go au total pour 296 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E352022" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="571EB362" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FD49A55" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
           <w:p w14:paraId="2A317FA7" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47FAFC2A" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="47FAFC2A" w14:textId="5A61EFF2" w:rsidR="006F03B4" w:rsidRDefault="001B2897" w:rsidP="001B2897">
+            <w:r>
+              <w:t xml:space="preserve">L’audio et l’image ont parfois été fusionnés pour créer un seul fichier vidéo, dans le cas des MKV. </w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="02A8B094" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C8ABEA9" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRPr="00EC65A3" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0028155F" w:rsidRPr="00A674F8" w14:paraId="121272FF" w14:textId="77777777" w:rsidTr="00934CC0">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3A591EAC" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="00A674F8" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
+          <w:p w14:paraId="74F73863" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Disque dur externe SHGMC Archives</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Serveur </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voute:K</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3B3031" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A591EAC" w14:textId="38B495F4" w:rsidR="0028155F" w:rsidRPr="00A674F8" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>accessible</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par les archivistes uniquement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07FA87D3" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
-[...23 lines deleted...]
-          <w:p w14:paraId="31396D3D" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
+          <w:p w14:paraId="31396D3D" w14:textId="5E672A3D" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="032090DC" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+            <w:bookmarkStart w:id="16" w:name="_Toc217028148"/>
+            <w:r>
+              <w:t>P378</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E65A9">
+              <w:t xml:space="preserve">/A1/6 : </w:t>
+            </w:r>
+            <w:r w:rsidR="006E65A9" w:rsidRPr="006E65A9">
+              <w:rPr>
+                <w:rStyle w:val="Textedelespacerserv"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Culture</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="16"/>
+          </w:p>
+          <w:p w14:paraId="032090DC" w14:textId="3676C791" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>77</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>09</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>86 fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t xml:space="preserve"> – 40 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (447 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>. – 1</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>image BMP</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (10,7 Mo)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB16CE">
+              <w:t>. – 123 Go au total pour 127 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1361F748" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="305830D8" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="425694FA" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="425694FA" w14:textId="01936B06" w:rsidR="00444F94" w:rsidRDefault="00BB16CE" w:rsidP="00444F94">
+            <w:r>
+              <w:t xml:space="preserve">Image BMP : Affiche noir et blanc tournoi provincial d’impro Le Bol d’or mai 2006 à Dolbeau-Mistassini. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="464E397F" w14:textId="77777777" w:rsidR="00BB16CE" w:rsidRDefault="00BB16CE" w:rsidP="00444F94"/>
           <w:p w14:paraId="0E9E11BE" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="611B4E1C" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="00934CC0">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="611B4E1C" w14:textId="01C6E569" w:rsidR="0028155F" w:rsidRDefault="001B2897" w:rsidP="001B2897">
+            <w:r>
+              <w:t xml:space="preserve">L’audio et l’image ont parfois été fusionnés pour créer un seul fichier vidéo, dans le cas des MKV. </w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6F9068D4" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="00EC65A3" w:rsidRDefault="0028155F" w:rsidP="00444F94">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E65A9" w:rsidRPr="00A674F8" w14:paraId="31BEF6BB" w14:textId="77777777" w:rsidTr="006E65A9">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="68D25C5A" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRPr="00A674F8" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
+          <w:p w14:paraId="7B71522C" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Disque dur externe SHGMC Archives</w:t>
+              <w:t xml:space="preserve">Serveur </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voute:K</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="456A56B9" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68D25C5A" w14:textId="1B8DD10C" w:rsidR="006E65A9" w:rsidRPr="00A674F8" w:rsidRDefault="005E3F86" w:rsidP="005E3F86">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>accessible</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par les archivistes uniquement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="692DDFFB" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRPr="00EC65A3" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="17" w:name="_Toc26186679"/>
+            <w:bookmarkStart w:id="17" w:name="_Toc217028149"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC65A3">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC65A3">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Banques d’images</w:t>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
-          <w:p w14:paraId="1FF6809E" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
+          <w:p w14:paraId="1FF6809E" w14:textId="26886C3F" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>années.</w:t>
+            <w:r w:rsidR="002E64E8" w:rsidRPr="002E64E8">
+              <w:t>2003-2006</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E64E8">
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...26 lines deleted...]
-            <w:r>
+            <w:r w:rsidR="00B44FA2" w:rsidRPr="00B44FA2">
+              <w:t>72 heures</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2" w:rsidRPr="00B44FA2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2" w:rsidRPr="00B44FA2">
+              <w:t xml:space="preserve">5 minutes </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t xml:space="preserve">et </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2" w:rsidRPr="00B44FA2">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2" w:rsidRPr="00B44FA2">
+              <w:t xml:space="preserve"> secondes</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>d’images en mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00B44FA2">
+              <w:t>80 fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t xml:space="preserve"> AVI, 1 MPG, 28</w:t>
+            </w:r>
+            <w:r w:rsidR="009B256C">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t xml:space="preserve"> de type MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B2897" w:rsidRPr="001B2897">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>pour x DVD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C6F55">
+              <w:t xml:space="preserve">– 9 minutes et 59 secondes d’enregistrements sonores (13 fichiers audio WAV). </w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t>– 76</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t>documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (856 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t>– 3</w:t>
+            </w:r>
+            <w:r w:rsidR="009C6F55">
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t>fichiers BMP</w:t>
+            </w:r>
+            <w:r w:rsidR="006F15CD">
+              <w:t xml:space="preserve"> (images)</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (1,03 Mo)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B44FA2">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="009B256C">
+              <w:t xml:space="preserve"> – 227 Go au total pour 472 fichiers en 15 dossiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EB0FE78" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="771F2FF6" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="027FDF91" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94"/>
+          <w:p w14:paraId="027FDF91" w14:textId="7251479E" w:rsidR="00444F94" w:rsidRDefault="009C6F55" w:rsidP="00444F94">
+            <w:r>
+              <w:t xml:space="preserve">Ce dossier comprend des images vidéo des sujets suivants : </w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t xml:space="preserve">Fédération </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t>2003-2004</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t xml:space="preserve">, visuel sur le bois avec survol de la forêt en hélicoptère et Bowater </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t xml:space="preserve">, images de conseil de ville de Dolbeau-Mistassini et des conseillers </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t>2005-2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t xml:space="preserve">, salle Thérèse-Plante à la Polyvalente Jean-Dolbeau </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t xml:space="preserve">, Secondaire en spectacle </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t xml:space="preserve">, des images de motoneiges </w:t>
+            </w:r>
+            <w:r w:rsidR="006F15CD">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r w:rsidR="006F15CD">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0013337C">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="0072516F">
+              <w:t xml:space="preserve">travaux publics </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0072516F">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="0072516F">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t xml:space="preserve">visuel caméra d’images diverses </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t xml:space="preserve">, visuel Péribonka qui comprend le camping, l’hôtel de ville et la marina de Péribonka en </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t xml:space="preserve">, parc industriel </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t xml:space="preserve">, plan d’urbanisme </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t>2006</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00393660">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002E64E8">
+              <w:t xml:space="preserve">émissions, génériques ou logos </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002E64E8">
+              <w:t>à partir de 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="002E64E8">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C702884" w14:textId="77777777" w:rsidR="00393660" w:rsidRDefault="00393660" w:rsidP="00444F94"/>
           <w:p w14:paraId="7EB06010" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="00444F94">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F625454" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
+          <w:p w14:paraId="4F625454" w14:textId="16F0EE23" w:rsidR="006E65A9" w:rsidRDefault="00393660" w:rsidP="006E65A9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="_Toc217028150"/>
+            <w:r w:rsidRPr="002E64E8">
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>Certaines émissions ou des génériques peuvent se retrouver à l’intérieur</w:t>
+            </w:r>
+            <w:r w:rsidR="002E64E8">
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des banques d’images et pourraient être déplacées dans </w:t>
+            </w:r>
+            <w:hyperlink w:anchor="P378A18Emissions" w:history="1">
+              <w:r w:rsidR="002E64E8" w:rsidRPr="001B2897">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                </w:rPr>
+                <w:t>Émissions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="002E64E8">
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="18"/>
+          </w:p>
+          <w:p w14:paraId="293AE761" w14:textId="2FB9BA6B" w:rsidR="002E64E8" w:rsidRPr="002E64E8" w:rsidRDefault="002E64E8" w:rsidP="002E64E8">
+            <w:r>
+              <w:t xml:space="preserve">L’audio et l’image ont parfois été fusionnés pour créer un seul fichier vidéo, dans le cas des MKV. </w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0A49F781" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52A8D34C" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRPr="00EC65A3" w:rsidRDefault="006E65A9" w:rsidP="006E65A9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w14:paraId="69FFF4BF" w14:textId="77777777" w:rsidTr="00EC65A3">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="060C41E6" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="00934CC0">
+          <w:p w14:paraId="48F2BABA" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="00934CC0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Disque dur externe SHGMC Archives</w:t>
+              <w:t xml:space="preserve">Serveur </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voute:K</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44F8E4AB" w14:textId="77777777" w:rsidR="005E3F86" w:rsidRDefault="005E3F86" w:rsidP="00934CC0">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="060C41E6" w14:textId="22F25022" w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="005E3F86" w:rsidP="00934CC0">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>accessible</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par les archivistes uniquement)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F48BF7E" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="006F03B4" w:rsidRDefault="00EC65A3" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_Toc26186680"/>
+            <w:bookmarkStart w:id="19" w:name="P378A18Emissions"/>
+            <w:bookmarkStart w:id="20" w:name="_Toc217028151"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC65A3">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F03B4">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="006F03B4" w:rsidRPr="006F03B4">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Émissions</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
-          </w:p>
+            <w:bookmarkEnd w:id="20"/>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
           <w:p w14:paraId="44E6FB52" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
@@ -10107,468 +11306,478 @@
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>426</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C445B9E" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="157BACA5" w14:textId="77777777" w:rsidR="00DD6545" w:rsidRDefault="00DD6545" w:rsidP="00DD6545">
             <w:r>
               <w:t>Lorsque plus d’une émission sur un même disque, classé dans la première.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="449AED50" w14:textId="77777777" w:rsidR="00DD6545" w:rsidRPr="00DD6545" w:rsidRDefault="00DD6545" w:rsidP="00DD6545"/>
           <w:p w14:paraId="068EF8D2" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_Toc26186681"/>
+            <w:bookmarkStart w:id="21" w:name="_Toc217028152"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.1 Le Babillard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="35EC5333" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="21"/>
+          </w:p>
+          <w:p w14:paraId="35EC5333" w14:textId="30436286" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00DB15A4">
+              <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00DB15A4">
+              <w:t>41</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00DB15A4">
+              <w:t>55</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00DB15A4">
+              <w:t>23 fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB15A4">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB15A4">
+              <w:t xml:space="preserve"> – 5,92 Go au total pour 23 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4640AD3C" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A42AB3E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AB03833" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="4568CBBA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="605C782F" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9"/>
           <w:p w14:paraId="567B8634" w14:textId="77777777" w:rsidR="006E65A9" w:rsidRPr="006E65A9" w:rsidRDefault="006E65A9" w:rsidP="006E65A9"/>
           <w:p w14:paraId="5BD85EA4" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="00B11621" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="20" w:name="_Toc26186682"/>
+            <w:bookmarkStart w:id="22" w:name="_Toc217028153"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2 Vo</w:t>
             </w:r>
             <w:r w:rsidR="0028155F">
               <w:t>s Élites vous parlent</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16B3AD0C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="22"/>
+          </w:p>
+          <w:p w14:paraId="16B3AD0C" w14:textId="45A9B2E8" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="000C0D24">
+              <w:t>76</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="000C0D24">
+              <w:t>03</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="000C0D24">
+              <w:t>19</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="00DB15A4">
+              <w:t>163 fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB15A4">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB15A4">
+              <w:t xml:space="preserve"> – 39,8 Go au total pour 163 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06025551" w14:textId="77777777" w:rsidR="00995898" w:rsidRDefault="00995898" w:rsidP="003774A5"/>
           <w:p w14:paraId="228FC17F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7FFEDA08" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="6EFF6E3F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58356524" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="1375F278" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
           <w:p w14:paraId="2EE397A6" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="_Toc26186683"/>
+            <w:bookmarkStart w:id="23" w:name="_Toc217028154"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.3 Croire aujourd’hui</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6C3D7BAA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="23"/>
+          </w:p>
+          <w:p w14:paraId="6C3D7BAA" w14:textId="311BD993" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="000C0D24">
+              <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="000C0D24">
+              <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="000C0D24">
+              <w:t>08</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="000C0D24">
+              <w:t>52 fichiers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> vidéo</w:t>
+            </w:r>
+            <w:r w:rsidR="000C0D24">
+              <w:t xml:space="preserve"> MKV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="000C0D24">
+              <w:t xml:space="preserve"> – 12 Go au total pour 52 fichiers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DBE2A16" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="53615540" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5810481F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="03ABBF3B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6ED3F879" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="54F02315" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B7EB07A" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="_Toc26186684"/>
+            <w:bookmarkStart w:id="24" w:name="_Toc217028155"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.4 Actualité en images</w:t>
             </w:r>
             <w:r w:rsidR="009A5734">
               <w:t xml:space="preserve"> / Actualités</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6644F59C" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="003774A5" w:rsidP="003774A5">
+            <w:bookmarkEnd w:id="24"/>
+          </w:p>
+          <w:p w14:paraId="6644F59C" w14:textId="073B26AD" w:rsidR="009C3526" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
-            <w:r w:rsidR="00995898">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> vidéos).</w:t>
+            <w:r w:rsidR="000C0D24">
+              <w:t>398 fichiers audio et vidéo</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="000C0D24">
+              <w:t xml:space="preserve"> – 115 Go au total pour 398 fichiers en 24 dossiers. </w:t>
+            </w:r>
+            <w:r w:rsidR="000C0D24" w:rsidRPr="000C0D24">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>À traiter.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E8F51D6" w14:textId="77777777" w:rsidR="00444F94" w:rsidRDefault="00444F94" w:rsidP="003774A5"/>
           <w:p w14:paraId="5B437BB9" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46EE4126" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r>
               <w:t>Émission présentant différents événements, conférences de presse, séances d’informations, de différents sujets.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D461995" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734"/>
           <w:p w14:paraId="45504D9C" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34BE2367" w14:textId="77777777" w:rsidR="009A5734" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r>
               <w:t xml:space="preserve">Le titre change avec les années, passe de « Actualités en image » à seulement « Actualités ». </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D60F610" w14:textId="77777777" w:rsidR="009C3526" w:rsidRDefault="009C3526" w:rsidP="009A5734">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Certaines des émissions se trouvent dans les dossiers …. Lorsque cela traitait uniquement de ce sujet, sans animation ou narration.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BCCC73E" w14:textId="77777777" w:rsidR="009A5734" w:rsidRPr="009A5734" w:rsidRDefault="009A5734" w:rsidP="009A5734"/>
           <w:p w14:paraId="4A0439B7" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="23" w:name="_Toc26186685"/>
+            <w:bookmarkStart w:id="25" w:name="_Toc217028156"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.5 Été bleu</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
           <w:p w14:paraId="1F26F10F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -10611,61 +11820,61 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="1F07486D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="75723916" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A0509BD" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="6E535E2A" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F506E8B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRPr="00267940" w:rsidRDefault="003774A5" w:rsidP="00267940"/>
           <w:p w14:paraId="1BAD7296" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="24" w:name="_Toc26186686"/>
+            <w:bookmarkStart w:id="26" w:name="_Toc217028157"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.6 Magie.net</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
           <w:p w14:paraId="68119EC9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -10706,67 +11915,67 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75E69AA4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="2AC775E6" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4102B6D2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="202C6DF5" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63831769" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="25" w:name="_Toc26186687"/>
+            <w:bookmarkStart w:id="27" w:name="_Toc217028158"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.7 </w:t>
             </w:r>
             <w:r w:rsidR="00501E56">
               <w:t>L’</w:t>
             </w:r>
             <w:r>
               <w:t>Évènement</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
           <w:p w14:paraId="3725F4F5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -10807,61 +12016,61 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3220BAF1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="2CB06B45" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="071006FE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="0CE8F859" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="608C190A" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="_Toc26186688"/>
+            <w:bookmarkStart w:id="28" w:name="_Toc217028159"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.8 Émission spéciale</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
           <w:p w14:paraId="79A98300" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -10916,64 +12125,64 @@
           </w:p>
           <w:p w14:paraId="1AE39176" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="27501D48" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47801C96" w14:textId="77777777" w:rsidR="00501E56" w:rsidRDefault="00501E56" w:rsidP="00501E56">
             <w:r>
               <w:t xml:space="preserve">Pour certaines émissions </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>de Émission</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t xml:space="preserve"> spéciale et Actualité en images, lorsque ça traitait d’un sujet ou événement précis, plutôt placé dans cette catégorie.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18D580A2" w14:textId="77777777" w:rsidR="00501E56" w:rsidRPr="00501E56" w:rsidRDefault="00501E56" w:rsidP="00501E56"/>
           <w:p w14:paraId="51B48E08" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="27" w:name="_Toc26186689"/>
+            <w:bookmarkStart w:id="29" w:name="_Toc217028160"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.9 </w:t>
             </w:r>
             <w:r w:rsidR="00FA19DC">
               <w:t>Tout sur tout</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
           <w:p w14:paraId="16B9B82D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11014,62 +12223,61 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14E7A492" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="15A13B66" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65708108" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="28130CF7" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7DE51946" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="28" w:name="_Toc26186690"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:bookmarkStart w:id="30" w:name="_Toc217028161"/>
+            <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.10 Autrefois</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
           <w:p w14:paraId="59077F73" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11110,61 +12318,61 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E7F43EF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="135DDEC0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="133724B3" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="45879C4D" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E84156E" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="29" w:name="_Toc26186691"/>
+            <w:bookmarkStart w:id="31" w:name="_Toc217028162"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.11 Sport action</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
           <w:p w14:paraId="2C370689" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11205,64 +12413,64 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AEA69BE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="4DE76A13" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41DD42C1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="6056B682" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79A4959B" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="30" w:name="_Toc26186692"/>
+            <w:bookmarkStart w:id="32" w:name="_Toc217028163"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.12 </w:t>
             </w:r>
             <w:r w:rsidR="00FA19DC">
               <w:t>Folklore</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
           <w:p w14:paraId="3A0C493B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11318,61 +12526,61 @@
           <w:p w14:paraId="291BC3D1" w14:textId="77777777" w:rsidR="00E62F10" w:rsidRDefault="00E62F10" w:rsidP="003774A5">
             <w:r>
               <w:t>Parfois intitulé « Journée Folklorique ».</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2933F37B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="00E62F10" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">D’autres évènements de folklore se trouvent dans les </w:t>
             </w:r>
             <w:r w:rsidRPr="00E62F10">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>dossiers … aux cotes …</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49108542" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="19D50B12" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="31" w:name="_Toc26186693"/>
+            <w:bookmarkStart w:id="33" w:name="_Toc217028164"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.13 Bien branché</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
           <w:p w14:paraId="1D168011" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11413,61 +12621,61 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2845238C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="7F716DE0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D912E2D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="05A53B4F" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2EE0F9B3" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="32" w:name="_Toc26186694"/>
+            <w:bookmarkStart w:id="34" w:name="_Toc217028165"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.14 En route vers…</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
           <w:p w14:paraId="07D8241E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11508,64 +12716,64 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="166A72E7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="0CC6BB06" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F018403" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="38322EB9" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="78373B8E" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="00D64943" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="33" w:name="_Toc26186695"/>
+            <w:bookmarkStart w:id="35" w:name="_Toc217028166"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.15 Télé-</w:t>
             </w:r>
             <w:r w:rsidR="0028155F">
               <w:t>faune</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="35"/>
           </w:p>
           <w:p w14:paraId="79F4BA4F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11578,96 +12786,96 @@
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en </w:t>
             </w:r>
             <w:r w:rsidR="00444F94" w:rsidRPr="003774A5">
               <w:t>mouvement (</w:t>
             </w:r>
             <w:r w:rsidR="00995898">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C9C4F20" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53946427" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="7ED30AB9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="014F6441" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="5DC5CDA1" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="086E864A" w14:textId="77777777" w:rsidR="00FA19DC" w:rsidRDefault="0028155F" w:rsidP="00FA19DC">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="34" w:name="_Toc26186696"/>
+            <w:bookmarkStart w:id="36" w:name="_Toc217028167"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.16 </w:t>
             </w:r>
             <w:r w:rsidR="00FA19DC">
               <w:t>Jardins</w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t xml:space="preserve"> d’ici</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
           <w:p w14:paraId="132279EF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11708,64 +12916,64 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="732BA8CF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="6CF809A7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="029740A3" w14:textId="77777777" w:rsidR="006D18CE" w:rsidRDefault="006D18CE" w:rsidP="00FA19DC"/>
           <w:p w14:paraId="7F974F27" w14:textId="77777777" w:rsidR="006D18CE" w:rsidRDefault="006D18CE" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6AC4963C" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="35" w:name="_Toc26186697"/>
+            <w:bookmarkStart w:id="37" w:name="_Toc217028168"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.17 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Vert les jardins</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
           <w:p w14:paraId="12C47183" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11802,64 +13010,64 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5726E00D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="096E351B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63F8133D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3F070179" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
           <w:p w14:paraId="0AD05188" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="00DA7B0A" w:rsidP="005B1FC2">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="36" w:name="_Toc26186698"/>
+            <w:bookmarkStart w:id="38" w:name="_Toc217028169"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.18 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Flambant 9</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
           <w:p w14:paraId="74D48853" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11896,61 +13104,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51D7F3EA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="64B54673" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="195C9FF1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="1170A530" w14:textId="77777777" w:rsidR="005B1FC2" w:rsidRDefault="005B1FC2" w:rsidP="005B1FC2"/>
           <w:p w14:paraId="297DE49A" w14:textId="77777777" w:rsidR="005B1FC2" w:rsidRDefault="005B1FC2" w:rsidP="005B1FC2">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="37" w:name="_Toc26186699"/>
+            <w:bookmarkStart w:id="39" w:name="_Toc217028170"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.19 Racisme au Lac</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
           <w:p w14:paraId="5DB7AA55" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -11987,61 +13195,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="430CA0EA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="5685FD0F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D4A104C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="4D602A5F" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
           <w:p w14:paraId="7D46549A" w14:textId="77777777" w:rsidR="00383197" w:rsidRDefault="00383197" w:rsidP="00383197">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="38" w:name="_Toc26186700"/>
+            <w:bookmarkStart w:id="40" w:name="_Toc217028171"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.20 Employeurs, travailleurs, les accidents de travail, c’est quoi?</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
           <w:p w14:paraId="0E288CD6" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -12078,67 +13286,68 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22D99B39" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="112495BA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4390C701" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="242F4150" w14:textId="77777777" w:rsidR="00383197" w:rsidRDefault="00383197" w:rsidP="0028155F"/>
           <w:p w14:paraId="43E96CA2" w14:textId="77777777" w:rsidR="00F04CFA" w:rsidRDefault="00383197" w:rsidP="00F04CFA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="39" w:name="_Toc26186701"/>
+            <w:bookmarkStart w:id="41" w:name="_Toc217028172"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.21</w:t>
             </w:r>
             <w:r w:rsidR="00F04CFA">
               <w:t xml:space="preserve"> Route des Bleuets</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
           <w:p w14:paraId="6CF96322" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
@@ -12151,92 +13360,91 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="365CF8DA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27C39372" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="14FC447F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CDC8BF0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="23F13AD3" w14:textId="77777777" w:rsidR="00F04CFA" w:rsidRPr="00F04CFA" w:rsidRDefault="00F04CFA" w:rsidP="00F04CFA"/>
           <w:p w14:paraId="786A72D0" w14:textId="77777777" w:rsidR="0062783F" w:rsidRDefault="0062783F" w:rsidP="0062783F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="40" w:name="_Toc26186702"/>
+            <w:bookmarkStart w:id="42" w:name="_Toc217028173"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="00383197">
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> L’opinion de M. Brassard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
           <w:p w14:paraId="26C37E50" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -12276,67 +13484,67 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68211FBA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="59CB0CBE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DB4BD9F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="79DB6C7A" w14:textId="77777777" w:rsidR="00F04CFA" w:rsidRDefault="00F04CFA" w:rsidP="0028155F"/>
           <w:p w14:paraId="71DD7DDA" w14:textId="77777777" w:rsidR="00D64943" w:rsidRDefault="00D64943" w:rsidP="00D64943">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="41" w:name="_Toc26186703"/>
+            <w:bookmarkStart w:id="43" w:name="_Toc217028174"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="00383197">
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Contes et légendes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
           <w:p w14:paraId="59320603" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -12376,61 +13584,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="588353D2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="413394B4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72DC8911" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="11833C8D" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
           <w:p w14:paraId="72B6ABEF" w14:textId="77777777" w:rsidR="00243393" w:rsidRDefault="00243393" w:rsidP="00243393">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="42" w:name="_Toc26186704"/>
+            <w:bookmarkStart w:id="44" w:name="_Toc217028175"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.24 Alimentaire mon cher Watson</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
           <w:p w14:paraId="64EEF14C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -12470,67 +13678,67 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="078A3584" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="5C33B72F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="470762AF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="0161C0E6" w14:textId="77777777" w:rsidR="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
           <w:p w14:paraId="1E31EB8F" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRPr="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="006F1AD8">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="43" w:name="_Toc26186705"/>
+            <w:bookmarkStart w:id="45" w:name="_Toc217028176"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="006D0EFF">
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Trésors cachés du Lac-Saint-Jean</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
           <w:p w14:paraId="7C2682AC" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -12570,67 +13778,67 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D2C805D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="4F453A0A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DD06BB3" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="2FC0723E" w14:textId="77777777" w:rsidR="00243393" w:rsidRDefault="00243393" w:rsidP="0028155F"/>
           <w:p w14:paraId="04EB818E" w14:textId="77777777" w:rsidR="00184D1F" w:rsidRPr="006F1AD8" w:rsidRDefault="00184D1F" w:rsidP="00184D1F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="44" w:name="_Toc26186706"/>
+            <w:bookmarkStart w:id="46" w:name="_Toc217028177"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="006D0EFF">
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> L’ABC de la beauté</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
           <w:p w14:paraId="59D5CD92" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -12670,76 +13878,75 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74AD18BE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="2F9B179A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BE53C0B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="543D6EAD" w14:textId="77777777" w:rsidR="00D367E6" w:rsidRDefault="00D367E6" w:rsidP="0028155F"/>
           <w:p w14:paraId="53CBC647" w14:textId="77777777" w:rsidR="007761FD" w:rsidRPr="007761FD" w:rsidRDefault="008F68D9" w:rsidP="00FA19DC">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="45" w:name="_Toc26186707"/>
+            <w:bookmarkStart w:id="47" w:name="_Toc217028178"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.2</w:t>
             </w:r>
             <w:r w:rsidR="006D0EFF">
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="007761FD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC62FE">
               <w:t>Mod’emploi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="47"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="4B826D0E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
@@ -12776,61 +13983,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FC984FF" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="40FFD99E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="324C57F8" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="35D78934" w14:textId="77777777" w:rsidR="008F68D9" w:rsidRDefault="008F68D9" w:rsidP="0028155F"/>
           <w:p w14:paraId="28B76E01" w14:textId="77777777" w:rsidR="00184D1F" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="46" w:name="_Toc26186708"/>
+            <w:bookmarkStart w:id="48" w:name="_Toc217028179"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.28 Mission : organismes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
           <w:p w14:paraId="2003D53C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -12870,65 +14077,65 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="117B3FD0" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="404BD166" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37AD10CB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="056A1451" w14:textId="77777777" w:rsidR="00184D1F" w:rsidRDefault="00184D1F" w:rsidP="0028155F"/>
           <w:p w14:paraId="519A0F5D" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="47" w:name="_Toc26186709"/>
+            <w:bookmarkStart w:id="49" w:name="_Toc217028180"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.29 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Éco-logique</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="49"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="1E4C3582" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
@@ -12969,61 +14176,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57B0FAE2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3B95A79D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="774C0102" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="39CF94CD" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
           <w:p w14:paraId="6B8C45AD" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="48" w:name="_Toc26186710"/>
+            <w:bookmarkStart w:id="50" w:name="_Toc217028181"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.30 Un demi-siècle de culture</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
           <w:p w14:paraId="7F59E971" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13063,61 +14270,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B1BDE3A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="172911F7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DA301BB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="118623F9" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
           <w:p w14:paraId="621ED468" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="49" w:name="_Toc26186711"/>
+            <w:bookmarkStart w:id="51" w:name="_Toc217028182"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.31 Générations.com</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
           <w:p w14:paraId="53C78886" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13157,70 +14364,70 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B291F35" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="239F1E48" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A596488" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="42728DF9" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
           <w:p w14:paraId="3FBD57C2" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="006D0EFF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="50" w:name="_Toc26186712"/>
+            <w:bookmarkStart w:id="52" w:name="_Toc217028183"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E709FB">
               <w:t>32</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Point de vue</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
           <w:p w14:paraId="5DDC8032" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13248,73 +14455,74 @@
             </w:r>
             <w:r w:rsidR="00AD7796">
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F2EEC62" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="762F4CDB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="0FA46513" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30C63297" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3E8F9689" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
           <w:p w14:paraId="258ECAC8" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="00D0244C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="51" w:name="_Toc26186713"/>
+            <w:bookmarkStart w:id="53" w:name="_Toc217028184"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.33 Fréquence culturelle</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="53"/>
           </w:p>
           <w:p w14:paraId="7206194B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13354,61 +14562,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="395E615B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="74C9A06B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="761C2A32" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="318BADC9" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
           <w:p w14:paraId="5696C7F8" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="00D0244C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="52" w:name="_Toc26186714"/>
+            <w:bookmarkStart w:id="54" w:name="_Toc217028185"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.34 Y faut qu’on en parle</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
           <w:p w14:paraId="718247A9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13448,61 +14656,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="700DDA34" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="5E78FA78" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="622DB7EA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="0EF5828C" w14:textId="77777777" w:rsidR="006D0EFF" w:rsidRDefault="006D0EFF" w:rsidP="0028155F"/>
           <w:p w14:paraId="7B9DF5F8" w14:textId="77777777" w:rsidR="00D367E6" w:rsidRDefault="00D0244C" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="53" w:name="_Toc26186715"/>
+            <w:bookmarkStart w:id="55" w:name="_Toc217028186"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.35 Parfum de vanille</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="55"/>
           </w:p>
           <w:p w14:paraId="75F22560" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13542,61 +14750,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CE8FA41" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="10D593F1" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C992FA2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="4BC544B3" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273"/>
           <w:p w14:paraId="69E961C3" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="54" w:name="_Toc26186716"/>
+            <w:bookmarkStart w:id="56" w:name="_Toc217028187"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.36 Chercheurs de Dieu</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
+            <w:bookmarkEnd w:id="56"/>
           </w:p>
           <w:p w14:paraId="395874C5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13636,61 +14844,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21F7525F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="281FCE5F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="673CCD67" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="22A0DFC8" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="0028155F"/>
           <w:p w14:paraId="10B5BCB2" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="55" w:name="_Toc26186717"/>
+            <w:bookmarkStart w:id="57" w:name="_Toc217028188"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.37 Marc-André et ses gadgets</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="57"/>
           </w:p>
           <w:p w14:paraId="2714C59E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13730,61 +14938,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6086EBF7" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="33173D3F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D955D8D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="06329E87" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRDefault="00D0244C" w:rsidP="0028155F"/>
           <w:p w14:paraId="5EF84C46" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="56" w:name="_Toc26186718"/>
+            <w:bookmarkStart w:id="58" w:name="_Toc217028189"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.38 Mise à jour</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="58"/>
           </w:p>
           <w:p w14:paraId="76931236" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13800,86 +15008,86 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="032E9A55" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DE353F8" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="05192791" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="310FA152" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3FAC90BE" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
           <w:p w14:paraId="5A39AD93" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="002D5273">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="57" w:name="_Toc26186719"/>
+            <w:bookmarkStart w:id="59" w:name="_Toc217028190"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.39 Regard sur nos artistes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="57"/>
+            <w:bookmarkEnd w:id="59"/>
           </w:p>
           <w:p w14:paraId="71C4D776" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -13919,61 +15127,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1051DEEA" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="2FE17DE4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78A76738" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="492FD5EA" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
           <w:p w14:paraId="4B2E548A" w14:textId="77777777" w:rsidR="00C25074" w:rsidRDefault="00C25074" w:rsidP="00C25074">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="58" w:name="_Toc26186720"/>
+            <w:bookmarkStart w:id="60" w:name="_Toc217028191"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.40 Le député vous informe</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="60"/>
           </w:p>
           <w:p w14:paraId="4B6E0680" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -14013,61 +15221,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27C5965C" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="622620A9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BBFDA0B" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3A1CD25B" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
           <w:p w14:paraId="7EBEB85C" w14:textId="77777777" w:rsidR="00C369EA" w:rsidRDefault="00C369EA" w:rsidP="00C369EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="59" w:name="_Toc26186721"/>
+            <w:bookmarkStart w:id="61" w:name="_Toc217028192"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.41 Aux portes de la prévention</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="59"/>
+            <w:bookmarkEnd w:id="61"/>
           </w:p>
           <w:p w14:paraId="75B39050" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -14107,68 +15315,68 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="130806D5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="35FAE4C2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7526B5F9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="692006F1" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
           <w:p w14:paraId="0CB74490" w14:textId="77777777" w:rsidR="00846F6B" w:rsidRDefault="00846F6B" w:rsidP="00846F6B">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="60" w:name="_Toc26186722"/>
+            <w:bookmarkStart w:id="62" w:name="_Toc217028193"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.4</w:t>
             </w:r>
             <w:r w:rsidR="009A5734">
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CC62FE">
               <w:t>Conferentsia</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="62"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6DCE0933" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
@@ -14209,67 +15417,67 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08656AFC" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="35C5EAB6" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04CA258F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="5A0F7F78" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
           <w:p w14:paraId="1F99F1FE" w14:textId="77777777" w:rsidR="009A5734" w:rsidRDefault="009A5734" w:rsidP="009A5734">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="61" w:name="_Toc26186723"/>
+            <w:bookmarkStart w:id="63" w:name="_Toc217028194"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.4</w:t>
             </w:r>
             <w:r w:rsidR="007761FD">
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Flash voyage</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="61"/>
+            <w:bookmarkEnd w:id="63"/>
           </w:p>
           <w:p w14:paraId="6FE5571E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -14309,67 +15517,68 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A1FDC68" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="53575075" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57B667B4" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="0BB53E02" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
           <w:p w14:paraId="43188F7E" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="62" w:name="_Toc26186724"/>
+            <w:bookmarkStart w:id="64" w:name="_Toc217028195"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.44 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Improvisation</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="62"/>
+            <w:bookmarkEnd w:id="64"/>
           </w:p>
           <w:p w14:paraId="2045BA87" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
@@ -14382,86 +15591,85 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r w:rsidR="00444F94">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> vidéos).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E119A25" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="745353C2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3BC11CE8" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A7ECB9E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="6D565658" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD"/>
           <w:p w14:paraId="243B682E" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="63" w:name="_Toc26186725"/>
+            <w:bookmarkStart w:id="65" w:name="_Toc217028196"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.45 Dossiers en bref</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="63"/>
+            <w:bookmarkEnd w:id="65"/>
           </w:p>
           <w:p w14:paraId="16186A15" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -14501,71 +15709,71 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E1A1C21" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="0AB5F74E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01DD3299" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="1DEAC118" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
           <w:p w14:paraId="51FE8153" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="007761FD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="64" w:name="_Toc26186726"/>
+            <w:bookmarkStart w:id="66" w:name="_Toc217028197"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00E60A42">
               <w:t>46</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Jeun’opinion</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="64"/>
+            <w:bookmarkEnd w:id="66"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="2BB42233" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
@@ -14606,61 +15814,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22F8374E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="276E6196" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50A27E73" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="04D9DC25" w14:textId="77777777" w:rsidR="002D5273" w:rsidRDefault="002D5273" w:rsidP="0028155F"/>
           <w:p w14:paraId="34DF2D2A" w14:textId="77777777" w:rsidR="00E60A42" w:rsidRDefault="00E60A42" w:rsidP="00E60A42">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="65" w:name="_Toc26186727"/>
+            <w:bookmarkStart w:id="67" w:name="_Toc217028198"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.47 La route des fourrures</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="65"/>
+            <w:bookmarkEnd w:id="67"/>
           </w:p>
           <w:p w14:paraId="70D48729" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -14700,67 +15908,67 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EB31058" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3687027F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="747785CB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="2854BDC6" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="0028155F"/>
           <w:p w14:paraId="560126AD" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="66" w:name="_Toc26186728"/>
+            <w:bookmarkStart w:id="68" w:name="_Toc217028199"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.48 </w:t>
             </w:r>
             <w:r w:rsidR="0009764E">
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t>7 Minutes d’infos</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
+            <w:bookmarkEnd w:id="68"/>
           </w:p>
           <w:p w14:paraId="05359B36" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -14811,67 +16019,67 @@
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E8EB37E" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="638898CD" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="002D5302" w:rsidP="000A4D93">
             <w:r>
               <w:t xml:space="preserve">Change de titre, les premières sont </w:t>
             </w:r>
             <w:r w:rsidR="0009764E">
               <w:t>« 27 minutes d’infos »</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A5ADAE0" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="000A4D93"/>
           <w:p w14:paraId="5A8B7427" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="67" w:name="_Toc26186729"/>
+            <w:bookmarkStart w:id="69" w:name="_Toc217028200"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.49 Restez éveillé</w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:t>, prévenez les incendies</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="67"/>
+            <w:bookmarkEnd w:id="69"/>
           </w:p>
           <w:p w14:paraId="32F3DF86" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -14911,68 +16119,67 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46B3968F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="72A3C363" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F8BAC32" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="7C59BE1F" w14:textId="77777777" w:rsidR="007761FD" w:rsidRDefault="007761FD" w:rsidP="0028155F"/>
           <w:p w14:paraId="19DFA1CD" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="000A4D93">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="68" w:name="_Toc26186730"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:bookmarkStart w:id="70" w:name="_Toc217028201"/>
+            <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00F24FC3">
               <w:t xml:space="preserve">50 </w:t>
             </w:r>
             <w:r w:rsidR="00CC62FE">
               <w:t>Autre temps autrement</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="68"/>
+            <w:bookmarkEnd w:id="70"/>
           </w:p>
           <w:p w14:paraId="334EF6BC" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -15012,61 +16219,61 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FADF68D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3FD845BB" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66F7EDD9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="506C92A5" w14:textId="77777777" w:rsidR="000A4D93" w:rsidRDefault="000A4D93" w:rsidP="0028155F"/>
           <w:p w14:paraId="7042A499" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="69" w:name="_Toc26186731"/>
+            <w:bookmarkStart w:id="71" w:name="_Toc217028202"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.51 Les chronique du notaire</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="71"/>
           </w:p>
           <w:p w14:paraId="47B1678F" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -15106,67 +16313,67 @@
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AB9F2D5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="3AA58F73" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C7CFFD9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="62701633" w14:textId="77777777" w:rsidR="00D0244C" w:rsidRPr="0028155F" w:rsidRDefault="00D0244C" w:rsidP="0028155F"/>
           <w:p w14:paraId="011091CD" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="70" w:name="_Toc26186732"/>
+            <w:bookmarkStart w:id="72" w:name="_Toc217028203"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0009764E">
               <w:t>52</w:t>
             </w:r>
             <w:r w:rsidR="006F03B4">
               <w:t xml:space="preserve"> SOS Climat</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="70"/>
+            <w:bookmarkEnd w:id="72"/>
           </w:p>
           <w:p w14:paraId="73B60ED5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -15210,61 +16417,61 @@
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5564BF0A" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="1501D0EE" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01B8FC54" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="30B4C908" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2290F953" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="71" w:name="_Toc26186733"/>
+            <w:bookmarkStart w:id="73" w:name="_Toc217028204"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.53 Comment observer les oiseaux</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="71"/>
+            <w:bookmarkEnd w:id="73"/>
           </w:p>
           <w:p w14:paraId="2EB99F39" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -15305,67 +16512,67 @@
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="788FA6A9" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="39F99097" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="362CB99D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="6CD97DD2" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="6EBCCD8F" w14:textId="77777777" w:rsidR="00B737E3" w:rsidRDefault="00B737E3" w:rsidP="0009764E"/>
           <w:p w14:paraId="5C26D2EB" w14:textId="77777777" w:rsidR="0080796C" w:rsidRDefault="0080796C" w:rsidP="0080796C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="72" w:name="_Toc26186734"/>
+            <w:bookmarkStart w:id="74" w:name="_Toc217028205"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.5</w:t>
             </w:r>
             <w:r w:rsidR="00592F0C">
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Santé vous bien</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="72"/>
+            <w:bookmarkEnd w:id="74"/>
           </w:p>
           <w:p w14:paraId="587677D5" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>00</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> heures </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
@@ -15413,705 +16620,877 @@
           <w:p w14:paraId="2920E11D" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D68DEBD" w14:textId="77777777" w:rsidR="003774A5" w:rsidRDefault="003774A5" w:rsidP="003774A5"/>
           <w:p w14:paraId="6B35E441" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E"/>
           <w:p w14:paraId="0D828B86" w14:textId="77777777" w:rsidR="0009764E" w:rsidRDefault="0009764E" w:rsidP="0009764E"/>
           <w:p w14:paraId="642F5B89" w14:textId="77777777" w:rsidR="00CC62FE" w:rsidRDefault="00CC62FE" w:rsidP="0009764E"/>
           <w:p w14:paraId="07D77808" w14:textId="77777777" w:rsidR="00CC62FE" w:rsidRPr="0009764E" w:rsidRDefault="00CC62FE" w:rsidP="0009764E">
             <w:r>
               <w:t>Autres émissions, pas encore versées</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7024758A" w14:textId="77777777" w:rsidR="0028155F" w:rsidRPr="0028155F" w:rsidRDefault="0028155F" w:rsidP="0028155F"/>
           <w:p w14:paraId="41BE1689" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="73" w:name="_Toc26186735"/>
+            <w:bookmarkStart w:id="75" w:name="_Toc217028206"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. Les Lundis des </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Raconteux</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="73"/>
+            <w:bookmarkEnd w:id="75"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="347352B9" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47394B96" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="74" w:name="_Toc26186736"/>
+            <w:bookmarkStart w:id="76" w:name="_Toc217028207"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Dolbeau-Mistassini : Perspectives 125</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="74"/>
+            <w:bookmarkEnd w:id="76"/>
           </w:p>
           <w:p w14:paraId="7C15A529" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="656E16C5" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="75" w:name="_Toc26186737"/>
+            <w:bookmarkStart w:id="77" w:name="_Toc217028208"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Option Régions</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="75"/>
+            <w:bookmarkEnd w:id="77"/>
           </w:p>
           <w:p w14:paraId="4B6C6D97" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="19B51485" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="76" w:name="_Toc26186738"/>
+            <w:bookmarkStart w:id="78" w:name="_Toc217028209"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Accès MRC</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="76"/>
+            <w:bookmarkEnd w:id="78"/>
           </w:p>
           <w:p w14:paraId="52E103EA" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D5FFA6E" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="77" w:name="_Toc26186739"/>
+            <w:bookmarkStart w:id="79" w:name="_Toc217028210"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Le Bol d’or</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="79"/>
           </w:p>
           <w:p w14:paraId="06172050" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="403F4214" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="78" w:name="_Toc26186740"/>
+            <w:bookmarkStart w:id="80" w:name="_Toc217028211"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Qu’en pensez-vous?</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="80"/>
           </w:p>
           <w:p w14:paraId="55D6C8C3" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BE0D654" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="79" w:name="_Toc26186741"/>
+            <w:bookmarkStart w:id="81" w:name="_Toc217028212"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t>La Vitrine Culturelle</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="79"/>
+            <w:bookmarkEnd w:id="81"/>
           </w:p>
           <w:p w14:paraId="6B8B2729" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="546A3725" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="80" w:name="_Toc26186742"/>
+            <w:bookmarkStart w:id="82" w:name="_Toc217028213"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="006F03B4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t>Électron Libre</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="80"/>
+            <w:bookmarkEnd w:id="82"/>
           </w:p>
           <w:p w14:paraId="09D26BF9" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6884E7A7" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="81" w:name="_Toc26186743"/>
+            <w:bookmarkStart w:id="83" w:name="_Toc217028214"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Le Show du Nord du Lac</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
+            <w:bookmarkEnd w:id="83"/>
           </w:p>
           <w:p w14:paraId="4DB7D459" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="205A3CA4" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="0028155F" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="82" w:name="_Toc26186744"/>
+            <w:bookmarkStart w:id="84" w:name="_Toc217028215"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Près de chez-soi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="82"/>
+            <w:bookmarkEnd w:id="84"/>
           </w:p>
           <w:p w14:paraId="40D51F0B" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4B14BD11" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="83" w:name="_Toc26186745"/>
+            <w:bookmarkStart w:id="85" w:name="_Toc217028216"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Conférence AQDR St-Félicien</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="83"/>
+            <w:bookmarkEnd w:id="85"/>
           </w:p>
           <w:p w14:paraId="75A6075F" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D75AB50" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="84" w:name="_Toc26186746"/>
+            <w:bookmarkStart w:id="86" w:name="_Toc217028217"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Sciences Questions Actions</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="84"/>
+            <w:bookmarkEnd w:id="86"/>
           </w:p>
           <w:p w14:paraId="263A1A2B" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1E0AB213" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="85" w:name="_Toc26186747"/>
+            <w:bookmarkStart w:id="87" w:name="_Toc217028218"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Nouvelles du Haut-du-Lac</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="85"/>
+            <w:bookmarkEnd w:id="87"/>
           </w:p>
           <w:p w14:paraId="1B5E3D33" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="095E8D25" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="86" w:name="_Toc26186748"/>
+            <w:bookmarkStart w:id="88" w:name="_Toc217028219"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> La Liste</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="86"/>
+            <w:bookmarkEnd w:id="88"/>
           </w:p>
           <w:p w14:paraId="0B598016" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="039395F3" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="87" w:name="_Toc26186749"/>
+            <w:bookmarkStart w:id="89" w:name="_Toc217028220"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CA65EA">
               <w:t>ADOssez</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CA65EA">
               <w:t>-vous</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="87"/>
+            <w:bookmarkEnd w:id="89"/>
           </w:p>
           <w:p w14:paraId="4FEC4978" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36CB514B" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="88" w:name="_Toc26186750"/>
+            <w:bookmarkStart w:id="90" w:name="_Toc217028221"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA65EA">
               <w:t xml:space="preserve"> Studio chez soi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="88"/>
+            <w:bookmarkEnd w:id="90"/>
           </w:p>
           <w:p w14:paraId="30FA75C6" w14:textId="77777777" w:rsidR="006F03B4" w:rsidRDefault="006F03B4" w:rsidP="006F03B4"/>
           <w:p w14:paraId="13850A5E" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="89" w:name="_Toc26186751"/>
+            <w:bookmarkStart w:id="91" w:name="_Toc217028222"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>. Les Passionnés</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="89"/>
+            <w:bookmarkEnd w:id="91"/>
           </w:p>
           <w:p w14:paraId="71EB7F07" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7275294C" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="90" w:name="_Toc26186752"/>
+            <w:bookmarkStart w:id="92" w:name="_Toc217028223"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00180068">
               <w:t xml:space="preserve"> Dany Sauvageau, sauver sa peau</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="90"/>
+            <w:bookmarkEnd w:id="92"/>
           </w:p>
           <w:p w14:paraId="13BE4F42" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06F35A31" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="91" w:name="_Toc26186753"/>
+            <w:bookmarkStart w:id="93" w:name="_Toc217028224"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00180068">
               <w:t xml:space="preserve"> Agir pour l’avenir</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="91"/>
+            <w:bookmarkEnd w:id="93"/>
           </w:p>
           <w:p w14:paraId="40D7BAA8" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F2082FE" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="92" w:name="_Toc26186754"/>
+            <w:bookmarkStart w:id="94" w:name="_Toc217028225"/>
             <w:r>
               <w:t>P378/A1</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>/8</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00180068">
               <w:t xml:space="preserve"> Ose le Pays des Bleuets</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="92"/>
+            <w:bookmarkEnd w:id="94"/>
           </w:p>
           <w:p w14:paraId="0D4E1A73" w14:textId="77777777" w:rsidR="00CA65EA" w:rsidRDefault="00CA65EA" w:rsidP="00CA65EA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08596EE5" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00EC65A3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F1AD8" w:rsidRPr="00A674F8" w14:paraId="4C47679D" w14:textId="77777777" w:rsidTr="006F1AD8">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5D2E03" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRPr="00A674F8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
+          <w:p w14:paraId="25CB5967" w14:textId="00CCF420" w:rsidR="009B256C" w:rsidRPr="009B256C" w:rsidRDefault="009B256C" w:rsidP="00934CC0">
             <w:pPr>
               <w:rPr>
+                <w:rStyle w:val="Lienhypertexte"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Disque dur externe SHGMC Archives</w:t>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText>HYPERLINK "K:\\Fonds d'archives\\P378 Fonds Societe dinfo LSJ"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="009B256C">
+              <w:rPr>
+                <w:rStyle w:val="Lienhypertexte"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Serveur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B5D2E03" w14:textId="482C0C4A" w:rsidR="006F1AD8" w:rsidRPr="00A674F8" w:rsidRDefault="009B256C" w:rsidP="00934CC0">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009B256C">
+              <w:rPr>
+                <w:rStyle w:val="Lienhypertexte"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voute:K</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60BAEEC6" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRPr="00EC65A3" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="93" w:name="_Toc26186755"/>
+            <w:bookmarkStart w:id="95" w:name="_Toc217028226"/>
             <w:r>
               <w:t>P378</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r w:rsidR="006E65A9">
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="006F1AD8">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="006F1AD8">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Publicités</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="93"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7E66F8EB" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
+            <w:bookmarkEnd w:id="95"/>
+          </w:p>
+          <w:p w14:paraId="7E66F8EB" w14:textId="136B0D0D" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>années.</w:t>
+            <w:r w:rsidR="00501D5D">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>2003-2006</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...12 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00501D5D">
+              <w:t>05</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> heures</w:t>
+            </w:r>
+            <w:r w:rsidR="00501D5D">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00501D5D">
+              <w:t>59</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> minutes et </w:t>
             </w:r>
-            <w:r w:rsidRPr="003774A5">
-[...3 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidR="00501D5D">
+              <w:t>05</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t>(</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-          </w:p>
+            <w:r w:rsidR="00574A93">
+              <w:t>44 </w:t>
+            </w:r>
+            <w:r w:rsidR="002C059E">
+              <w:t xml:space="preserve">fichiers </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="002C059E">
+              <w:t>vidéos</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="002C059E">
+              <w:t xml:space="preserve"> AVI</w:t>
+            </w:r>
+            <w:r w:rsidR="00574A93">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="002C059E">
+              <w:t>22 MKV</w:t>
+            </w:r>
+            <w:r w:rsidR="00574A93">
+              <w:t>, 3 MOV</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003774A5">
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidR="009B256C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C059E">
+              <w:t xml:space="preserve">– 44 secondes d’enregistrements sonores (1 fichier audio FLAC). </w:t>
+            </w:r>
+            <w:r w:rsidR="009B256C">
+              <w:t>– 1 fichier Playlist file</w:t>
+            </w:r>
+            <w:r w:rsidR="002C059E">
+              <w:t xml:space="preserve"> et 1 fichier M3U8 (listes de lecture). </w:t>
+            </w:r>
+            <w:r w:rsidR="009B256C">
+              <w:t>– 14 documents Word</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (156 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="009B256C">
+              <w:t>. – 1 document TXT</w:t>
+            </w:r>
+            <w:r w:rsidR="009E0303">
+              <w:t xml:space="preserve"> (4,37 Ko)</w:t>
+            </w:r>
+            <w:r w:rsidR="009B256C">
+              <w:t>. – 23,9 Go au total pour 92 fichiers en 7 dossiers.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28CB3061" w14:textId="77777777" w:rsidR="009B256C" w:rsidRDefault="009B256C" w:rsidP="00677C5E"/>
           <w:p w14:paraId="4F684B27" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F17F3B4" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
+          <w:p w14:paraId="6F17F3B4" w14:textId="3F6B3B55" w:rsidR="00677C5E" w:rsidRDefault="009B256C" w:rsidP="00677C5E">
+            <w:r>
+              <w:t>Ce dossier comprend des annonces publicitaires de commerces, restaurants, quincailleries, entreprises de construction, pharmacies</w:t>
+            </w:r>
+            <w:r w:rsidR="002C059E">
+              <w:t>, centre de la petite enfance (CPE), garages ou station-service, épicerie</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> et organismes de la MRC de Maria-Chapdelaine réalisées et diffusées par la télévision communautaire Société d’information Lac-Saint-Jean, entre 2003 et 2006.</w:t>
+            </w:r>
+            <w:r w:rsidR="002C059E">
+              <w:t xml:space="preserve"> Il s’agit </w:t>
+            </w:r>
+            <w:r w:rsidR="00574A93">
+              <w:t xml:space="preserve">principalement </w:t>
+            </w:r>
+            <w:r w:rsidR="002C059E">
+              <w:t>de vœux pour les fêtes</w:t>
+            </w:r>
+            <w:r w:rsidR="00574A93">
+              <w:t xml:space="preserve">. Un dossier comprend également des horaires de messes dans différentes paroisses et un logo d’Alcan (ces derniers, en MOV, présentent des problèmes et pourraient être élagués). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16C9BFBF" w14:textId="77777777" w:rsidR="009B256C" w:rsidRDefault="009B256C" w:rsidP="00677C5E"/>
           <w:p w14:paraId="04ED26BF" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18F425A9" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
-          <w:p w14:paraId="695587AE" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
+          <w:p w14:paraId="695587AE" w14:textId="077A218F" w:rsidR="006F1AD8" w:rsidRPr="00574A93" w:rsidRDefault="00574A93" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="96" w:name="_Toc217028227"/>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les fichiers </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574A93">
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>MOV n’ouvre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>nt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574A93">
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pas car</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ils sont</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574A93">
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> encodé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574A93">
+              <w:rPr>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cvid et ce n’est pas supporté.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="96"/>
           </w:p>
           <w:p w14:paraId="1142FC66" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51D994E5" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2331E5BE" w14:textId="77777777" w:rsidR="006F1AD8" w:rsidRPr="00EC65A3" w:rsidRDefault="006F1AD8" w:rsidP="00934CC0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A5ED7B6" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRDefault="00EC65A3" w:rsidP="00923766"/>
     <w:p w14:paraId="53864D9D" w14:textId="77777777" w:rsidR="00EC65A3" w:rsidRPr="00A674F8" w:rsidRDefault="00EC65A3" w:rsidP="00923766"/>
-    <w:p w14:paraId="625C5A79" w14:textId="7E24ED4C" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
+    <w:p w14:paraId="625C5A79" w14:textId="2C13DF96" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc26186756"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc217028228"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00E57F6F" w:rsidRPr="00A674F8">
-        <w:t>/A2</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">/A2 </w:t>
       </w:r>
       <w:r w:rsidR="00B618D0">
-        <w:t>Audiovisuel née numérique</w:t>
-      </w:r>
+        <w:t>Audiovisuel né numérique</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="0C07B704" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F04CCE0" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16347E9A" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
@@ -16243,159 +17622,160 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="784DC0A1" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="008534FB">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59E3D081" w14:textId="77777777" w:rsidR="00374833" w:rsidRPr="008534FB" w:rsidRDefault="00AB6798" w:rsidP="00374833">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="95" w:name="_Toc26186757"/>
+            <w:bookmarkStart w:id="98" w:name="_Toc217028229"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/1 :</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="95"/>
+            <w:bookmarkEnd w:id="98"/>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="008534FB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13C2D3FC" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRPr="008534FB" w:rsidRDefault="00561EAD" w:rsidP="00AB6798">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="344B2C56" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008534FB" w:rsidRPr="00A674F8" w14:paraId="635313B0" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="24FC8EB4" w14:textId="77777777" w:rsidR="008534FB" w:rsidRPr="00A674F8" w:rsidRDefault="008534FB" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07FB5873" w14:textId="77777777" w:rsidR="008534FB" w:rsidRPr="00B321DF" w:rsidRDefault="008534FB" w:rsidP="008534FB">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="96" w:name="_Toc26186758"/>
+            <w:bookmarkStart w:id="99" w:name="_Toc217028230"/>
             <w:r>
               <w:t>P378/A2/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008534FB">
               <w:t>:</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="96"/>
+            <w:bookmarkEnd w:id="99"/>
             <w:r w:rsidRPr="008534FB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="507CEB13" w14:textId="77777777" w:rsidR="008534FB" w:rsidRDefault="008534FB" w:rsidP="00AB6798">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05273456" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:p w14:paraId="4C0F8236" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
     <w:p w14:paraId="0A032996" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Toc26186759"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc217028231"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="001B240E">
         <w:t xml:space="preserve"> D</w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="001B240E">
         <w:t>nnées</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="100"/>
     </w:p>
     <w:p w14:paraId="365F1C69" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="79D1B578" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2BA7D0" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -16446,114 +17826,114 @@
     <w:p w14:paraId="0ED1D412" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00696AE2"/>
     <w:p w14:paraId="22C1739C" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="727CDC92" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="Texte22"/>
+      <w:bookmarkStart w:id="101" w:name="Texte22"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w14:paraId="3B26B005" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="563B87B5" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc26186760"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc217028232"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="001D3179">
         <w:t>378</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="001B240E">
         <w:t>Données sur disques</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="102"/>
     </w:p>
     <w:p w14:paraId="44D20711" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="4865E89F" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089A069D" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -16624,107 +18004,106 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="495EF9F8" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BA875A2" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="007F33D1">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="100" w:name="_Toc26186761"/>
+            <w:bookmarkStart w:id="103" w:name="_Toc217028233"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="001D3179">
               <w:t>378</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="001B240E">
               <w:t>Documents numériques</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="100"/>
+            <w:bookmarkEnd w:id="103"/>
           </w:p>
           <w:p w14:paraId="68B5C02F" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>années.</w:t>
             </w:r>
             <w:r w:rsidRPr="003774A5">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r>
               <w:t>61 disques</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F9AC057" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
           <w:p w14:paraId="0ED1875A" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17422E96" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
           <w:p w14:paraId="6101EE62" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E">
             <w:r w:rsidRPr="009C3526">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="222300CB" w14:textId="77777777" w:rsidR="00677C5E" w:rsidRDefault="00677C5E" w:rsidP="00677C5E"/>
           <w:p w14:paraId="33E22165" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0527FBA2" w14:textId="77777777" w:rsidR="001B240E" w:rsidRDefault="001B240E" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69ED2474" w14:textId="77777777" w:rsidR="001B240E" w:rsidRDefault="001B240E" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -16755,58 +18134,58 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2165EADB" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Niveau5"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DEF8768" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="492A954B" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidSect="00F22AC1">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04D3F0FF" w14:textId="77777777" w:rsidR="00CF1D2E" w:rsidRDefault="00CF1D2E" w:rsidP="00923766">
+    <w:p w14:paraId="0E615A07" w14:textId="77777777" w:rsidR="00D67351" w:rsidRDefault="00D67351" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6008A381" w14:textId="77777777" w:rsidR="00CF1D2E" w:rsidRDefault="00CF1D2E" w:rsidP="00923766">
+    <w:p w14:paraId="4C22BC52" w14:textId="77777777" w:rsidR="00D67351" w:rsidRDefault="00D67351" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -16971,58 +18350,58 @@
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F92F27" w:rsidRPr="00F92F27">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>21</w:t>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7D3C2E83" w14:textId="77777777" w:rsidR="000403A4" w:rsidRDefault="000403A4" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F791A19" w14:textId="77777777" w:rsidR="00CF1D2E" w:rsidRDefault="00CF1D2E" w:rsidP="00923766">
+    <w:p w14:paraId="35F70F8E" w14:textId="77777777" w:rsidR="00D67351" w:rsidRDefault="00D67351" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77713B0C" w14:textId="77777777" w:rsidR="00CF1D2E" w:rsidRDefault="00CF1D2E" w:rsidP="00923766">
+    <w:p w14:paraId="7E5CE0EC" w14:textId="77777777" w:rsidR="00D67351" w:rsidRDefault="00D67351" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C7C006B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FEC0872"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -17266,277 +18645,316 @@
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="0000417E"/>
     <w:rsid w:val="00010A97"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="000403A4"/>
     <w:rsid w:val="00045078"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="00064FF7"/>
     <w:rsid w:val="000723B8"/>
     <w:rsid w:val="0007449B"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="0009764E"/>
     <w:rsid w:val="000A4D93"/>
+    <w:rsid w:val="000C0BAC"/>
+    <w:rsid w:val="000C0D24"/>
     <w:rsid w:val="000D2318"/>
     <w:rsid w:val="000F7851"/>
     <w:rsid w:val="000F7C76"/>
     <w:rsid w:val="00100C2C"/>
     <w:rsid w:val="001153BB"/>
+    <w:rsid w:val="0013337C"/>
     <w:rsid w:val="001363E8"/>
     <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="00164F27"/>
     <w:rsid w:val="00166949"/>
     <w:rsid w:val="00166C91"/>
     <w:rsid w:val="00180068"/>
     <w:rsid w:val="00184D1F"/>
     <w:rsid w:val="0018783F"/>
     <w:rsid w:val="001B240E"/>
+    <w:rsid w:val="001B2897"/>
     <w:rsid w:val="001B3311"/>
     <w:rsid w:val="001D3179"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E22C8"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="00201B4D"/>
+    <w:rsid w:val="00211219"/>
     <w:rsid w:val="00217E33"/>
     <w:rsid w:val="002273FD"/>
     <w:rsid w:val="00242C7D"/>
     <w:rsid w:val="00243393"/>
     <w:rsid w:val="0025336B"/>
     <w:rsid w:val="00267940"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="0028155F"/>
     <w:rsid w:val="00281CD8"/>
     <w:rsid w:val="00284955"/>
     <w:rsid w:val="0028732E"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
+    <w:rsid w:val="002C059E"/>
     <w:rsid w:val="002D0F20"/>
     <w:rsid w:val="002D5273"/>
     <w:rsid w:val="002D5302"/>
+    <w:rsid w:val="002E64E8"/>
+    <w:rsid w:val="002F3709"/>
     <w:rsid w:val="002F4D57"/>
     <w:rsid w:val="0030124F"/>
     <w:rsid w:val="003740B9"/>
     <w:rsid w:val="00374833"/>
     <w:rsid w:val="003774A5"/>
     <w:rsid w:val="00383197"/>
     <w:rsid w:val="0038506B"/>
+    <w:rsid w:val="00393660"/>
     <w:rsid w:val="003A2342"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="003E425D"/>
+    <w:rsid w:val="00403570"/>
+    <w:rsid w:val="00405245"/>
     <w:rsid w:val="0040558B"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="00444F94"/>
+    <w:rsid w:val="00446E92"/>
     <w:rsid w:val="00457089"/>
     <w:rsid w:val="0045758A"/>
     <w:rsid w:val="0046451E"/>
+    <w:rsid w:val="00476329"/>
     <w:rsid w:val="00482915"/>
     <w:rsid w:val="004862B9"/>
     <w:rsid w:val="004C1854"/>
+    <w:rsid w:val="004E6549"/>
+    <w:rsid w:val="00501D5D"/>
     <w:rsid w:val="00501E56"/>
     <w:rsid w:val="00502C0D"/>
+    <w:rsid w:val="00514E1A"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
     <w:rsid w:val="00561EAD"/>
+    <w:rsid w:val="00574A93"/>
     <w:rsid w:val="00583ECE"/>
     <w:rsid w:val="00587F67"/>
     <w:rsid w:val="00592F0C"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005B1FC2"/>
     <w:rsid w:val="005B615A"/>
+    <w:rsid w:val="005E3F86"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="00612460"/>
     <w:rsid w:val="00624149"/>
     <w:rsid w:val="0062783F"/>
     <w:rsid w:val="0066145D"/>
+    <w:rsid w:val="006631E6"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="006721CE"/>
     <w:rsid w:val="00677C5E"/>
     <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="006D0EFF"/>
     <w:rsid w:val="006D18CE"/>
     <w:rsid w:val="006E65A9"/>
     <w:rsid w:val="006F03B4"/>
+    <w:rsid w:val="006F15CD"/>
     <w:rsid w:val="006F1AD8"/>
     <w:rsid w:val="007215FD"/>
+    <w:rsid w:val="0072516F"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="007761FD"/>
+    <w:rsid w:val="00793402"/>
     <w:rsid w:val="007F33D1"/>
     <w:rsid w:val="0080796C"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="00846F6B"/>
+    <w:rsid w:val="00847BF7"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="008534FB"/>
     <w:rsid w:val="0085624F"/>
     <w:rsid w:val="00864E13"/>
+    <w:rsid w:val="0088352A"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="008D64A5"/>
     <w:rsid w:val="008F68D9"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00923766"/>
     <w:rsid w:val="00931389"/>
     <w:rsid w:val="00933FCA"/>
     <w:rsid w:val="00934CC0"/>
     <w:rsid w:val="0094294B"/>
     <w:rsid w:val="009534B2"/>
+    <w:rsid w:val="00963B32"/>
     <w:rsid w:val="009705AB"/>
     <w:rsid w:val="00995898"/>
     <w:rsid w:val="009A5734"/>
     <w:rsid w:val="009A769E"/>
+    <w:rsid w:val="009B256C"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
     <w:rsid w:val="009C3526"/>
+    <w:rsid w:val="009C6F55"/>
     <w:rsid w:val="009D2B71"/>
+    <w:rsid w:val="009E0303"/>
     <w:rsid w:val="009E5939"/>
     <w:rsid w:val="009F5EC7"/>
     <w:rsid w:val="00A074A8"/>
     <w:rsid w:val="00A22EB3"/>
     <w:rsid w:val="00A27EA8"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A674F8"/>
     <w:rsid w:val="00A70391"/>
     <w:rsid w:val="00A74830"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A766B7"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00AA48C7"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00AB6798"/>
     <w:rsid w:val="00AD7796"/>
     <w:rsid w:val="00B11621"/>
+    <w:rsid w:val="00B12541"/>
     <w:rsid w:val="00B148D8"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B25F60"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B3412B"/>
+    <w:rsid w:val="00B44FA2"/>
     <w:rsid w:val="00B46FC4"/>
     <w:rsid w:val="00B514D4"/>
     <w:rsid w:val="00B55D5C"/>
     <w:rsid w:val="00B618D0"/>
     <w:rsid w:val="00B70F0F"/>
     <w:rsid w:val="00B737E3"/>
     <w:rsid w:val="00B73FD9"/>
     <w:rsid w:val="00B96E5D"/>
     <w:rsid w:val="00B9759C"/>
     <w:rsid w:val="00BB1123"/>
+    <w:rsid w:val="00BB16CE"/>
     <w:rsid w:val="00BB2D08"/>
     <w:rsid w:val="00BC64AB"/>
     <w:rsid w:val="00BD4041"/>
     <w:rsid w:val="00BD5104"/>
     <w:rsid w:val="00BE1812"/>
     <w:rsid w:val="00BF7589"/>
     <w:rsid w:val="00C071C8"/>
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
     <w:rsid w:val="00C25074"/>
     <w:rsid w:val="00C25279"/>
     <w:rsid w:val="00C369EA"/>
     <w:rsid w:val="00C40995"/>
     <w:rsid w:val="00C42F3C"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C64E7A"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C73D69"/>
     <w:rsid w:val="00C817ED"/>
+    <w:rsid w:val="00CA0145"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CA65EA"/>
     <w:rsid w:val="00CB5258"/>
+    <w:rsid w:val="00CC4455"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CC62FE"/>
     <w:rsid w:val="00CD3090"/>
     <w:rsid w:val="00CE48E5"/>
     <w:rsid w:val="00CF1D2E"/>
     <w:rsid w:val="00D0244C"/>
     <w:rsid w:val="00D06AA1"/>
     <w:rsid w:val="00D1229C"/>
     <w:rsid w:val="00D25352"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
+    <w:rsid w:val="00D32BD9"/>
     <w:rsid w:val="00D367E6"/>
     <w:rsid w:val="00D40578"/>
     <w:rsid w:val="00D53FBB"/>
     <w:rsid w:val="00D64943"/>
+    <w:rsid w:val="00D67351"/>
     <w:rsid w:val="00D70AE9"/>
     <w:rsid w:val="00DA6900"/>
     <w:rsid w:val="00DA7B0A"/>
+    <w:rsid w:val="00DB15A4"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DD2FFF"/>
     <w:rsid w:val="00DD6545"/>
     <w:rsid w:val="00DE48FD"/>
+    <w:rsid w:val="00DE6FBD"/>
     <w:rsid w:val="00DF516C"/>
     <w:rsid w:val="00E06067"/>
+    <w:rsid w:val="00E06CED"/>
     <w:rsid w:val="00E2057E"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E57F6F"/>
     <w:rsid w:val="00E60A42"/>
     <w:rsid w:val="00E62F10"/>
     <w:rsid w:val="00E709FB"/>
     <w:rsid w:val="00E86474"/>
     <w:rsid w:val="00E9066C"/>
     <w:rsid w:val="00EB2DA6"/>
     <w:rsid w:val="00EC65A3"/>
     <w:rsid w:val="00F04CFA"/>
     <w:rsid w:val="00F169C8"/>
     <w:rsid w:val="00F22AC1"/>
     <w:rsid w:val="00F24FC3"/>
     <w:rsid w:val="00F3008F"/>
     <w:rsid w:val="00F35BE5"/>
     <w:rsid w:val="00F41408"/>
     <w:rsid w:val="00F43CBC"/>
     <w:rsid w:val="00F568C7"/>
     <w:rsid w:val="00F64BAF"/>
     <w:rsid w:val="00F75A63"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
     <w:rsid w:val="00F92F27"/>
     <w:rsid w:val="00FA19DC"/>
     <w:rsid w:val="00FA474E"/>
     <w:rsid w:val="00FC3D97"/>
+    <w:rsid w:val="00FE2CAD"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -17917,51 +19335,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00923766"/>
+    <w:rsid w:val="0088352A"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Niveau 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:qFormat/>
     <w:rsid w:val="00A674F8"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -18627,51 +20045,51 @@
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1057243912">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///K:\Fonds%20d'archives\P378%20Fonds%20Societe%20dinfo%20LSJ" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///K:\Fonds%20d'archives\P378%20Fonds%20Societe%20dinfo%20LSJ\P378_Non%20trait&#233;" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///K:\Fonds%20d'archives\P378%20Fonds%20Societe%20dinfo%20LSJ\P378_Non%20trait&#233;\P378_A1_1%20Politique" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///K:\Fonds%20d'archives\P378%20Fonds%20Societe%20dinfo%20LSJ" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\isabelleshg\Documents\Administration\Mod&#232;le%20Instrument%20de%20recherche%202017%20v2.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -18903,70 +20321,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>22532</Characters>
+  <Pages>23</Pages>
+  <Words>5030</Words>
+  <Characters>27165</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1325</Lines>
-  <Paragraphs>761</Paragraphs>
+  <Lines>1429</Lines>
+  <Paragraphs>766</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25882</CharactersWithSpaces>
+  <CharactersWithSpaces>31429</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>