--- v0 (2025-10-05)
+++ v1 (2026-01-24)
@@ -1,337 +1,346 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="45EAB663" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">FONDS </w:t>
       </w:r>
       <w:r w:rsidR="00C14B0A">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>fondation jean-dolbeau</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00C14B0A" w:rsidP="00923766">
+    <w:p w14:paraId="5863C483" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00C14B0A" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>P341</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
-[...69 lines deleted...]
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="0676B98C" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13B8EF2D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38BC577B" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C74E420" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B605C52" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AC26E35" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="700ADED6" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C13B40C" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AEF1763" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51610183" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1183E28C" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B96D42D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3456887B" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76BEB11E" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C9DD552" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:t>Société d’histoire et de généalogie Maria-Chapdelaine</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="1E0D635D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:t>Dolbeau-Mistassini</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
-[...64 lines deleted...]
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="02A99F96" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405BE4D4" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="206680B9" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1764EC50" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15CA67E5" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="110083D3" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BCE0201" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="092FBDBA" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078E487D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="787F948F" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51733825" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C3DC991" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="796AAF9E" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CE0287A" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">Répertoire numérique </w:t>
       </w:r>
       <w:r w:rsidR="00C14B0A">
         <w:t>simple</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
-[...49 lines deleted...]
-    <w:p w:rsidR="00B46FC4" w:rsidRDefault="00C14B0A" w:rsidP="00923766">
+    <w:p w14:paraId="0E7D8F57" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01F0A6DF" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="083E5736" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AA46DD0" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7115A210" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65F724BD" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55495A46" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A1913AE" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F14FBC3" w14:textId="77777777" w:rsidR="00850264" w:rsidRPr="00A674F8" w:rsidRDefault="00850264" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="530B43ED" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7239BE00" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRDefault="00C14B0A" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Prétraité par Frédérique Fradet, archiviste-rédactrice</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C14B0A" w:rsidRDefault="00375A98" w:rsidP="00923766">
+    <w:p w14:paraId="2C3AFD36" w14:textId="77777777" w:rsidR="00C14B0A" w:rsidRDefault="00375A98" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Création de l’instrument de recherche le </w:t>
       </w:r>
       <w:r w:rsidR="00C14B0A">
         <w:t>8 novembre 2017</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6E10DA27" w14:textId="5B1FD10D" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>Dernière mise à jour le 28 octobre 2021</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="0076644B" w:rsidRPr="00A674F8" w:rsidRDefault="0076644B" w:rsidP="00923766">
+        <w:t>mise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> à jour le 28 octobre 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00964E7F">
+        <w:t xml:space="preserve"> et le 7 janvier 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178E0CB2" w14:textId="77777777" w:rsidR="00DA6900" w:rsidRDefault="00DA6900" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F89CC53" w14:textId="77777777" w:rsidR="00DA6900" w:rsidRPr="00A674F8" w:rsidRDefault="00DA6900" w:rsidP="00923766">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="247066D1" w14:textId="77777777" w:rsidR="0076644B" w:rsidRPr="00A674F8" w:rsidRDefault="0076644B" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:t>Table des matières</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00BD4041">
+    <w:p w14:paraId="07253187" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00BD4041">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:instrText xml:space="preserve"> TOC \o "1-5" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -371,51 +380,51 @@
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00375A98">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00375A98">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00375A98">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98">
+    <w:p w14:paraId="38E9B41A" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc86305130" w:history="1">
         <w:r w:rsidRPr="00875AD6">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P341/A</w:t>
         </w:r>
         <w:r>
@@ -446,51 +455,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98">
+    <w:p w14:paraId="78AF1BCA" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc86305131" w:history="1">
         <w:r w:rsidRPr="00875AD6">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P341/A1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -520,51 +529,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98">
+    <w:p w14:paraId="70CA061F" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc86305132" w:history="1">
         <w:r w:rsidRPr="00875AD6">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">P341/A1/1 : </w:t>
         </w:r>
         <w:r w:rsidRPr="00875AD6">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:eastAsia="Calibri"/>
@@ -600,51 +609,51 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98">
+    <w:p w14:paraId="1159C947" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc86305133" w:history="1">
         <w:r w:rsidRPr="00875AD6">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
           <w:t xml:space="preserve">P341/A1/2 : </w:t>
         </w:r>
         <w:r w:rsidRPr="00875AD6">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:eastAsia="Calibri"/>
@@ -680,867 +689,952 @@
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00BD4041" w:rsidRPr="00A674F8" w:rsidRDefault="00BD4041" w:rsidP="00923766">
+    <w:p w14:paraId="3C8B5F91" w14:textId="77777777" w:rsidR="00BD4041" w:rsidRPr="00A674F8" w:rsidRDefault="00BD4041" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="49DE0F0C" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc86305129"/>
       <w:r w:rsidRPr="00A674F8">
         <w:lastRenderedPageBreak/>
         <w:t>PRÉSENTATION DU FONDS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="66F4233D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRPr="00A674F8" w:rsidRDefault="00C14B0A" w:rsidP="00923766">
+    <w:p w14:paraId="3EF8B9DF" w14:textId="4AFF6DA3" w:rsidR="00375A98" w:rsidRDefault="00C14B0A" w:rsidP="00923766">
       <w:r>
         <w:t>P341 Fonds Fondation Jean-Dolbeau</w:t>
       </w:r>
       <w:r w:rsidR="00931389" w:rsidRPr="00A674F8">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B46FC4" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> [1990-201</w:t>
-[...2 lines deleted...]
-        <w:t>8</w:t>
+        <w:t xml:space="preserve"> [1990-20</w:t>
+      </w:r>
+      <w:r w:rsidR="00964E7F">
+        <w:t>22</w:t>
       </w:r>
       <w:r>
-        <w:t>] – 0,4</w:t>
-[...2 lines deleted...]
-        <w:t>75</w:t>
+        <w:t>] – 0,</w:t>
+      </w:r>
+      <w:r w:rsidR="00964E7F">
+        <w:t>522</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> m. l.</w:t>
       </w:r>
       <w:r w:rsidR="001153BB">
         <w:t xml:space="preserve"> de documents textuels. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931389" w:rsidRPr="00A674F8" w:rsidRDefault="00931389" w:rsidP="00923766"/>
-    <w:p w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
+    <w:p w14:paraId="1CAA9D1D" w14:textId="77777777" w:rsidR="00964E7F" w:rsidRDefault="00964E7F" w:rsidP="00923766"/>
+    <w:p w14:paraId="32322DF1" w14:textId="7BD4EE4F" w:rsidR="00964E7F" w:rsidRDefault="00964E7F" w:rsidP="00923766">
+      <w:r>
+        <w:t xml:space="preserve">Ajout 7 janvier 2026, reçu le 20 octobre 2025, par Mme Céline Paradis : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F024ED" w14:textId="3E32F4BE" w:rsidR="00964E7F" w:rsidRDefault="00964E7F" w:rsidP="00964E7F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4,7 cm de documents textuels [2019-2022]; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19128A06" w14:textId="6CF1169F" w:rsidR="00964E7F" w:rsidRDefault="00964E7F" w:rsidP="00964E7F">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1 photographie originale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24901837" w14:textId="77777777" w:rsidR="00964E7F" w:rsidRPr="00A674F8" w:rsidRDefault="00964E7F" w:rsidP="00923766"/>
+    <w:p w14:paraId="66FF6A43" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00A674F8" w:rsidRDefault="00931389" w:rsidP="00923766"/>
+    <w:p w14:paraId="6F9C8CC4" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Notice biographique</w:t>
       </w:r>
       <w:r w:rsidR="00A674F8" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / Histoire administrative</w:t>
       </w:r>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00DC3822" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066145D" w:rsidRPr="00A674F8" w:rsidRDefault="0066145D" w:rsidP="00923766"/>
+    <w:p w14:paraId="63D121C7" w14:textId="77777777" w:rsidR="0066145D" w:rsidRPr="00A674F8" w:rsidRDefault="0066145D" w:rsidP="00923766"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="Textedelespacerserv"/>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:id w:val="1910115178"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="Textedelespacerserv"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="00C14B0A" w:rsidRDefault="00C14B0A" w:rsidP="00C14B0A">
+        <w:p w14:paraId="6909C2C1" w14:textId="77777777" w:rsidR="00C14B0A" w:rsidRDefault="00C14B0A" w:rsidP="00C14B0A">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:spacing w:before="72" w:line="245" w:lineRule="atLeast"/>
             <w:ind w:right="-567"/>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">La Fondation Jean-Dolbeau est un organisme sans but lucratif fondé en 1991 </w:t>
           </w:r>
           <w:r w:rsidR="00192552">
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t>par messieurs Réal Dufour, Edmond Laprise et François Leblanc (notaire)</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">. Le mandat de l’organisme consiste à appuyer les jeunes dans le besoin à poursuivre leurs études après le secondaire, par </w:t>
           </w:r>
           <w:r w:rsidR="00192552">
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t>l’octroi</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> de bourses d’études. Les montants sont amassés grâce à la donation de mandataires publics et privés versant chacun 3 000 $ à la Fondation. Ces dons génèrent ensuite de l’intérêt chaque année. Les membres de l’organisme, tous bénévoles, organisent des activités de financement et de recherche de mandataires de façon continue. </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00C14B0A" w:rsidRDefault="00C14B0A" w:rsidP="00C14B0A">
+        <w:p w14:paraId="368162CB" w14:textId="77777777" w:rsidR="00C14B0A" w:rsidRDefault="00C14B0A" w:rsidP="00C14B0A">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:spacing w:before="72" w:line="245" w:lineRule="atLeast"/>
             <w:ind w:right="-567"/>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
-            <w:t>En 2017, l’organisme est constitué de 12 membres et de 11 soci</w:t>
-[...8 lines deleted...]
-            <w:t>étaires. Les principaux mandataires sont Gilles Ross et André McClure (privés), la Caisse Desjardins, Mallette, le Club Lions, le Club Richelieu,</w:t>
+            <w:t>En 2017, l’organisme est constitué de 12 membres et de 11 sociétaires. Les principaux mandataires sont Gilles Ross et André McClure (privés), la Caisse Desjardins, Mallette, le Club Lions, le Club Richelieu,</w:t>
           </w:r>
           <w:r w:rsidR="005E2D10">
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> etc. L</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t>a commission scolaire de la Polyvalente Jean-Dolbeau</w:t>
           </w:r>
           <w:r w:rsidR="005E2D10">
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve"> (Pays-des-Bleuets) verse également 1 $ par élève chaque année à l’organisme afin de soutenir sa mission. En 2017, cela constitue environ 450 $ pour autant d’étudiants.</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="005E2D10" w:rsidRPr="001153BB" w:rsidRDefault="005E2D10" w:rsidP="00C14B0A">
+        <w:p w14:paraId="1CB7E92E" w14:textId="77777777" w:rsidR="005E2D10" w:rsidRPr="001153BB" w:rsidRDefault="005E2D10" w:rsidP="00C14B0A">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:spacing w:before="72" w:line="245" w:lineRule="atLeast"/>
             <w:ind w:right="-567"/>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:szCs w:val="24"/>
               <w:lang w:eastAsia="fr-CA"/>
             </w:rPr>
             <w:t xml:space="preserve">Céline Paradis, présidente depuis 2011, poursuit l’œuvre d’André McClure, président de 1991 à 2010. Enseignante à la retraite depuis 2005, elle a donné des cours de sciences physiques à la Polyvalente Jean-Dolbeau, et ce pendant 13 ans. </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00B25321" w:rsidRPr="00D30256" w:rsidRDefault="00340682" w:rsidP="00923766"/>
+        <w:p w14:paraId="56793E9C" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00D30256" w:rsidRDefault="00000000" w:rsidP="00923766"/>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00CB5258" w:rsidRPr="00A674F8" w:rsidRDefault="00CB5258" w:rsidP="00923766"/>
-    <w:p w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
+    <w:p w14:paraId="0463C9A8" w14:textId="77777777" w:rsidR="00CB5258" w:rsidRPr="00A674F8" w:rsidRDefault="00CB5258" w:rsidP="00923766"/>
+    <w:p w14:paraId="033BE37D" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Historique de la conservation : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00931389" w:rsidRPr="0045758A" w:rsidRDefault="00931389" w:rsidP="00923766"/>
+    <w:p w14:paraId="2B92E164" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="0045758A" w:rsidRDefault="00931389" w:rsidP="00923766"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="Textedelespacerserv"/>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:id w:val="-810557462"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
       </w:sdtPr>
-      <w:sdtEndPr>
-[...3 lines deleted...]
-      </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w:rsidR="005E2D10" w:rsidRDefault="001153BB" w:rsidP="00923766">
+        <w:p w14:paraId="3CDD8EE6" w14:textId="77777777" w:rsidR="005E2D10" w:rsidRDefault="001153BB" w:rsidP="00923766">
           <w:pPr>
             <w:rPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001153BB">
             <w:rPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
             <w:t xml:space="preserve">Ce fonds a été versé </w:t>
           </w:r>
           <w:r w:rsidR="005E2D10">
             <w:rPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
             <w:t xml:space="preserve">à la Société d’histoire et de généalogie Maria-Chapdelaine, le 8 novembre 2017, par Mme Céline Paradis, conjointe de M. Gilles Servant et présidente de la Fondation Jean-Dolbeau de 2011 à 2017. </w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="005E2D10" w:rsidRDefault="005E2D10" w:rsidP="00923766">
+        <w:p w14:paraId="1ABFE8AC" w14:textId="77777777" w:rsidR="005E2D10" w:rsidRDefault="005E2D10" w:rsidP="00923766">
           <w:pPr>
             <w:rPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
           </w:pPr>
         </w:p>
-        <w:p w:rsidR="00375A98" w:rsidRDefault="005E2D10" w:rsidP="00923766">
+        <w:p w14:paraId="4F4DBD2A" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="005E2D10" w:rsidP="00923766">
           <w:pPr>
             <w:rPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
             <w:t xml:space="preserve">Les documents ont été cédés à notre organisme afin que ceux-ci se retrouvent à un seul endroit. Auparavant, chaque président amassait des documents à la maison. Le roulement chez les membres amenait la dispersion des papiers. De plus, le changement de personnel à la Polyvalente Jean-Dolbeau </w:t>
           </w:r>
           <w:r w:rsidR="00B80737">
             <w:rPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
             <w:t>augmentait le risque de</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             </w:rPr>
             <w:t xml:space="preserve"> perte de documents, car certains étaient conservés dans leurs archives, par leurs secrétaires.</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00923766"/>
-        <w:p w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00375A98" w:rsidP="00923766">
+        <w:p w14:paraId="745ED450" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00923766"/>
+        <w:p w14:paraId="7503FC04" w14:textId="77777777" w:rsidR="00B25321" w:rsidRDefault="00375A98" w:rsidP="00923766">
           <w:r w:rsidRPr="00375A98">
             <w:t>Gilles Servant a fait l'ajout de 4,5 cm de documents textuels le 28 octobre 2021. Cet ajout comprend des états financiers, de la correspondance, des procès-verbaux, quelques coupures de presse et de l'information sur des remises de bourses aux étudiants de la Polyvalente Jean-Dolbeau entre 2015 et 2018.</w:t>
           </w:r>
         </w:p>
+        <w:p w14:paraId="5D5B0410" w14:textId="77777777" w:rsidR="00ED3A22" w:rsidRDefault="00ED3A22" w:rsidP="00923766"/>
+        <w:p w14:paraId="569EFA7D" w14:textId="40C30540" w:rsidR="00ED3A22" w:rsidRPr="00A674F8" w:rsidRDefault="00ED3A22" w:rsidP="00923766">
+          <w:r>
+            <w:lastRenderedPageBreak/>
+            <w:t xml:space="preserve">Mme Céline Paradis a fait l’ajout de 4,7 cm de documents administratifs et une photographie de remise de bourse, le tout entre 2019 et 2022. </w:t>
+          </w:r>
+        </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00D30256" w:rsidRDefault="00D30256" w:rsidP="00923766">
+    <w:p w14:paraId="34E82881" w14:textId="77777777" w:rsidR="00D30256" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="4966AADD" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00050170" w:rsidRDefault="00050170" w:rsidP="00923766"/>
-    <w:p w:rsidR="001153BB" w:rsidRPr="00A674F8" w:rsidRDefault="001153BB" w:rsidP="00923766">
+    <w:p w14:paraId="02B5BD80" w14:textId="77777777" w:rsidR="00050170" w:rsidRDefault="00050170" w:rsidP="00923766"/>
+    <w:p w14:paraId="1133897B" w14:textId="77777777" w:rsidR="001153BB" w:rsidRPr="00A674F8" w:rsidRDefault="001153BB" w:rsidP="00923766">
       <w:r w:rsidRPr="001153BB">
         <w:t xml:space="preserve">Ce fonds est constitué </w:t>
       </w:r>
       <w:r w:rsidR="005E2D10">
         <w:t xml:space="preserve">de rapports financiers produits par Mallette, de documents constitutifs (lettres patentes, etc.), d’ordre du jour et de procès-verbaux, de correspondance et de coupures de presse de l’organisme à but non lucratif. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00922E8E" w:rsidRPr="00A674F8" w:rsidRDefault="00922E8E" w:rsidP="00923766"/>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
+    <w:p w14:paraId="012DED16" w14:textId="77777777" w:rsidR="00922E8E" w:rsidRPr="00A674F8" w:rsidRDefault="00922E8E" w:rsidP="00923766"/>
+    <w:p w14:paraId="59ED0E5A" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Instrument de recherche :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">L’ajout de 2021 n’est pas traité, mais a été comptabilisé </w:t>
+    <w:p w14:paraId="764C76B9" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766"/>
+    <w:p w14:paraId="624DF6DB" w14:textId="37DB5AE8" w:rsidR="00E06067" w:rsidRDefault="00F007EC" w:rsidP="00923766">
+      <w:r w:rsidRPr="00F007EC">
+        <w:t xml:space="preserve">Ce fonds est prétraité et a conservé son ordre primitif. Les ajouts de 2021 et 2025/2026 ne sont pas traités, mais ont été comptabilisés </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00375A98">
+      <w:r w:rsidRPr="00F007EC">
         <w:t>en terme de</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00375A98">
-[...4 lines deleted...]
-    <w:p w:rsidR="00E06067" w:rsidRPr="00923766" w:rsidRDefault="00E06067" w:rsidP="00923766">
+      <w:r w:rsidRPr="00F007EC">
+        <w:t xml:space="preserve"> quantités aux rapports d’activités de la Société d’histoire et de généalogie Maria-Chapdelaine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F1BCB54" w14:textId="77777777" w:rsidR="00F007EC" w:rsidRPr="00A674F8" w:rsidRDefault="00F007EC" w:rsidP="00923766"/>
+    <w:p w14:paraId="64042711" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00923766" w:rsidRDefault="00E06067" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Restrictions régissant la consultation, la reproduction et la publication :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
-    <w:p w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00D30256" w:rsidP="00923766">
+    <w:p w14:paraId="0E5BAC84" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
+    <w:p w14:paraId="6DF608A9" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:r>
         <w:t>Aucune.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C70C4E" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
-    <w:p w:rsidR="00B80737" w:rsidRPr="00B80737" w:rsidRDefault="00375A98" w:rsidP="00923766">
+    <w:p w14:paraId="12B72AE4" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="17F52B19" w14:textId="77777777" w:rsidR="00B80737" w:rsidRPr="00B80737" w:rsidRDefault="00375A98" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Rangement </w:t>
       </w:r>
       <w:r w:rsidR="00B80737" w:rsidRPr="00B80737">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">des boîtes : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766"/>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00923766">
+    <w:p w14:paraId="33830F63" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766"/>
+    <w:p w14:paraId="45F2105F" w14:textId="43295211" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00375A98">
         <w:rPr>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>R07 E07 T04</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00375A98" w:rsidRPr="00B80737" w:rsidRDefault="00375A98" w:rsidP="00375A98">
+        <w:t>R0</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2A3F">
+        <w:rPr>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375A98">
+        <w:rPr>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E0</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2A3F">
+        <w:rPr>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375A98">
+        <w:rPr>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> T04</w:t>
+      </w:r>
+      <w:r w:rsidR="004B2A3F">
+        <w:rPr>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>-05</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="726AEA52" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00923766"/>
+    <w:p w14:paraId="0AAC3584" w14:textId="77777777" w:rsidR="00375A98" w:rsidRPr="00B80737" w:rsidRDefault="00375A98" w:rsidP="00375A98">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B80737">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Contenu des boîtes : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00923766"/>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="0B8DC7D2" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00923766"/>
+    <w:p w14:paraId="593785F9" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t xml:space="preserve">Boîte 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="421B949F" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t>Documents constitutifs, finances, correspondance, coupures de presse</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="37217892" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t>[1990-2009]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="1A1B4698" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t>14 cm de documents textuels</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766"/>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="236FE89F" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766"/>
+    <w:p w14:paraId="173BE678" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t>Boîte 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="700540BD" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t>Documents financiers, correspondance, coupures de presse</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="149186E0" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t>[2009-2013]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="2DF00EBA" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t>16 cm de documents textuels</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766"/>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
+    <w:p w14:paraId="6D71B6C1" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766"/>
+    <w:p w14:paraId="3E7D0B5D" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00923766">
       <w:r>
         <w:t xml:space="preserve">Boîte 3 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00B80737">
+    <w:p w14:paraId="5E29D55C" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00B80737">
       <w:r>
         <w:t>Documents financiers, correspondance, coupures de presse</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00B80737">
+    <w:p w14:paraId="05EB1DD1" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00B80737">
       <w:r>
         <w:t>[2013-2017]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00B80737">
+    <w:p w14:paraId="27E383EA" w14:textId="77777777" w:rsidR="00B80737" w:rsidRDefault="00B80737" w:rsidP="00B80737">
       <w:r>
         <w:t>13 cm de documents textuels</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00B80737"/>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
+    <w:p w14:paraId="5E486932" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00B80737"/>
+    <w:p w14:paraId="1AF87E0E" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
       <w:r>
         <w:t>Boîte 4</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
+    <w:p w14:paraId="4A089F39" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
       <w:r>
         <w:t>Correspondance, procès-verbaux, remise de bourses aux étudiants de la Polyvalente Jean-Dolbeau, états financiers, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
+    <w:p w14:paraId="47D13A21" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
       <w:r>
         <w:t>[2015-2018]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
+    <w:p w14:paraId="40AFD775" w14:textId="77777777" w:rsidR="00375A98" w:rsidRDefault="00375A98" w:rsidP="00375A98">
       <w:r>
         <w:t>4,5 cm de documents textuels</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80737" w:rsidRPr="00A674F8" w:rsidRDefault="00B80737" w:rsidP="00923766"/>
-[...1 lines deleted...]
-    <w:p w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
+    <w:p w14:paraId="2D51EB3E" w14:textId="77777777" w:rsidR="009D7785" w:rsidRDefault="009D7785" w:rsidP="00375A98"/>
+    <w:p w14:paraId="1E460FDE" w14:textId="67D22BF7" w:rsidR="009D7785" w:rsidRDefault="009D7785" w:rsidP="00375A98">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Ajouts administration 20 octobre 2025 – 7 janvier 2026 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28DE9B89" w14:textId="406AD234" w:rsidR="009D7785" w:rsidRDefault="009D7785" w:rsidP="00375A98">
+      <w:r>
+        <w:t>[2019-2022]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E98AAE" w14:textId="684922C6" w:rsidR="00B80737" w:rsidRDefault="009D7785" w:rsidP="00923766">
+      <w:r>
+        <w:t>4,7 cm de documents textuels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094D3E4F" w14:textId="20DBF176" w:rsidR="009D7785" w:rsidRPr="00A674F8" w:rsidRDefault="009D7785" w:rsidP="00923766">
+      <w:r>
+        <w:t>1 photographie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7A139E" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="2C4F8F82" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00375A98" w:rsidP="00923766">
+    <w:p w14:paraId="0341327E" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00375A98" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc86305130"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc86305130"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>P341</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t>/A</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773AAB17" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="20C28EB7" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="62E9C889" w14:textId="77777777" w:rsidR="001E5A46" w:rsidRPr="00A674F8" w:rsidRDefault="00375A98" w:rsidP="00923766">
+      <w:pPr>
+        <w:pStyle w:val="Titre2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc86305131"/>
+      <w:r>
+        <w:t>P341</w:t>
+      </w:r>
+      <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
+        <w:t>/A1</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
+    <w:p w14:paraId="3DBF299A" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
+    <w:p w14:paraId="69ABE01F" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA48C7" w:rsidRPr="00A674F8" w:rsidTr="00C11F5D">
+      <w:tr w:rsidR="00AA48C7" w:rsidRPr="00A674F8" w14:paraId="0C611484" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
+          <w:p w14:paraId="01C1E3AD" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00E57F6F" w:rsidRPr="00B321DF" w:rsidRDefault="00375A98" w:rsidP="00B321DF">
+          <w:p w14:paraId="0648123B" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00B321DF" w:rsidRDefault="00375A98" w:rsidP="00B321DF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="_Toc86305132"/>
+            <w:bookmarkStart w:id="3" w:name="_Toc86305132"/>
             <w:r>
               <w:t>P341</w:t>
             </w:r>
             <w:r w:rsidR="00E57F6F" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/A1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00E57F6F" w:rsidRPr="00587F67">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
-          <w:p w:rsidR="00E57F6F" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
+          <w:p w14:paraId="15F025A0" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00923766">
+          <w:p w14:paraId="38E01A79" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
+          <w:p w14:paraId="086456C2" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidTr="00C11F5D">
+      <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="73308D35" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="00923766">
+          <w:p w14:paraId="035CBCBC" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00375A98" w:rsidP="00C11F5D">
+          <w:p w14:paraId="17C1354B" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00375A98" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Toc86305133"/>
+            <w:bookmarkStart w:id="4" w:name="_Toc86305133"/>
             <w:r>
               <w:t>P341</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/A1/2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00587F67">
               <w:rPr>
                 <w:rStyle w:val="Textedelespacerserv"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
+          <w:p w14:paraId="6A262C2D" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
+          <w:p w14:paraId="5579A173" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00923766"/>
+          <w:p w14:paraId="36339038" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00923766"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
+    <w:p w14:paraId="28A6146E" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Niveau5"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
+    <w:p w14:paraId="066A8247" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidSect="00F22AC1">
-      <w:footerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00340682" w:rsidRDefault="00340682" w:rsidP="00923766">
+    <w:p w14:paraId="40EF4EB8" w14:textId="77777777" w:rsidR="00AA757A" w:rsidRDefault="00AA757A" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00340682" w:rsidRDefault="00340682" w:rsidP="00923766">
+    <w:p w14:paraId="5477F850" w14:textId="77777777" w:rsidR="00AA757A" w:rsidRDefault="00AA757A" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00F22AC1" w:rsidRDefault="00587F67" w:rsidP="00923766">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7619AADC" w14:textId="77777777" w:rsidR="00F22AC1" w:rsidRDefault="00587F67" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-CA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09002486" wp14:editId="6585D70F">
               <wp:extent cx="5467350" cy="45085"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="1" name="Organigramme : Décision 1" descr="Light horizontal"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="5467350" cy="45085"/>
                       </a:xfrm>
                       <a:prstGeom prst="flowChartDecision">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:pattFill prst="ltHorz">
                         <a:fgClr>
                           <a:srgbClr val="000000"/>
                         </a:fgClr>
                         <a:bgClr>
@@ -1565,327 +1659,457 @@
                     </wps:spPr>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="50C7CF1E" id="_x0000_t110" coordsize="21600,21600" o:spt="110" path="m10800,l,10800,10800,21600,21600,10800xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect" textboxrect="5400,5400,16200,16200"/>
             </v:shapetype>
             <v:shape id="Organigramme : Décision 1" o:spid="_x0000_s1026" type="#_x0000_t110" alt="Light horizontal" style="width:430.5pt;height:3.55pt;flip:y;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCA9EH/xQIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfd0lK0jXR0mlbKSAV&#10;NmnAvWs7iYVjB9ttuiHehVteA16MYyfrNn4khMiF459zjr/znc/n5HTfSrTjxgqtSpwcxRhxRTUT&#10;qi7xu7eryRwj64hiRGrFS3zDLT5dPH1y0ncFn+pGS8YNgiDKFn1X4sa5rogiSxveEnukO67gsNKm&#10;JQ6Wpo6YIT1Eb2U0jeNZ1GvDOqMptxZ2l8MhXoT4VcWpu6wqyx2SJQZsLowmjBs/RosTUtSGdI2g&#10;IwzyDyhaIhRcegi1JI6grRG/hGoFNdrqyh1R3Ua6qgTlIQfIJol/yua6IR0PuQA5tjvQZP9fWPpm&#10;d2WQYFA7jBRpoUSXpiZKACdty799KdDy+1cqfH0RmDBuKdC3FnXjUKONuNXKEel57DtbQLjr7sp4&#10;Jmy31vSDRUpfNETV/MwY3TecMECfePvokYNfWHBFm/61ZgCDbJ0OlO4r06JKiu69d/ShgTa0DzW8&#10;OdSQ7x2isJmls+NnGZSawlmaxfMs3EUKH8Y7d8a6F1y3yE9KXEndA0DjlnzIMtxAdmvrPMZ7++BL&#10;nFsJKUdf6V5qcxscqvpCmpC2qTcwRTviFRe+EcDBZPNb21X4RtvRxF8/XuljS+VHpT2EAdywA7kD&#10;XH/mWQiy+5Qn0zQ+n+aT1Wx+PElXaTbJj+P5JE7y83wWp3m6XH320JO0aARjXK2F4ndPIEn/TmLj&#10;YxzEGx4B6kucZ9MssGK1FMyj9djsH5l5ZNYKBx1BirbE8wN9pPDKea4YpE0KR4Qc5tFj+KFgwMHd&#10;P7ASdOalNUh0o9kNyMxoKD7IBHoXTEDJtxj10AdKbD9uieEYyVcKpJonaeobR1ik2fEUFubhyebh&#10;CVEUQpXYYTRML9zQbLad8U/mTsFKn4G8KxE05qU/oBofBbz1kMHYl3wzebgOVvfdc/EDAAD//wMA&#10;UEsDBBQABgAIAAAAIQBMQZZE2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfoP&#10;1iL1UhUnHCBK4yCoxAcEOHA08ZKkjddRbIjL13fbS7mMNJrVzNtiHW0vbjj6zpGCdJ6AQKqd6ahR&#10;cDzs3jIQPmgyuneECr7Rw7p8fip0btxEFd72oRFcQj7XCtoQhlxKX7dotZ+7AYmzixutDmzHRppR&#10;T1xue7lIkqW0uiNeaPWAHy3WX/urVbCrzNa/Tvf4eTllR3dYxHu12ir1MoubdxABY/g/hl98RoeS&#10;mc7uSsaLXgE/Ev6Us2yZsj0rWKUgy0I+spc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AID0Qf/FAgAAhQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAExBlkTZAAAAAwEAAA8AAAAAAAAAAAAAAAAAHwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAlBgAAAAA=&#10;" fillcolor="black" stroked="f">
               <v:fill r:id="rId1" o:title="" type="pattern"/>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F22AC1" w:rsidRPr="009D2B71" w:rsidRDefault="00C14B0A" w:rsidP="00923766">
+  <w:p w14:paraId="51BCA13F" w14:textId="77777777" w:rsidR="00F22AC1" w:rsidRPr="009D2B71" w:rsidRDefault="00C14B0A" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>P341 Fonds Fondation Jean-Dolbeau</w:t>
     </w:r>
     <w:r w:rsidR="0025336B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0025336B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00F22AC1" w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00F22AC1" w:rsidRPr="00F22AC1">
       <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00F22AC1" w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00192552" w:rsidRPr="00192552">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="00F22AC1" w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F22AC1" w:rsidRDefault="00F22AC1" w:rsidP="00923766">
+  <w:p w14:paraId="4C82DA4F" w14:textId="77777777" w:rsidR="00F22AC1" w:rsidRDefault="00F22AC1" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00340682" w:rsidRDefault="00340682" w:rsidP="00923766">
+    <w:p w14:paraId="18CBEEA7" w14:textId="77777777" w:rsidR="00AA757A" w:rsidRDefault="00AA757A" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00340682" w:rsidRDefault="00340682" w:rsidP="00923766">
+    <w:p w14:paraId="2D72A7DE" w14:textId="77777777" w:rsidR="00AA757A" w:rsidRDefault="00AA757A" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F57330F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="090678B6"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1048141076">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="000723B8"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="000C16EA"/>
     <w:rsid w:val="000F7851"/>
     <w:rsid w:val="00100C2C"/>
     <w:rsid w:val="001153BB"/>
     <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="00166C91"/>
     <w:rsid w:val="00192552"/>
     <w:rsid w:val="001A2585"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E22C8"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="002273FD"/>
     <w:rsid w:val="00242C7D"/>
     <w:rsid w:val="0025336B"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="00284955"/>
+    <w:rsid w:val="00285335"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
     <w:rsid w:val="002C4722"/>
     <w:rsid w:val="002D0F20"/>
     <w:rsid w:val="0030124F"/>
+    <w:rsid w:val="00321495"/>
     <w:rsid w:val="00340682"/>
     <w:rsid w:val="00375A98"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="0045758A"/>
     <w:rsid w:val="0046451E"/>
     <w:rsid w:val="00482915"/>
     <w:rsid w:val="004862B9"/>
+    <w:rsid w:val="004B2A3F"/>
     <w:rsid w:val="00502C0D"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
     <w:rsid w:val="00587F67"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005B615A"/>
     <w:rsid w:val="005E2D10"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="00612460"/>
     <w:rsid w:val="00624149"/>
     <w:rsid w:val="0066145D"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00923766"/>
     <w:rsid w:val="00931389"/>
     <w:rsid w:val="0094294B"/>
     <w:rsid w:val="009534B2"/>
+    <w:rsid w:val="00964E7F"/>
     <w:rsid w:val="009705AB"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
     <w:rsid w:val="009D2B71"/>
+    <w:rsid w:val="009D7785"/>
     <w:rsid w:val="009F5EC7"/>
     <w:rsid w:val="00A074A8"/>
     <w:rsid w:val="00A22EB3"/>
     <w:rsid w:val="00A237DE"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A674F8"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00AA48C7"/>
+    <w:rsid w:val="00AA757A"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B3412B"/>
     <w:rsid w:val="00B46FC4"/>
     <w:rsid w:val="00B514D4"/>
     <w:rsid w:val="00B55D5C"/>
     <w:rsid w:val="00B70F0F"/>
     <w:rsid w:val="00B80737"/>
     <w:rsid w:val="00B96E5D"/>
     <w:rsid w:val="00B9759C"/>
     <w:rsid w:val="00BB2D08"/>
     <w:rsid w:val="00BD4041"/>
     <w:rsid w:val="00BE1812"/>
     <w:rsid w:val="00BF7589"/>
     <w:rsid w:val="00C071C8"/>
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
     <w:rsid w:val="00C14B0A"/>
     <w:rsid w:val="00C42F3C"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C817ED"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CB5258"/>
+    <w:rsid w:val="00CB5B16"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CE48E5"/>
     <w:rsid w:val="00D06AA1"/>
     <w:rsid w:val="00D25352"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
     <w:rsid w:val="00DA6900"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DF516C"/>
     <w:rsid w:val="00E06067"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E57F6F"/>
     <w:rsid w:val="00E86474"/>
     <w:rsid w:val="00E9066C"/>
+    <w:rsid w:val="00ED3A22"/>
+    <w:rsid w:val="00F007EC"/>
     <w:rsid w:val="00F22AC1"/>
     <w:rsid w:val="00F3008F"/>
     <w:rsid w:val="00F43CBC"/>
     <w:rsid w:val="00F568C7"/>
     <w:rsid w:val="00F64BAF"/>
     <w:rsid w:val="00F75A63"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
     <w:rsid w:val="00FA474E"/>
     <w:rsid w:val="00FC3D97"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4AADCDFC"/>
+  <w14:docId w14:val="1E9BCFB8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{752BCCCA-4813-4843-94C7-EC6964EB1C19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2217,50 +2441,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00923766"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Niveau 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:qFormat/>
     <w:rsid w:val="00A674F8"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
@@ -2753,55 +2978,65 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD4041"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00E57F6F"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00964E7F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="191454813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="472333374">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2858,199 +3093,236 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1057243912">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\isabelleshg\Documents\Administration\Mod&#232;le%20Instrument%20de%20recherche%202017%20v2.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AF4888F1-1B5E-48E7-9E57-D58901551CDE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0032132C" w:rsidRDefault="000C3771">
           <w:r w:rsidRPr="008A6719">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:eastAsia="Calibri"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C3771"/>
     <w:rsid w:val="000C3771"/>
+    <w:rsid w:val="00285335"/>
     <w:rsid w:val="002A3B2D"/>
     <w:rsid w:val="002C0D8D"/>
     <w:rsid w:val="0032132C"/>
+    <w:rsid w:val="00321495"/>
+    <w:rsid w:val="003B56CC"/>
+    <w:rsid w:val="0046100B"/>
     <w:rsid w:val="004E2241"/>
     <w:rsid w:val="005D2331"/>
     <w:rsid w:val="006D1694"/>
     <w:rsid w:val="00CE7020"/>
     <w:rsid w:val="00EA5E88"/>
     <w:rsid w:val="00FD3317"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3382,433 +3654,104 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1BF175F4877F4562BF9DD9829D4513C0">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000C3771"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="215EA4C26031486489E8DC4C65490080">
-[...308 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -4035,70 +3978,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>3745</Characters>
+  <Pages>6</Pages>
+  <Words>744</Words>
+  <Characters>4093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4417</CharactersWithSpaces>
+  <CharactersWithSpaces>4828</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>