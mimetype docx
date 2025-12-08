--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4D44573F" w14:textId="77777777" w:rsidR="002A681B" w:rsidRPr="00FF75AE" w:rsidRDefault="002A681B" w:rsidP="002A681B">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>FONDS JEAN-CHARLES SAV</w:t>
       </w:r>
       <w:r w:rsidR="00CD6693">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF75AE">
@@ -687,3432 +687,3432 @@
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A47920B" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3A47920B" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208111" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/A Historique</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208111 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66BA815E" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="66BA815E" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208112" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/A1 Histoire de la famille</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208112 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C01D708" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1C01D708" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208113" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/A1/1 : Famille de Philippe Savard et Hélène Tremblay</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208113 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DA30641" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0DA30641" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208114" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/b Photographies</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208114 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4233B5DE" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4233B5DE" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208115" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B1 Portraits</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208115 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54D4DFB6" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="54D4DFB6" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208116" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B1/1 : Portraits officiels</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208116 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="05972FB3" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="05972FB3" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208117" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B1/2 : Portraits religieux</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208117 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="140D8CB1" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="140D8CB1" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208118" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B1/3 : Portraits d’enfants</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208118 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66DB31A6" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="66DB31A6" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208119" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B1/4 : Portraits à l’intérieur</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208119 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="020C94DC" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="020C94DC" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208120" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B1/5 : Portraits extérieurs</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208120 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37B77073" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="37B77073" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208121" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B1/6 : Portraits devant la maison</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208121 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1361ABEC" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1361ABEC" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208122" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B1/7 : Portraits devant divers bâtiments</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208122 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="250D336F" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="250D336F" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208123" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B1/8 : Portraits de mariages</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208123 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="067AF3BB" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="067AF3BB" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208124" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B2 Vie professionnelle</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208124 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35E50E92" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="35E50E92" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208125" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B2/1 : Politique</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208125 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F6CD560" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F6CD560" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208126" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B2/2 : Coin de l’élégance</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208126 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D4291A6" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7D4291A6" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208127" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B2/3 : Centre Travail Québec</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208127 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7DDA7BF8" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="7DDA7BF8" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208128" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B2/4 : Implications</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208128 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41D2E43C" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="41D2E43C" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208129" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B3 Évènements et activités</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208129 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="528AB779" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="528AB779" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208130" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B3/1 : Activités diverses</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208130 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2EAD8974" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2EAD8974" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208131" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B3/2 : Chasse et pêche</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208131 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="527F0194" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="527F0194" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208132" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B3/3 : 40e anniversaire de mariage</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208132 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D6C6DD2" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6D6C6DD2" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208133" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B4 Industrie forestière</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208133 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="73BDF012" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="73BDF012" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208134" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B4/1 : Vie en chantier</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208134 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58AFDA33" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="58AFDA33" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208135" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B5 Transports</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208135 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D52B383" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6D52B383" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208136" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B5/1 : Véhicules non-motorisés</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208136 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18BD9264" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="18BD9264" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208137" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B5/2 : Véhicules motorisés</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208137 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BA5CC16" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3BA5CC16" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208138" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B6 Paysages</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208138 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="629345F3" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="629345F3" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208139" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B6/1 : Vues aériennes</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208139 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="46EF72F0" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="46EF72F0" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208140" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B6/2 : Cours d’eau</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208140 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B193E19" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6B193E19" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208141" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B7 Architecture</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208141 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="427027EA" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="427027EA" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208142" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B2/1 : Architecture résidentielle</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208142 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63B805F6" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="63B805F6" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208143" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B2/1 : Architecture commerciale</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208143 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25C992EC" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="25C992EC" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208144" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B2/1 : Bâtiments divers</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208144 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4116386F" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4116386F" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208145" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B8 Religion</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208145 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C7FC5DB" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0C7FC5DB" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208146" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B8/1 : Sépultures</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208146 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CD619A2" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1CD619A2" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208147" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B8/2 : Rassemblements</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208147 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5CA222BB" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5CA222BB" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208148" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/B9 Éducation</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208148 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="531B59B1" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="531B59B1" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208149" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/B9/1 : Groupe scolaire</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208149 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B4CBB82" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5B4CBB82" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208150" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/C Carte</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208150 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29C24CC2" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="29C24CC2" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208151" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P 326/A1 Carte topographique</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208151 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E0782D9" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00000000">
+    <w:p w14:paraId="1E0782D9" w14:textId="77777777" w:rsidR="00877A1B" w:rsidRPr="00FF75AE" w:rsidRDefault="00877A1B">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc473208152" w:history="1">
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
           </w:rPr>
           <w:t>P326/A1/1 : Carte Domtar</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc473208152 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
-[...6 lines deleted...]
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00877A1B" w:rsidRPr="00FF75AE">
+        <w:r w:rsidRPr="00FF75AE">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2133868A" w14:textId="77777777" w:rsidR="00BD4041" w:rsidRPr="00FF75AE" w:rsidRDefault="00BD4041" w:rsidP="00B46FC4">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4989,51 +4989,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="093D01DA" w14:textId="77777777" w:rsidR="0022669C" w:rsidRPr="00FF75AE" w:rsidRDefault="0022669C" w:rsidP="00B25321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="047CAF89" w14:textId="77777777" w:rsidR="0022669C" w:rsidRPr="00FF75AE" w:rsidRDefault="0022669C" w:rsidP="00B25321">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Toc473208113"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="2100058698"/>
                 <w:placeholder>
                   <w:docPart w:val="472DBDFDF2DC4AA999D1447D53D2AF54"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
@@ -5979,51 +5978,50 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A625584" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="397788A3" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00E4131C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="_Toc473208125"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-1383170780"/>
                 <w:placeholder>
                   <w:docPart w:val="E3F1120960E24A53B2CBA9DD198515F3"/>
                 </w:placeholder>
@@ -6421,51 +6419,50 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6AB5908B" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52772080" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00E4131C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="20" w:name="_Toc473208130"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-70045315"/>
                 <w:placeholder>
                   <w:docPart w:val="3AD3D08FDF82415AA0E7E9CACF7B6DE7"/>
                 </w:placeholder>
@@ -6925,51 +6922,50 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="636F1A3D" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="384E8FC5" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00E4131C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="24" w:name="_Toc473208134"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-1191295909"/>
                 <w:placeholder>
                   <w:docPart w:val="8C436EE638BE44AEA085DA25E1518A47"/>
                 </w:placeholder>
@@ -7041,51 +7037,50 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70DD199A" w14:textId="77777777" w:rsidR="00CB6238" w:rsidRPr="00FF75AE" w:rsidRDefault="00CB6238" w:rsidP="005A7462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D2C2EB1" w14:textId="77777777" w:rsidR="00FF5E84" w:rsidRPr="00FF75AE" w:rsidRDefault="00FF5E84" w:rsidP="00FF5E84">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="25" w:name="_Toc473208135"/>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">P </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="991599547"/>
           <w:placeholder>
             <w:docPart w:val="1D0931D4BA45459D88314B326558D290"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00FF75AE">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>326</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7146,51 +7141,50 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="79996590" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0CDA321D" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00E4131C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="26" w:name="_Toc473208136"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-936434319"/>
                 <w:placeholder>
                   <w:docPart w:val="A3AF797A137C40FCA475C87D7493DAE7"/>
                 </w:placeholder>
@@ -7436,51 +7430,50 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="351DB396" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F7F5171" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00E4131C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="29" w:name="_Toc473208139"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="2063586070"/>
                 <w:placeholder>
                   <w:docPart w:val="709FD12FD8244081B1D3AA7DC39D2163"/>
                 </w:placeholder>
@@ -7726,51 +7719,50 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72E4D7E9" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="503BF4EA" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00E4131C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="32" w:name="_Toc473208142"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="956379743"/>
                 <w:placeholder>
                   <w:docPart w:val="32A2ED5763C047CB8955F46668EFDE34"/>
                 </w:placeholder>
@@ -8074,51 +8066,50 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BC6916E" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BC5E700" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00E4131C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="36" w:name="_Toc473208146"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="2064142014"/>
                 <w:placeholder>
                   <w:docPart w:val="65BE5313562B46AD8BE80E8F385D32A1"/>
                 </w:placeholder>
@@ -8267,51 +8258,50 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="757FF657" w14:textId="77777777" w:rsidR="00590B73" w:rsidRPr="00FF75AE" w:rsidRDefault="00590B73" w:rsidP="005A7462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="491A5467" w14:textId="77777777" w:rsidR="00843598" w:rsidRPr="00FF75AE" w:rsidRDefault="00843598" w:rsidP="00843598">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc473208148"/>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">P </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-1990086538"/>
           <w:placeholder>
             <w:docPart w:val="77B6B5221C024C37BC459B9C6E9BC4F2"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00FF75AE">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>326</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8354,51 +8344,50 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2767BFB9" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5232D620" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00E4131C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="39" w:name="_Toc473208149"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="107014387"/>
                 <w:placeholder>
                   <w:docPart w:val="68793204260A4230B87F3822B0C9D507"/>
                 </w:placeholder>
@@ -8521,89 +8510,101 @@
         </w:rPr>
         <w:t>/C Carte</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="06298275" w14:textId="77777777" w:rsidR="005A7462" w:rsidRPr="00FF75AE" w:rsidRDefault="005A7462" w:rsidP="005A7462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="017E722A" w14:textId="77777777" w:rsidR="005A7462" w:rsidRPr="00FF75AE" w:rsidRDefault="005A7462" w:rsidP="005A7462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AEE5673" w14:textId="77777777" w:rsidR="005A7462" w:rsidRPr="00FF75AE" w:rsidRDefault="005A7462" w:rsidP="005A7462">
+    <w:p w14:paraId="6AEE5673" w14:textId="382658B2" w:rsidR="005A7462" w:rsidRPr="00FF75AE" w:rsidRDefault="005A7462" w:rsidP="005A7462">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="41" w:name="_Toc473208151"/>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">P </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:id w:val="-1077674548"/>
           <w:placeholder>
             <w:docPart w:val="B70D83961ECF43EFB764E2EF2CC3AB52"/>
           </w:placeholder>
           <w:text/>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00FF75AE">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>326</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00FF75AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>/A1 Carte topographique</w:t>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="0090464F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF75AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1 Carte topographique</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="54776586" w14:textId="77777777" w:rsidR="005A7462" w:rsidRPr="00FF75AE" w:rsidRDefault="005A7462" w:rsidP="005A7462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -8619,92 +8620,103 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="037EB2B4" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7075" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E9A61E2" w14:textId="77777777" w:rsidR="00FF75AE" w:rsidRPr="00FF75AE" w:rsidRDefault="00FF75AE" w:rsidP="00FF75AE">
+          <w:p w14:paraId="2E9A61E2" w14:textId="611FE74E" w:rsidR="00FF75AE" w:rsidRPr="00FF75AE" w:rsidRDefault="00FF75AE" w:rsidP="00FF75AE">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="42" w:name="_Toc473208152"/>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="-299536257"/>
                 <w:placeholder>
                   <w:docPart w:val="68F856D3900F46E2A188C18D162922A5"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00FF75AE">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>326</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00FF75AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">/A1/1 : </w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="0090464F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FF75AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 </w:rPr>
                 <w:id w:val="257412743"/>
                 <w:placeholder>
                   <w:docPart w:val="74C5699F30F9433D8D7B8F047765FC11"/>
                 </w:placeholder>
                 <w:text/>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidRPr="00FF75AE">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Carte </w:t>
                 </w:r>
                 <w:proofErr w:type="spellStart"/>
                 <w:r w:rsidRPr="00FF75AE">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   </w:rPr>
                   <w:t>Domtar</w:t>
@@ -8822,163 +8834,178 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Originale + copie</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EC9E2CB" w14:textId="520E6833" w:rsidR="000C5720" w:rsidRDefault="000C5720" w:rsidP="000C5720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0DC06072" w14:textId="77777777" w:rsidR="000C5720" w:rsidRDefault="000C5720" w:rsidP="000C5720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4EDCB582" w14:textId="170772C7" w:rsidR="000C5720" w:rsidRPr="00FF75AE" w:rsidRDefault="000C5720" w:rsidP="000C5720">
+          <w:p w14:paraId="4EDCB582" w14:textId="170772C7" w:rsidR="000C5720" w:rsidRDefault="000C5720" w:rsidP="000C5720">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Une copie de ce plan a été trouvé dans le P88, sûrement une erreur au moment du traitement. </w:t>
             </w:r>
             <w:r w:rsidRPr="000C5720">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>La carte avait été prêté à la Société d’histoire au début des années 2000. Il est possible qu’une copie ait été faite et mis par erreur dans le P88.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415BA226" w14:textId="65487E5D" w:rsidR="0090464F" w:rsidRPr="00FF75AE" w:rsidRDefault="0090464F" w:rsidP="000C5720">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Priorité 2 du Plan des mesures d’urgence de la SHGMC.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5735751B" w14:textId="77777777" w:rsidR="00E4131C" w:rsidRPr="00FF75AE" w:rsidRDefault="00E4131C" w:rsidP="00CE7AD3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E64372F" w14:textId="77777777" w:rsidR="005A7462" w:rsidRPr="00FF75AE" w:rsidRDefault="005A7462" w:rsidP="005A7462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A7462" w:rsidRPr="00FF75AE" w:rsidSect="00F22AC1">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C472A74" w14:textId="77777777" w:rsidR="00A835C5" w:rsidRDefault="00A835C5" w:rsidP="00C70C4E">
+    <w:p w14:paraId="433AF8D5" w14:textId="77777777" w:rsidR="002F663C" w:rsidRDefault="002F663C" w:rsidP="00C70C4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01FAC417" w14:textId="77777777" w:rsidR="00A835C5" w:rsidRDefault="00A835C5" w:rsidP="00C70C4E">
+    <w:p w14:paraId="7B267190" w14:textId="77777777" w:rsidR="002F663C" w:rsidRDefault="002F663C" w:rsidP="00C70C4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="538325570"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="03DA9B58" w14:textId="77777777" w:rsidR="00F22AC1" w:rsidRDefault="00F22AC1">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <mc:AlternateContent>
             <mc:Choice Requires="wps">
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58CBF650" wp14:editId="23B5435D">
                   <wp:extent cx="5467350" cy="45085"/>
                   <wp:effectExtent l="0" t="9525" r="0" b="2540"/>
@@ -9147,60 +9174,60 @@
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="22"/>
             <w:lang w:val="fr-FR"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r w:rsidR="00F22AC1" w:rsidRPr="00F22AC1">
           <w:rPr>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5BABCCB0" w14:textId="77777777" w:rsidR="00F22AC1" w:rsidRDefault="00F22AC1">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02B16A4C" w14:textId="77777777" w:rsidR="00A835C5" w:rsidRDefault="00A835C5" w:rsidP="00C70C4E">
+    <w:p w14:paraId="5D050F4B" w14:textId="77777777" w:rsidR="002F663C" w:rsidRDefault="002F663C" w:rsidP="00C70C4E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31C09596" w14:textId="77777777" w:rsidR="00A835C5" w:rsidRDefault="00A835C5" w:rsidP="00C70C4E">
+    <w:p w14:paraId="7BFB8306" w14:textId="77777777" w:rsidR="002F663C" w:rsidRDefault="002F663C" w:rsidP="00C70C4E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="7BE61AA0" w14:textId="77777777" w:rsidR="002A681B" w:rsidRPr="00506B6E" w:rsidRDefault="002A681B" w:rsidP="002A681B">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00506B6E">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00506B6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -9221,147 +9248,150 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>Saint-Stanislas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00506B6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1989, p. 12</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="132"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A681B"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="0006563A"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="00085687"/>
     <w:rsid w:val="000C5720"/>
     <w:rsid w:val="000D238F"/>
+    <w:rsid w:val="000F542C"/>
     <w:rsid w:val="00100C2C"/>
     <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="00166C91"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="0022669C"/>
     <w:rsid w:val="00226FE8"/>
     <w:rsid w:val="00242C7D"/>
     <w:rsid w:val="0025336B"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="00284955"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
     <w:rsid w:val="002A681B"/>
     <w:rsid w:val="002C6E5F"/>
     <w:rsid w:val="002D0F20"/>
+    <w:rsid w:val="002F663C"/>
     <w:rsid w:val="0030124F"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B5445"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="0045563A"/>
     <w:rsid w:val="0046451E"/>
     <w:rsid w:val="00480ED6"/>
     <w:rsid w:val="00482915"/>
     <w:rsid w:val="004862B9"/>
     <w:rsid w:val="004C15DF"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
     <w:rsid w:val="005613E0"/>
     <w:rsid w:val="0056344E"/>
     <w:rsid w:val="00590B73"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005A7462"/>
     <w:rsid w:val="005B615A"/>
     <w:rsid w:val="005C7BB8"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="005F7E13"/>
     <w:rsid w:val="00624149"/>
     <w:rsid w:val="0066145D"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="006C3FB6"/>
     <w:rsid w:val="007637B0"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="007D0D15"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="00843598"/>
     <w:rsid w:val="0084562E"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="00875D47"/>
     <w:rsid w:val="00877A1B"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="008D1963"/>
+    <w:rsid w:val="0090464F"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00931389"/>
     <w:rsid w:val="0094294B"/>
     <w:rsid w:val="009534B2"/>
     <w:rsid w:val="009664AF"/>
     <w:rsid w:val="00966E9F"/>
     <w:rsid w:val="009705AB"/>
     <w:rsid w:val="00997C08"/>
     <w:rsid w:val="009A6AEA"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
     <w:rsid w:val="009D2B71"/>
     <w:rsid w:val="009E301C"/>
     <w:rsid w:val="009F5EC7"/>
     <w:rsid w:val="00A074A8"/>
     <w:rsid w:val="00A22EB3"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A835C5"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00B14E46"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B46FC4"/>
@@ -9419,51 +9449,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="67358E3E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D218C282-7FBC-4582-AE59-630DEB44E66A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-CA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10375,51 +10405,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0022669C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="497313223">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="2024165329">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -10439,51 +10469,51 @@
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\mcsavard\Documents\Archives\Instruments%20de%20recherche%20-%20descriptions\vieilles%20versions\Mod&#232;le%20Instrument%20de%20recherche%202016%20v2.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="70496DB44D2A43E58061416E3DCDC5BD"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6490EC55-57D9-48C5-9DD6-60EEB0C49653}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00033D99" w:rsidRDefault="00AD7617">
           <w:pPr>
             <w:pStyle w:val="70496DB44D2A43E58061416E3DCDC5BD"/>
           </w:pPr>
           <w:r>
             <w:t>___</w:t>
           </w:r>
         </w:p>
@@ -12564,145 +12594,159 @@
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1B37B99D-73E5-477A-A41E-7DDBBC956462}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="002D3FD0" w:rsidRDefault="002969A2" w:rsidP="002969A2">
           <w:pPr>
             <w:pStyle w:val="74C5699F30F9433D8D7B8F047765FC11"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
             </w:rPr>
             <w:t>___</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CD60C4"/>
     <w:rsid w:val="00033D99"/>
     <w:rsid w:val="000F04A0"/>
+    <w:rsid w:val="000F542C"/>
     <w:rsid w:val="002969A2"/>
     <w:rsid w:val="002D3FD0"/>
     <w:rsid w:val="006E243C"/>
     <w:rsid w:val="008A113F"/>
     <w:rsid w:val="008D14DF"/>
     <w:rsid w:val="00931AA6"/>
     <w:rsid w:val="00954076"/>
+    <w:rsid w:val="00A03FCD"/>
     <w:rsid w:val="00AA769D"/>
     <w:rsid w:val="00AD7617"/>
     <w:rsid w:val="00CD60C4"/>
     <w:rsid w:val="00D14630"/>
     <w:rsid w:val="00E4364A"/>
     <w:rsid w:val="00F471B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13375,51 +13419,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0E3C40CCCA84F9A904907C5F7DFA9AA">
     <w:name w:val="D0E3C40CCCA84F9A904907C5F7DFA9AA"/>
     <w:rsid w:val="002969A2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="68793204260A4230B87F3822B0C9D507">
     <w:name w:val="68793204260A4230B87F3822B0C9D507"/>
     <w:rsid w:val="002969A2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C21B668571A4BC68BF1E919DB19BEB8">
     <w:name w:val="5C21B668571A4BC68BF1E919DB19BEB8"/>
     <w:rsid w:val="002969A2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="68F856D3900F46E2A188C18D162922A5">
     <w:name w:val="68F856D3900F46E2A188C18D162922A5"/>
     <w:rsid w:val="002969A2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="74C5699F30F9433D8D7B8F047765FC11">
     <w:name w:val="74C5699F30F9433D8D7B8F047765FC11"/>
     <w:rsid w:val="002969A2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -13663,69 +13707,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBF47242-19A3-4005-98CF-637B0FC85B8E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Modèle Instrument de recherche 2016 v2</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1531</Words>
-  <Characters>8426</Characters>
+  <Words>1491</Words>
+  <Characters>8520</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>152</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9938</CharactersWithSpaces>
+  <CharactersWithSpaces>9941</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marie-Chantale Savard</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>