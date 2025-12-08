--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -10587,57 +10587,91 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3C52288C" w14:textId="298CCD5F" w:rsidR="00EA6927" w:rsidRPr="00A674F8" w:rsidRDefault="00EA6927" w:rsidP="00EA6927">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="19AF8CCE" w14:textId="7A8F8466" w:rsidR="00EA6927" w:rsidRDefault="00EA6927" w:rsidP="00991C81">
+          <w:p w14:paraId="19AF8CCE" w14:textId="7A8F8466" w:rsidR="00EA6927" w:rsidRPr="00146B91" w:rsidRDefault="00EA6927" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="14" w:name="_Toc198114727"/>
-            <w:r>
-              <w:t>P280/A3/1.2 : Festival western (Dolbeau)</w:t>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>P280/A3/1.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2 :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Festival western (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dolbeau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
           <w:p w14:paraId="59A5DD39" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes.</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – X cm</w:t>
             </w:r>
             <w:r>
@@ -12336,60 +12370,51 @@
           <w:p w14:paraId="40F8A063" w14:textId="3AF4811A" w:rsidR="0057468D" w:rsidRPr="00A674F8" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5109A127" w14:textId="0EC5A46E" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="28" w:name="_Toc198114741"/>
             <w:r>
-              <w:t>P280/A3/</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">Élections Martin </w:t>
+              <w:t xml:space="preserve">P280/A3/5.1 : Élections Martin </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Cauvier</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> (libéral)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
           </w:p>
           <w:p w14:paraId="797845C8" w14:textId="52E51E7C" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1988</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -17255,121 +17280,137 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7A2658E5" w14:textId="61075971" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71FF3F4E" w14:textId="5D7D125F" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="71FF3F4E" w14:textId="5D7D125F" w:rsidR="00C64506" w:rsidRPr="00146B91" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="56" w:name="_Toc198114769"/>
-            <w:r>
-[...18 lines deleted...]
-              <w:t>Festival western</w:t>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>P280/B3/1.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2 :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Festival western</w:t>
             </w:r>
             <w:bookmarkEnd w:id="56"/>
           </w:p>
-          <w:p w14:paraId="682C8BD2" w14:textId="1CB92578" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
-[...7 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w14:paraId="682C8BD2" w14:textId="1CB92578" w:rsidR="00C64506" w:rsidRPr="00146B91" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1995.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="000C70A7">
+            <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>photographies</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FFCD421" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00146B91" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7162AB7C" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7159A868" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
@@ -17989,78 +18030,77 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5AA8027B" w14:textId="0406C853" w:rsidR="0057468D" w:rsidRPr="00A674F8" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="133FDC7D" w14:textId="7E618BEC" w:rsidR="0057468D" w:rsidRPr="00B321DF" w:rsidRDefault="0057468D" w:rsidP="0057468D">
+          <w:p w14:paraId="133FDC7D" w14:textId="7E618BEC" w:rsidR="0057468D" w:rsidRPr="00146B91" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="60" w:name="_Toc198114773"/>
-            <w:r>
-[...21 lines deleted...]
-              <w:t>Festival western de St-Tite</w:t>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>P280/B3/1.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6 :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Festival western de St-Tite</w:t>
             </w:r>
             <w:bookmarkEnd w:id="60"/>
           </w:p>
           <w:p w14:paraId="13FA7411" w14:textId="77777777" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -18598,50 +18638,154 @@
               <w:t>. Solange Tremblay y reçoit un certificat pour ses 25 ans d’implication au sein de l’organisme.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73F58D9E" w14:textId="77777777" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E46D6A4" w14:textId="03892C75" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:r>
               <w:t xml:space="preserve">Notes : Voir aussi </w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
               <w:t xml:space="preserve">le dossier Implications dans les documents textuels du présent fonds à la </w:t>
             </w:r>
             <w:r w:rsidR="008F0833" w:rsidRPr="008F0833">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>cote X.</w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="7866DC8F" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
+          <w:p w14:paraId="364C7512" w14:textId="4557888D" w:rsidR="0001776F" w:rsidRPr="00B321DF" w:rsidRDefault="0001776F" w:rsidP="0001776F">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:r>
+              <w:t>P280</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:t>B3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Centre de femmes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E340B35" w14:textId="7A1BDF30" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="0001776F">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Année</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>photographie</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D9EB7AA" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="0001776F">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CF8AC34" w14:textId="77777777" w:rsidR="0001776F" w:rsidRPr="00AB6798" w:rsidRDefault="0001776F" w:rsidP="0001776F">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portée et contenu : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EA48CAD" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
+          <w:p w14:paraId="43A2DFFD" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
           <w:p w14:paraId="1D59DF15" w14:textId="77777777" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00181E12" w:rsidRPr="00A674F8" w14:paraId="5F9FB338" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="06B0FFC3" w14:textId="2C5225F5" w:rsidR="00181E12" w:rsidRPr="00A674F8" w:rsidRDefault="00181E12" w:rsidP="00181E12">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -19115,50 +19259,51 @@
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00006C7A" w:rsidRPr="00A674F8" w14:paraId="52F1B044" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6D9CC308" w14:textId="54A6B005" w:rsidR="00006C7A" w:rsidRPr="00A674F8" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19BBA5E8" w14:textId="0561F21F" w:rsidR="00006C7A" w:rsidRPr="00B321DF" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="67" w:name="_Toc198114780"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
@@ -20087,50 +20232,51 @@
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E4E63C9" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5056FD32" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRPr="00AB6798" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="343C45A6" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Cette sous-sous-série comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -20185,51 +20331,50 @@
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="_Toc198114787"/>
       <w:r>
         <w:t>P280/B6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E4F42">
         <w:t>Éducation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:p w14:paraId="23C990FE" w14:textId="77777777" w:rsidR="00602381" w:rsidRPr="00A674F8" w:rsidRDefault="00602381" w:rsidP="00602381"/>
     <w:p w14:paraId="06CC2762" w14:textId="77777777" w:rsidR="00602381" w:rsidRPr="00AB6798" w:rsidRDefault="00602381" w:rsidP="00602381">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610F9C89" w14:textId="77777777" w:rsidR="00602381" w:rsidRDefault="00602381" w:rsidP="00602381">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -22137,50 +22282,51 @@
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="733F6E1B" w14:textId="77777777" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6370054E" w14:textId="77777777" w:rsidR="005B5555" w:rsidRPr="00AB6798" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B887925" w14:textId="1C3AE24C" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Cette sous-sous-série comprend </w:t>
             </w:r>
             <w:r w:rsidR="00D0707F">
               <w:t xml:space="preserve">les dossiers </w:t>
             </w:r>
             <w:r w:rsidR="00D0707F" w:rsidRPr="001775D5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Résidences et dépendances Saint-Stanislas, Église et presbytère Saint-Stanislas</w:t>
             </w:r>
             <w:r w:rsidR="00D0707F" w:rsidRPr="001775D5">
               <w:t xml:space="preserve"> et</w:t>
             </w:r>
             <w:r w:rsidR="00D0707F" w:rsidRPr="001775D5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Lac Éden Saint-Stanislas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D9C6B4B" w14:textId="12784A22" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -23005,50 +23151,51 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F63B5D8" w14:textId="516D0C12" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>7 VHS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F440C45" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="40975CA7" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00AB6798" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09CA453E" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
@@ -23093,51 +23240,50 @@
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r>
         <w:t>/C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>Images en mouvement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
     <w:p w14:paraId="7A21E678" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="0193780B" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00AB6798" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1170E796" w14:textId="3CE4510A" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>7 VHS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="337111B4" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287473" w:rsidRPr="00A674F8" w14:paraId="1ADDE676" w14:textId="77777777" w:rsidTr="00F94DE7">
         <w:trPr>
@@ -23190,128 +23336,371 @@
             <w:r w:rsidR="008D41CC">
               <w:t>VHS</w:t>
             </w:r>
             <w:bookmarkEnd w:id="94"/>
           </w:p>
           <w:p w14:paraId="11925195" w14:textId="77777777" w:rsidR="008D41CC" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="469A92FE" w14:textId="172F2443" w:rsidR="00287473" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BC37935" w14:textId="4D0F5AB9" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+          <w:p w14:paraId="403E9D8C" w14:textId="1086A908" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire fermières St-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C4FCED0" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66AB38E8" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,2</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="3D628FE3" w14:textId="2334959B" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Famille Jeanne Tremblay, parade du Festival du Bleuet 1988</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1869FF1A" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="550DA9C3" w14:textId="7A7CB645" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,3</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="6C138124" w14:textId="3C1F24C1" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mariage </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noella</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2749CFD8" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="083690EF" w14:textId="71CA698D" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,4</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="3758FD35" w14:textId="2981FC5C" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Chez Jean Tremblay Montréal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F5151F4" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="3062D44D" w14:textId="2598783F" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,5</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="775F0E0C" w14:textId="673718F1" w:rsidR="00151501" w:rsidRPr="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00151501">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Feux</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00151501">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>d’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00151501">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>artifices</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00151501">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00151501">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>orignal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00151501">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00151501">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Keskissing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00151501">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Paul An</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>dré</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79750F0F" w14:textId="77777777" w:rsidR="00151501" w:rsidRPr="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="5A775FA5" w14:textId="5B726EEF" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="309D1655" w14:textId="12C78146" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+          <w:p w14:paraId="62E4DA54" w14:textId="209D798D" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enregistrements TV (Gisèle Benoit (orignaux, perdrix, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F98752D" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36CCB1CF" w14:textId="65CE1B07" w:rsidR="00BF0FA6" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,7</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="22C873D8" w14:textId="0CA61EF9" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forêt Marcel Girard, pont </w:t>
+            </w:r>
+            <w:r w:rsidR="00A27F24">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Libéral</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="492AF65D" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="156E891B" w14:textId="3010BDE3" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,8</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16190C4B" w14:textId="307833AF" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Retour aux Sources des Tremblay d’Amérique, au pays de l’ancêtre Pierre</w:t>
             </w:r>
@@ -23347,137 +23736,2337 @@
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Production Entreprises Inter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D31A299" w14:textId="5B158BA0" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Durée : 01:01:00</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12ACDBF0" w14:textId="77777777" w:rsidR="008D41CC" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E109F9B" w14:textId="2BF5FC90" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA58EB2" w14:textId="7443111D" w:rsidR="00BF0FA6" w:rsidRDefault="00BF6448" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Suite Pont Libéral 1987 Serge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7A7C32" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5732E3F2" w14:textId="19E0C63F" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C0F428" w14:textId="073EAC77" w:rsidR="00151501" w:rsidRDefault="00BF6448" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Carnaval Québec 1990, tomate, vaches, faisan, Jimmy T., concombre, Jean-Paul T., Tabac</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31493331" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CBC180F" w14:textId="5F823C02" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06F3F58F" w14:textId="067BB5BF" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Veillée Faisan, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DoMi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> verdure, Chibougamau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58201709" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="622094ED" w14:textId="4E30C746" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16FE2E14" w14:textId="7926AACB" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyage 1992 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Clarenceville</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, Noël d’antan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="303A70E9" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D0A6499" w14:textId="490C4A3D" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C22623" w14:textId="107B56E1" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voyage St-Agathe 12-13-14 mai 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D3DDD6B" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1963F70A" w14:textId="2C42720E" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B08F1B5" w14:textId="4640F1BB" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1995 République Dominicaine</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="112D73A4" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17BA079D" w14:textId="7EE93AEE" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C2CBE1" w14:textId="6375A720" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Brunch des Tremblay 88-89-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A145946" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49B1806F" w14:textId="4CF2BAAE" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39991065" w14:textId="1385237F" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Brunch des Tremblay</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF66F8">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, banquet Faisan 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4016C603" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44B73A54" w14:textId="2582EDA9" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44458F2B" w14:textId="2FF4FE1F" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brunch des Tremblay à Albanel, 14 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>nov</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B92389E" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7392D0A0" w14:textId="102B3735" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625A720C" w14:textId="0341AD62" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Roland Girard Noël 1987 1988</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D6342A" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32F07770" w14:textId="7539455D" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B6C5F40" w14:textId="60654F46" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paul-André au </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Bachins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (?)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E22C5EC" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="270FDE74" w14:textId="4182EE77" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D5DB50" w14:textId="3A08EF7D" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Régis Richard chez Marcel, accident dard Fleurette</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="754B575D" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="113FDB76" w14:textId="1B8B83B1" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D2E9C6" w14:textId="43770CEE" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mariage </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Cotlenoir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (?)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AAD7F94" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D5722CF" w14:textId="5509EF6E" w:rsidR="00DF66F8" w:rsidRDefault="00DF66F8" w:rsidP="00DF66F8">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13705328" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="385D8E1E" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="449BFFB6" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06AC4BA0" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F94DE7" w:rsidRPr="00A674F8" w14:paraId="663EC6AC" w14:textId="77777777" w:rsidTr="00E73CD9">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="736D86E2" w14:textId="5281311C" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Rangée de l’audiovisuel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4145F1F6" w14:textId="64E053BF" w:rsidR="00F94DE7" w:rsidRPr="00B321DF" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="95" w:name="_Toc198114808"/>
             <w:r>
               <w:t>P280/C</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Bobines de film</w:t>
             </w:r>
             <w:bookmarkEnd w:id="95"/>
           </w:p>
           <w:p w14:paraId="6242A323" w14:textId="0FC97A39" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>12 bobines 8mm; 50 pieds chacune, 10 min. environ chacune.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B0C914A" w14:textId="77777777" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
+          <w:p w14:paraId="1B0C914A" w14:textId="1DA20BB0" w:rsidR="00F94DE7" w:rsidRDefault="00AE7D8B" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(Vérifier si l’ordre des titres est ok)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C50EF0E" w14:textId="77777777" w:rsidR="00AE7D8B" w:rsidRDefault="00AE7D8B" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69840264" w14:textId="071D89BD" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36BC1835" w14:textId="524E24AF" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Diner(?) Brochette floralie 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45891403" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69B123EE" w14:textId="2FFA08E6" w:rsidR="00AE7D8B" w:rsidRDefault="00146B91" w:rsidP="00AE7D8B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BBC45F0" w14:textId="77777777" w:rsidR="00AE7D8B" w:rsidRDefault="00AE7D8B" w:rsidP="00AE7D8B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Chalet Lac Eden</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="416A4FB2" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64D6B37A" w14:textId="4812396C" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="210B1173" w14:textId="6DC85B5D" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Garette</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, bois, Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="362E92F0" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BB03EBE" w14:textId="551F1308" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EE8B1CE" w14:textId="77777777" w:rsidR="00AE7D8B" w:rsidRDefault="00AE7D8B" w:rsidP="00AE7D8B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C7A63FD" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5363B652" w14:textId="78A6B5FC" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C224DBF" w14:textId="3F3CF94B" w:rsidR="00146B91" w:rsidRPr="00AE7D8B" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE7D8B">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rallye 1976 + </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AE7D8B">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>vache</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AE7D8B">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE3ECBE" w14:textId="77777777" w:rsidR="00146B91" w:rsidRPr="00AE7D8B" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33564394" w14:textId="609E39A6" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7BC6BD" w14:textId="30198D33" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Serge confirmation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="761D4CB2" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F6B4BCD" w14:textId="46AF7939" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4A723C" w14:textId="7FC36E03" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Îles de la Madeleine, jeux Olympique</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BC5F4E4" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2247B272" w14:textId="71B4C336" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB7DB1A" w14:textId="1E6AD9FF" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23 décembre 1980 Sylvie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46ECE88B" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3205C4E9" w14:textId="73DE0775" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2568936F" w14:textId="0A1849DF" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8 janvier 1980 : Noël 1980, Roland</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="127AFA79" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="225FF1E4" w14:textId="0463AC1C" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0F1EFF" w14:textId="0BA00379" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Film de Marcel Girard étant jeune</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FF38C4" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55CF8A19" w14:textId="62CFFA19" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79397AC3" w14:textId="2F31E208" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noël 1980, Patrick Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621C2A96" w14:textId="77777777" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15F1CBDC" w14:textId="07CC4B42" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1603341D" w14:textId="41A62215" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noë</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>; 1977, Patrick</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A86CDE8" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C2E7782" w14:textId="77777777" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D105347" w14:textId="56EA6996" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE263F8" w14:textId="77267B19" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Famille Tremblay 1983, Girard, Fortin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5861A96E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="251F2E74" w14:textId="5A154242" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3845D7C1" w14:textId="1D4DA894" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noël 1981#</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A72E91E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55661437" w14:textId="7C692449" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48226689" w14:textId="09689964" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1CC5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Tremblaym</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6AC46677" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B9BD520" w14:textId="28FE1194" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="744BE3B2" w14:textId="076352E0" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Patrick, papa, 1983</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6B10E9" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C748E31" w14:textId="18DC27E9" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7FB594" w14:textId="689DBC1F" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Sucre (?) Chibougamau, Donohue</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3465EF6B" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="459EB111" w14:textId="32AB651E" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73FBA0CE" w14:textId="4B965C39" w:rsidR="0078340A" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Faisan, Salon F</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1754F18E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30C38BA9" w14:textId="2E7322D0" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58D19947" w14:textId="0900790D" w:rsidR="0078340A" w:rsidRPr="00981EE8" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00981EE8">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elisabeth, fête noel, Patrick Tremblay, Marcel </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF20C2F" w14:textId="77777777" w:rsidR="0078340A" w:rsidRPr="00981EE8" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FCA6DA6" w14:textId="7173989C" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63DD3578" w14:textId="7A9DED5D" w:rsidR="0078340A" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noce à Maurice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38593754" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51AC5939" w14:textId="3785EAFE" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BE7B307" w14:textId="7DCAC9FF" w:rsidR="0078340A" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Montréal</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62CBECC8" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44479B4F" w14:textId="70B6799A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A1DF9B3" w14:textId="1A717D89" w:rsidR="0078340A" w:rsidRPr="00981EE8" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00981EE8">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Papa Patrick, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00981EE8">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>vache</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00981EE8">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, bicycle Ric</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>h S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B00ECE5" w14:textId="77777777" w:rsidR="0078340A" w:rsidRPr="00981EE8" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D8CCEC1" w14:textId="267BD770" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE4997C" w14:textId="215EFD40" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1980 Noël</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15E0D595" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D6E7D0F" w14:textId="54E4A842" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C090AD" w14:textId="0BE188C0" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Sylvain, Mélanie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707B09CC" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B33C5DB" w14:textId="5EDF3356" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C3A2804" w14:textId="5384F700" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E1E09E7" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="116EC4B4" w14:textId="2C110B7A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="617CE283" w14:textId="53427863" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noël Yvan 3 ans</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F0AB37A" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28941AC6" w14:textId="4A2E16D2" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D3F465" w14:textId="3ED60BC8" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Niquet ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6253B80E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40C8EA78" w14:textId="4C873F36" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76D7E152" w14:textId="2B9C4451" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ottawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52EBFDED" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42793FBE" w14:textId="4A1EA5C2" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="408F4346" w14:textId="56D26CC7" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ottawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5314B9CF" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D290AD2" w14:textId="7FF6D94A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A910537" w14:textId="1F0BF355" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Funérailles Lucien</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7881CA2C" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2635E6DB" w14:textId="04FF8E6A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D4222E3" w14:textId="6799F32D" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Foins 1982</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D413CF3" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ACC11FD" w14:textId="47C1BF9D" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41DAFD56" w14:textId="591AF4E7" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Québec (?) Gaston</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0935B1B3" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BEED141" w14:textId="72B914F2" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43DE916A" w14:textId="3FF1A73C" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Vache, festival faisan 1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7D7170" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6579DC9E" w14:textId="2F615016" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="572EA4F1" w14:textId="13A13ADA" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Tomate, Ontario, tabac, concombre, maison Jean-Paul T., 1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="337AA83D" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0576124C" w14:textId="13F04D0A" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA8B29F" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53812DF4" w14:textId="04C833AE" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7934E08D" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C9767DF" w14:textId="36FA4E08" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50E4578E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09D7FD29" w14:textId="0F7352C9" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E17B2C2" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="417CDAC9" w14:textId="563BA1D0" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DE222EA" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3308C733" w14:textId="48BB9CA0" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72CEBC67" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="001EA333" w14:textId="691D5F8A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32677EAB" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4773473B" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66232DCA" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D8FD01D" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4BDC8749" w14:textId="77777777" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DDEEC39" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="009A57B7"/>
     <w:p w14:paraId="7C1918C0" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="69D779FB" w14:textId="0536B878" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="96" w:name="_Toc198114809"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
@@ -23775,50 +26364,51 @@
         <w:t xml:space="preserve">des objets amassés par Mme Solange Tremblay, donatrice, </w:t>
       </w:r>
       <w:r w:rsidR="00247D66">
         <w:t>lors d’activités de bénévolat</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C9227B" w14:textId="77777777" w:rsidR="00645F67" w:rsidRDefault="00645F67" w:rsidP="00645F67"/>
     <w:p w14:paraId="443CAB97" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00AB6798" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668F90B3" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -24029,123 +26619,123 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="480D31A5" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00287473"/>
     <w:p w14:paraId="71F28F6D" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="017544C2" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="1C85BA0B" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidSect="00F22AC1">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12A5EF07" w14:textId="77777777" w:rsidR="00DD6C7F" w:rsidRDefault="00DD6C7F" w:rsidP="00923766">
+    <w:p w14:paraId="1DD57D26" w14:textId="77777777" w:rsidR="000A6B7A" w:rsidRDefault="000A6B7A" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="734A55D3" w14:textId="77777777" w:rsidR="00DD6C7F" w:rsidRDefault="00DD6C7F" w:rsidP="00923766">
+    <w:p w14:paraId="7A501EF1" w14:textId="77777777" w:rsidR="000A6B7A" w:rsidRDefault="000A6B7A" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13172E46" w14:textId="77777777" w:rsidR="00491934" w:rsidRDefault="00491934" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-CA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0497FABC" wp14:editId="557A9EAA">
               <wp:extent cx="5467350" cy="45085"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="1" name="Organigramme : Décision 1" descr="Light horizontal"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
@@ -24245,58 +26835,58 @@
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="008D64A5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="53DEB62C" w14:textId="77777777" w:rsidR="00491934" w:rsidRDefault="00491934" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FB75EE8" w14:textId="77777777" w:rsidR="00DD6C7F" w:rsidRDefault="00DD6C7F" w:rsidP="00923766">
+    <w:p w14:paraId="010681B0" w14:textId="77777777" w:rsidR="000A6B7A" w:rsidRDefault="000A6B7A" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63060F67" w14:textId="77777777" w:rsidR="00DD6C7F" w:rsidRDefault="00DD6C7F" w:rsidP="00923766">
+    <w:p w14:paraId="1D0080A3" w14:textId="77777777" w:rsidR="000A6B7A" w:rsidRDefault="000A6B7A" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2B7F7F98" w14:textId="2C8441CE" w:rsidR="00491934" w:rsidRDefault="00491934">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Normand Fortin est le frère de Gemma Fortin, elle-même épouse de Jean-Charles Savard. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -25400,322 +27990,345 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1617323570">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1204832198">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1237590130">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1251352734">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="173109863">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1969319408">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="164"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="00006C7A"/>
+    <w:rsid w:val="0001776F"/>
+    <w:rsid w:val="00022E06"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="000471D4"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="000723B8"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="00083A2F"/>
     <w:rsid w:val="000A440C"/>
+    <w:rsid w:val="000A6B7A"/>
+    <w:rsid w:val="000B7F56"/>
     <w:rsid w:val="000C70A7"/>
     <w:rsid w:val="000E2377"/>
     <w:rsid w:val="000F7851"/>
     <w:rsid w:val="00100C2C"/>
     <w:rsid w:val="001153BB"/>
     <w:rsid w:val="001213BC"/>
     <w:rsid w:val="00136DC0"/>
+    <w:rsid w:val="00146B91"/>
+    <w:rsid w:val="00151501"/>
     <w:rsid w:val="00166949"/>
     <w:rsid w:val="00166C91"/>
     <w:rsid w:val="001775D5"/>
     <w:rsid w:val="00181E12"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E22C8"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="001F7760"/>
     <w:rsid w:val="002273FD"/>
     <w:rsid w:val="00242C7D"/>
     <w:rsid w:val="00247D66"/>
     <w:rsid w:val="0025336B"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="00284955"/>
     <w:rsid w:val="0028732E"/>
     <w:rsid w:val="00287473"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
     <w:rsid w:val="002A29A7"/>
     <w:rsid w:val="002A5FA2"/>
     <w:rsid w:val="002C791D"/>
     <w:rsid w:val="002D0F20"/>
     <w:rsid w:val="0030124F"/>
     <w:rsid w:val="0030734D"/>
     <w:rsid w:val="00312190"/>
     <w:rsid w:val="0038462B"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003A5F15"/>
     <w:rsid w:val="003A67C7"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="003C1450"/>
+    <w:rsid w:val="003C74E0"/>
     <w:rsid w:val="00421D85"/>
     <w:rsid w:val="00424D30"/>
     <w:rsid w:val="004306E7"/>
+    <w:rsid w:val="00436D72"/>
     <w:rsid w:val="004371EE"/>
     <w:rsid w:val="0045758A"/>
     <w:rsid w:val="0046451E"/>
+    <w:rsid w:val="00482438"/>
     <w:rsid w:val="00482915"/>
     <w:rsid w:val="004862B9"/>
     <w:rsid w:val="00491934"/>
+    <w:rsid w:val="0049624B"/>
     <w:rsid w:val="004D66AE"/>
     <w:rsid w:val="00501DD6"/>
     <w:rsid w:val="00502C0D"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
     <w:rsid w:val="00544163"/>
     <w:rsid w:val="005459E1"/>
     <w:rsid w:val="00550115"/>
     <w:rsid w:val="005546F6"/>
     <w:rsid w:val="00561EAD"/>
     <w:rsid w:val="0056432C"/>
     <w:rsid w:val="0057468D"/>
     <w:rsid w:val="0058683E"/>
     <w:rsid w:val="00587F67"/>
     <w:rsid w:val="00593D7D"/>
     <w:rsid w:val="00594199"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005B5555"/>
     <w:rsid w:val="005B615A"/>
     <w:rsid w:val="005E49AE"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="00601327"/>
     <w:rsid w:val="00602381"/>
     <w:rsid w:val="00612460"/>
     <w:rsid w:val="00624149"/>
     <w:rsid w:val="00636E8B"/>
     <w:rsid w:val="00645F67"/>
     <w:rsid w:val="00654BE5"/>
     <w:rsid w:val="0066145D"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="0069656E"/>
     <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="006A2652"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="006B046C"/>
     <w:rsid w:val="006E0846"/>
     <w:rsid w:val="006F48CD"/>
     <w:rsid w:val="00717510"/>
     <w:rsid w:val="007215FD"/>
     <w:rsid w:val="007527C3"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="0077509D"/>
     <w:rsid w:val="00776E4F"/>
+    <w:rsid w:val="0078340A"/>
     <w:rsid w:val="00797D5C"/>
     <w:rsid w:val="007A7F60"/>
     <w:rsid w:val="007B70ED"/>
     <w:rsid w:val="007F33D1"/>
     <w:rsid w:val="00807BDD"/>
     <w:rsid w:val="0082184E"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="008466E3"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="00854E4D"/>
     <w:rsid w:val="00855D26"/>
     <w:rsid w:val="008625F4"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="0089776D"/>
     <w:rsid w:val="008A0AA0"/>
     <w:rsid w:val="008A17C8"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="008D2706"/>
+    <w:rsid w:val="008D376D"/>
     <w:rsid w:val="008D41CC"/>
     <w:rsid w:val="008D64A5"/>
     <w:rsid w:val="008E4F42"/>
     <w:rsid w:val="008F0833"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00923766"/>
     <w:rsid w:val="00931389"/>
     <w:rsid w:val="00942943"/>
     <w:rsid w:val="0094294B"/>
     <w:rsid w:val="009534B2"/>
     <w:rsid w:val="009705AB"/>
+    <w:rsid w:val="00981EE8"/>
     <w:rsid w:val="00991C81"/>
     <w:rsid w:val="00993863"/>
     <w:rsid w:val="009953CD"/>
     <w:rsid w:val="009A57B7"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
     <w:rsid w:val="009D2B71"/>
     <w:rsid w:val="009F0832"/>
     <w:rsid w:val="009F5EC7"/>
+    <w:rsid w:val="00A01CDF"/>
     <w:rsid w:val="00A074A8"/>
     <w:rsid w:val="00A22EB3"/>
+    <w:rsid w:val="00A27F24"/>
     <w:rsid w:val="00A27F8C"/>
     <w:rsid w:val="00A35BBA"/>
+    <w:rsid w:val="00A66A38"/>
     <w:rsid w:val="00A674F8"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00AA48C7"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00AB6798"/>
+    <w:rsid w:val="00AE7D8B"/>
     <w:rsid w:val="00B11D09"/>
     <w:rsid w:val="00B148D8"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B3412B"/>
     <w:rsid w:val="00B34E8C"/>
     <w:rsid w:val="00B46FC4"/>
     <w:rsid w:val="00B514D4"/>
     <w:rsid w:val="00B54104"/>
     <w:rsid w:val="00B55D5C"/>
     <w:rsid w:val="00B575B7"/>
     <w:rsid w:val="00B57DD6"/>
     <w:rsid w:val="00B70F0F"/>
     <w:rsid w:val="00B774F9"/>
     <w:rsid w:val="00B96E5D"/>
     <w:rsid w:val="00B9759C"/>
     <w:rsid w:val="00BB2D08"/>
     <w:rsid w:val="00BC476B"/>
     <w:rsid w:val="00BC64AB"/>
     <w:rsid w:val="00BD4041"/>
     <w:rsid w:val="00BD5104"/>
     <w:rsid w:val="00BE1812"/>
     <w:rsid w:val="00BE4FD0"/>
+    <w:rsid w:val="00BF0FA6"/>
+    <w:rsid w:val="00BF6448"/>
     <w:rsid w:val="00BF7589"/>
     <w:rsid w:val="00C071C8"/>
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
     <w:rsid w:val="00C1628A"/>
     <w:rsid w:val="00C17497"/>
     <w:rsid w:val="00C40995"/>
     <w:rsid w:val="00C42F3C"/>
     <w:rsid w:val="00C53495"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C64506"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C817ED"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CB5258"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CD6ECC"/>
     <w:rsid w:val="00CE1CB3"/>
     <w:rsid w:val="00CE48E5"/>
     <w:rsid w:val="00CE632E"/>
     <w:rsid w:val="00CF53BA"/>
     <w:rsid w:val="00CF7467"/>
     <w:rsid w:val="00D06AA1"/>
     <w:rsid w:val="00D0707F"/>
     <w:rsid w:val="00D2176C"/>
     <w:rsid w:val="00D25352"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
     <w:rsid w:val="00D42360"/>
     <w:rsid w:val="00D80A16"/>
     <w:rsid w:val="00D81EF4"/>
     <w:rsid w:val="00DA6900"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DD6C7F"/>
     <w:rsid w:val="00DF1F3F"/>
     <w:rsid w:val="00DF516C"/>
+    <w:rsid w:val="00DF66F8"/>
     <w:rsid w:val="00E06067"/>
     <w:rsid w:val="00E072EE"/>
     <w:rsid w:val="00E22017"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E56E99"/>
     <w:rsid w:val="00E57F6F"/>
     <w:rsid w:val="00E73CD9"/>
     <w:rsid w:val="00E75EB0"/>
     <w:rsid w:val="00E760C3"/>
     <w:rsid w:val="00E86474"/>
     <w:rsid w:val="00E9066C"/>
     <w:rsid w:val="00E9424E"/>
     <w:rsid w:val="00EA6927"/>
+    <w:rsid w:val="00EB1CC5"/>
+    <w:rsid w:val="00EB1FAF"/>
     <w:rsid w:val="00EE637F"/>
     <w:rsid w:val="00F13506"/>
     <w:rsid w:val="00F22AC1"/>
     <w:rsid w:val="00F27E73"/>
     <w:rsid w:val="00F3008F"/>
     <w:rsid w:val="00F41408"/>
     <w:rsid w:val="00F43CBC"/>
     <w:rsid w:val="00F568C7"/>
     <w:rsid w:val="00F6170F"/>
     <w:rsid w:val="00F64BAF"/>
     <w:rsid w:val="00F75A63"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
     <w:rsid w:val="00F94DE7"/>
     <w:rsid w:val="00FA474E"/>
+    <w:rsid w:val="00FA5978"/>
     <w:rsid w:val="00FB32BC"/>
     <w:rsid w:val="00FB5AEA"/>
     <w:rsid w:val="00FC3D97"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -26129,50 +28742,51 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Niveau 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:qFormat/>
     <w:rsid w:val="008F0833"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
     <w:name w:val="Titre 2 Car"/>
@@ -27077,71 +29691,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E7D40B4-8277-4663-A26A-1272CFFD02E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>29066</Characters>
+  <Pages>29</Pages>
+  <Words>5633</Words>
+  <Characters>30983</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>242</Lines>
-  <Paragraphs>68</Paragraphs>
+  <Lines>258</Lines>
+  <Paragraphs>73</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34282</CharactersWithSpaces>
+  <CharactersWithSpaces>36543</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>