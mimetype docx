--- v1 (2025-12-08)
+++ v2 (2026-01-25)
@@ -1918,51 +1918,65 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="418DB304" w14:textId="2CD1A2ED" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc198114734" w:history="1">
         <w:r w:rsidRPr="00E367DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P280/A3/2.4 : Filles d’Isabelle</w:t>
+          <w:t>P280/A3/2.4 : Filles d</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E367DB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>’</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E367DB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Isabelle</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc198114734 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -8287,108 +8301,161 @@
     <w:p w14:paraId="3034F376" w14:textId="77777777" w:rsidR="003A5F15" w:rsidRDefault="003A5F15" w:rsidP="00F94DE7"/>
     <w:p w14:paraId="38F9607D" w14:textId="36D6A7C6" w:rsidR="003A5F15" w:rsidRDefault="003A5F15" w:rsidP="00F94DE7">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>6 photographies (originales et copies);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69CFEB81" w14:textId="3DD2F341" w:rsidR="003A5F15" w:rsidRDefault="003A5F15" w:rsidP="00F94DE7">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Quelques coupures de presse, environ 0,2 cm de documents textuels;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B9D3891" w14:textId="7A6CBF72" w:rsidR="00F94DE7" w:rsidRDefault="003A5F15" w:rsidP="00F94DE7">
+    <w:p w14:paraId="0B9D3891" w14:textId="0B52AE8F" w:rsidR="00F94DE7" w:rsidRDefault="003A5F15" w:rsidP="00F94DE7">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>12 bobines 8 mm d’environ 50 pieds chacune.</w:t>
-      </w:r>
+        <w:t>12 bobines 8 mm d’environ 50 pieds chacune</w:t>
+      </w:r>
+      <w:r w:rsidR="00B227D8">
+        <w:t xml:space="preserve"> (146 minutes d’images en mouvement)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520A8A98" w14:textId="77777777" w:rsidR="002E6ABC" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC"/>
+    <w:p w14:paraId="7F34B87A" w14:textId="2A81BC46" w:rsidR="002E6ABC" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
+      <w:r>
+        <w:t xml:space="preserve">Ajouts 29 mai 2025 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A33111" w14:textId="0AFDB52B" w:rsidR="002E6ABC" w:rsidRDefault="00242535" w:rsidP="002E6ABC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>3,1</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6ABC">
+        <w:t xml:space="preserve"> cm de documents textuels (dont 2,</w:t>
+      </w:r>
+      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6ABC">
+        <w:t xml:space="preserve"> cm non traité);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC17A51" w14:textId="242DC1E0" w:rsidR="002E6ABC" w:rsidRDefault="00242535" w:rsidP="002E6ABC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">[193-], </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6ABC">
+        <w:t xml:space="preserve">1948-2012. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C43789">
+        <w:t>293 photographies originales et copies (dont 117 non traitées).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60741F79" w14:textId="77777777" w:rsidR="00C43789" w:rsidRDefault="00C43789" w:rsidP="00C43789">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="78DC2851" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRPr="00A674F8" w:rsidRDefault="00FB32BC" w:rsidP="00923766"/>
     <w:p w14:paraId="30ACCEE9" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Notice biographique</w:t>
       </w:r>
       <w:r w:rsidR="00A674F8" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / Histoire administrative</w:t>
       </w:r>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00DC3822" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708A8E91" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRDefault="00561EAD" w:rsidP="00923766"/>
     <w:p w14:paraId="2B9D97ED" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Née le 15 juillet 1944 à Saint-Stanislas du mariage de Patrick Tremblay et de Jeanne Simard, Solange Tremblay a demeuré dans sa ville natale toute sa vie. La famille Tremblay est d’ailleurs arrivée dans la municipalité vers 1930. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57DA187E" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="64EA845B" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
-        <w:t xml:space="preserve">Après des études au couvent Bon-Pasteur de Saint-Stanislas, Solange Tremblay commence à s’occuper de maisons privées en tant que femme à tout faire en 1967 et elle est engagée comme vendeuse dans le magasin de Jean-Charles Savard à Mistassini. Elle vend aussi des produits de beauté (1965-1974). En 1970, elle fait du bénévolat pour l’œuvre des Loisirs </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">de Saint-Stanislas et cuisine pour les enfants à l’école Bon-Pasteur. En 1974, Solange part cuisiner aussi dans un chantier de Saint-Augustin. </w:t>
+        <w:t xml:space="preserve">Après des études au couvent Bon-Pasteur de Saint-Stanislas, Solange Tremblay commence à s’occuper de maisons privées en tant que femme à tout faire en 1967 et elle est engagée comme vendeuse dans le magasin de Jean-Charles Savard à Mistassini. Elle vend aussi des produits de beauté (1965-1974). En 1970, elle fait du bénévolat pour l’œuvre des Loisirs de Saint-Stanislas et cuisine pour les enfants à l’école Bon-Pasteur. En 1974, Solange part cuisiner aussi dans un chantier de Saint-Augustin. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E492D8" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="42E21EA4" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
         <w:t xml:space="preserve">Au fil du temps, Solange se spécialise avec quelques formations en comptabilité agricole, en écriture et en relations publiques. Elle s’implique dans le Festival du Faisan et y met en pratique ses nouvelles connaissances en comptabilité. En 1982, elle devient secrétaire-archiviste pour les Filles d’Isabelle de Mistassini avant de faire partie de leur garde d’honneur vers 1992 et d’être leur photographe attitrée en 1986. Hormis les Filles d’Isabelle, Solange prend part à diverses activités du Cercle des Fermières de Saint-Stanislas dont l’organisation de leur 50e anniversaire. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77BE5FED" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="0E8C4D49" w14:textId="03D55DE3" w:rsidR="007F33D1" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
         <w:t>Du côté de la politique, Solange Tremblay représente le Parti Libéral du Canada en 1985 et elle fait office d’agente officielle de ce même parti en 1988. Elle a aussi aidé son mari, Normand Fortin, à gérer une maison à logements. Normand Fortin</w:t>
       </w:r>
       <w:r w:rsidR="00550115">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>elle sont</w:t>
@@ -8475,84 +8542,99 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Avec les ajouts du 19 février 2024, le fonds comprend désormais 2 boîtes individuelles. Les ajouts du 14 mai 2025 ont été rangés dans les dossiers correspondants et de nouveaux dossiers ont également été créés à la date de réception par les archivistes Marie-Chantale Savard et Frédérique Fradet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1802A8" w14:textId="77777777" w:rsidR="00BC476B" w:rsidRDefault="00BC476B" w:rsidP="00FB32BC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E7C693F" w14:textId="0B7E499C" w:rsidR="00BC476B" w:rsidRDefault="00BC476B" w:rsidP="00FB32BC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Les documents audiovisuels (VHS et bobines), reçues le 19 février 2024 et le 14 mai 2025, se trouvent dans la rangée de l’audiovisuel, dans la voûte de la Société d’histoire. Le tout sera numérisé à un tarif réduit à 50 %.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E0A5D2A" w14:textId="77777777" w:rsidR="00D30256" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EA4F9B7" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0C92DC" w14:textId="77777777" w:rsidR="00050170" w:rsidRDefault="00050170" w:rsidP="00923766"/>
     <w:p w14:paraId="151A974D" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
         <w:t>Le fonds P280 contient au départ, avec la donation de 2015, des portraits des familles Tremblay, Simard et Girard ainsi qu’une photographie représentant un groupe de travailleurs sur un chantier forestier à Saint-Stanislas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382B2423" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="0FC5CD4D" w14:textId="6A163146" w:rsidR="00AB6798" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>L'ajout du 13 décembre 2023 comprend des images des familles Tremblay et Savard, du Festival du Faisan, du Cercle des Fermières de Saint-Stanislas, de la Fabrique de Saint-Stanislas et du Parti libéral, des organisations dans lesquels Mme Solange Tremblay, donatrice, s'est impliquée.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45851C65" w14:textId="77777777" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00FB32BC"/>
+    <w:p w14:paraId="5916CFC5" w14:textId="04EF423A" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00FB32BC">
+      <w:r>
+        <w:t xml:space="preserve">Les ajouts de 2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B227D8">
+        <w:t xml:space="preserve">traitent des différentes implications de Mme Solange Tremblay à Saint-Stanislas, notamment dans le Cercle des Fermières, les Filles d'Isabelle et le Festival du Faisan. De même, on y retrouve des images de Mme Tremblay au Congrès du Parti Libéral à Ottawa en 1982, des vacances au chalet du Lac Éden et plusieurs événements municipaux ou familiaux. </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">Les photographies ont été prises entre 1930 et 2014. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B227D8">
+        <w:t>Ils contiennent également des films de famille sur bobines ou VHS des années 1970.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27686D7B" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRPr="00A674F8" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="3261C6B6" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Instrument de recherche :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C10EF62" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766"/>
     <w:p w14:paraId="60BC7670" w14:textId="59DB1F18" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="001153BB" w:rsidP="00923766">
       <w:r>
         <w:t>Ce fonds n’est pas traité</w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
@@ -8567,51 +8649,135 @@
       <w:r w:rsidR="00083A2F">
         <w:t xml:space="preserve"> Prétraitement débuté en mars 2024 par Frédérique Fradet, archiviste.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39189FFF" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
     <w:p w14:paraId="00BED667" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00923766" w:rsidRDefault="00E06067" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Restrictions régissant la consultation, la reproduction et la publication :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3433DBF3" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
     <w:p w14:paraId="4489CB66" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:r>
         <w:t>Aucune.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="754CF064" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
-    <w:p w14:paraId="23AF16E1" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
+    <w:p w14:paraId="23AF16E1" w14:textId="24E7C9CA" w:rsidR="00C70C4E" w:rsidRPr="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00923766">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B227D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notes de traitement : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5403EA91" w14:textId="77777777" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00923766"/>
+    <w:p w14:paraId="07A4F437" w14:textId="6D71CB8C" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
+      <w:r>
+        <w:t xml:space="preserve">Traitement au rapport 2025 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656B45CE" w14:textId="19859ECA" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Les vidéos mis sur LaVoute.tv et dans l’instrument de recherche en 2025 : 1960-1988, 10 unités et 58 minutes d’images en mouvement. Noté au rapport 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1FF8F6" w14:textId="77777777" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8"/>
+    <w:p w14:paraId="3A2A0D80" w14:textId="20E64BF8" w:rsidR="00B227D8" w:rsidRPr="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
+      <w:r>
+        <w:t>Traitement au rapport 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B227D8">
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43CBA84C" w14:textId="77777777" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Ajout du 29 mai 2025 :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F887819" w14:textId="77043782" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B227D8">
+        <w:t>raité en partie (14 dossiers, 0,3 cm, 176 photos) le 14 janvier 2026 par Frédérique Fradet, archiviste. Noté au rapport 2026.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EB28D7D" w14:textId="7EDA80B4" w:rsidR="00B227D8" w:rsidRPr="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Reste 2,8 cm de documents textuels et 117 photos à traiter de cet ajout.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D181A47" w14:textId="77777777" w:rsidR="00B227D8" w:rsidRPr="00A674F8" w:rsidRDefault="00B227D8" w:rsidP="00923766"/>
     <w:p w14:paraId="0F0D749B" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="123F20FF" w14:textId="4B626A65" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc198114714"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>Documents</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
@@ -8925,51 +9091,50 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77BCE9B0" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="255E0298" w14:textId="09B9323A" w:rsidR="00E57F6F" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="00B321DF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="_Toc198114716"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r w:rsidR="00E57F6F" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/A1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="002C791D">
               <w:t>Famille Tremblay</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
           <w:p w14:paraId="22964C39" w14:textId="69605EFF" w:rsidR="00E57F6F" w:rsidRDefault="000471D4" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -9057,51 +9222,50 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0CB3FBD5" w14:textId="20C8960B" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="002C791D" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FD0D02D" w14:textId="38A2CB32" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Toc198114717"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/A1/2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00561EAD">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="002C791D">
               <w:t>Famille Girard</w:t>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
@@ -9212,51 +9376,50 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="065FD2AC" w14:textId="12B5E53B" w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="00F27E73" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3323DDAC" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRDefault="00AB6798" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_Toc198114718"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD" w:rsidRPr="00561EAD">
               <w:t xml:space="preserve">/A1/3 : </w:t>
             </w:r>
             <w:r w:rsidR="00C53495">
               <w:t>Famille Patrick Tremblay et Jeanne Simard</w:t>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:p w14:paraId="00EB894D" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -9374,51 +9537,50 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="61BF5158" w14:textId="24AD780E" w:rsidR="00F27E73" w:rsidRPr="00A674F8" w:rsidRDefault="00F27E73" w:rsidP="00F27E73">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DE38049" w14:textId="7CE0ACBE" w:rsidR="00F27E73" w:rsidRDefault="00F27E73" w:rsidP="00F27E73">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_Toc198114719"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t>/A1/</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00561EAD">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Invitations mariages</w:t>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
           <w:p w14:paraId="0DD26087" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
@@ -9672,51 +9834,50 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13D2183A" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DF82922" w14:textId="33BCA5A6" w:rsidR="00561EAD" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="8" w:name="_Toc198114721"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r w:rsidR="007B70ED">
               <w:t>Expérience</w:t>
             </w:r>
@@ -9855,51 +10016,50 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="58870BD2" w14:textId="4C0DBBB1" w:rsidR="00A27F8C" w:rsidRPr="00A674F8" w:rsidRDefault="00A27F8C" w:rsidP="00A27F8C">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45E65030" w14:textId="4380851B" w:rsidR="00A27F8C" w:rsidRDefault="00A27F8C" w:rsidP="00A27F8C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="9" w:name="_Toc198114722"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
@@ -9985,91 +10145,82 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D12ED00" w14:textId="77777777" w:rsidR="00A27F8C" w:rsidRDefault="00A27F8C" w:rsidP="00A27F8C">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1798533D" w14:textId="77777777" w:rsidR="007B70ED" w:rsidRDefault="007B70ED" w:rsidP="007B70ED">
             <w:r>
-              <w:t xml:space="preserve">Expériences de politique municipale à Saint-Stanislas, Politique des aînés pour Municipalité amie des aînés à Saint-Stanislas, voir CV pour Martin </w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Expériences de politique municipale à Saint-Stanislas, Politique des aînés pour Municipalité amie des aînés à Saint-Stanislas, voir CV pour Martin Cauvier.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FDD5373" w14:textId="7EBF9A88" w:rsidR="000471D4" w:rsidRPr="007B70ED" w:rsidRDefault="000471D4" w:rsidP="007B70ED"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="383B99D6" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="223FA8B5" w14:textId="4E995CA0" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="002C791D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F37DF1F" w14:textId="0CEACC4D" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="007F33D1">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="_Toc198114723"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/A</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00A27F8C">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
@@ -10336,58 +10487,58 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F0833" w:rsidRPr="00A674F8" w14:paraId="2C0A8B69" w14:textId="77777777" w:rsidTr="00491934">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F9D4A29" w14:textId="77777777" w:rsidR="008F0833" w:rsidRPr="00A674F8" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2032C610" w14:textId="2E92E545" w:rsidR="008F0833" w:rsidRDefault="008F0833" w:rsidP="008F0833">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="_Toc198114725"/>
             <w:r w:rsidRPr="008F0833">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>P280/A3/1 : Festivals et carnavals</w:t>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
           <w:p w14:paraId="426ADB3B" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10448,51 +10599,50 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="199BF89A" w14:textId="43B3EB2C" w:rsidR="008F0833" w:rsidRPr="00A674F8" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50E4A41C" w14:textId="1F0DCFC2" w:rsidR="008F0833" w:rsidRDefault="008F0833" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="13" w:name="_Toc198114726"/>
             <w:r>
               <w:t xml:space="preserve">P280/A3/1.1 : Festival </w:t>
             </w:r>
             <w:r w:rsidR="00EA6927">
               <w:t>du bleuet (Mistassini)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
           <w:p w14:paraId="26124CA2" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10585,51 +10735,50 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3C52288C" w14:textId="298CCD5F" w:rsidR="00EA6927" w:rsidRPr="00A674F8" w:rsidRDefault="00EA6927" w:rsidP="00EA6927">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19AF8CCE" w14:textId="7A8F8466" w:rsidR="00EA6927" w:rsidRPr="00146B91" w:rsidRDefault="00EA6927" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="14" w:name="_Toc198114727"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P280/A3/1.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
@@ -10757,51 +10906,50 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="673DE049" w14:textId="0F65BC12" w:rsidR="00EA6927" w:rsidRPr="00A674F8" w:rsidRDefault="00EA6927" w:rsidP="00EA6927">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CECC293" w14:textId="073DF4FF" w:rsidR="00EA6927" w:rsidRDefault="00EA6927" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="_Toc198114728"/>
             <w:r>
               <w:t>P280/A3/1.3 : Festival du faisan (Saint-Stanislas)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
           <w:p w14:paraId="757B7DB6" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes.</w:t>
@@ -10895,51 +11043,50 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="30B419CE" w14:textId="7898CC00" w:rsidR="00EA6927" w:rsidRPr="00A674F8" w:rsidRDefault="00EA6927" w:rsidP="00EA6927">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18D72798" w14:textId="0B987A66" w:rsidR="00EA6927" w:rsidRDefault="00EA6927" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="16" w:name="_Toc198114729"/>
             <w:r>
               <w:t>P280/A3/1.4 : Carnaval (Saint-Stanislas)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
           <w:p w14:paraId="2C9B2B4B" w14:textId="77777777" w:rsidR="00EA6927" w:rsidRDefault="00EA6927" w:rsidP="00EA6927">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1992-1994. – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
           </w:p>
@@ -11018,51 +11165,50 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2B92F717" w14:textId="6851BCBE" w:rsidR="008F0833" w:rsidRPr="00A674F8" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="401DECD2" w14:textId="3D4830BB" w:rsidR="008F0833" w:rsidRPr="007A7F60" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="17" w:name="_Toc198114730"/>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>P280/A3/2 : Organismes</w:t>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
           <w:p w14:paraId="2F878E6A" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
@@ -11122,51 +11268,50 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1DCB1EF5" w14:textId="2038EC73" w:rsidR="00421D85" w:rsidRPr="00A674F8" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E4F236C" w14:textId="5795A6D8" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="18" w:name="_Toc198114731"/>
             <w:r>
               <w:t>P280/A3/2.1 : Cercle des Fermières</w:t>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
           <w:p w14:paraId="4D0EBEB9" w14:textId="7CA5A00F" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r w:rsidRPr="00421D85">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
@@ -11180,52 +11325,55 @@
           <w:p w14:paraId="2670F0C3" w14:textId="77777777" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55D13052" w14:textId="77777777" w:rsidR="00421D85" w:rsidRPr="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
               <w:t>Ce dossier comprend…</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55379E91" w14:textId="232E9C6A" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
               <w:t xml:space="preserve">Cercle des Fermières. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74BCB751" w14:textId="394C2527" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
+              <w:t xml:space="preserve">Cahier d’activités du Cercle des Fermières du Québec, 75 ans, 1915 à 1990, reçu alors que Solange Tremblay était présidente du Cercle à Saint-Stanislas, ainsi qu’un livret contenant des procès-verbaux en 1990, en plus de deux autres </w:t>
+            </w:r>
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>Cahier d’activités du Cercle des Fermières du Québec, 75 ans, 1915 à 1990, reçu alors que Solange Tremblay était présidente du Cercle à Saint-Stanislas, ainsi qu’un livret contenant des procès-verbaux en 1990, en plus de deux autres documents référant au Cercle des Fermières du Québec, 49</w:t>
+              <w:t>documents référant au Cercle des Fermières du Québec, 49</w:t>
             </w:r>
             <w:r w:rsidRPr="00421D85">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> congrès à Saint-Félicien en 1991 et Notre autonomie, un défi de tous les jours, 1989-1990. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="393A16A5" w14:textId="7F54A1BB" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
               <w:t>Documents de reconnaissance et coupures de presse.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CCD7C2A" w14:textId="22215391" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85"/>
           <w:p w14:paraId="738FA256" w14:textId="1773F9D2" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -11263,51 +11411,50 @@
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6099698A" w14:textId="22F4026D" w:rsidR="00421D85" w:rsidRPr="00A674F8" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="060DC999" w14:textId="06BA6F4A" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="19" w:name="_Toc198114732"/>
             <w:r>
               <w:t>P280/A3/2.2 : Centre de femmes pays Maria-Chapdelaine</w:t>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
           <w:p w14:paraId="59FB9652" w14:textId="27B0B431" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="00421D85">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>2012-2014. – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels. </w:t>
             </w:r>
           </w:p>
@@ -11346,51 +11493,50 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5A0C4CD2" w14:textId="05B94583" w:rsidR="00991C81" w:rsidRPr="00A674F8" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FAC731B" w14:textId="7BF440BC" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="20" w:name="_Toc198114733"/>
             <w:r>
               <w:t>P280/A3/2.3 : Association des femmes de carrière</w:t>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05C89559" w14:textId="77777777" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années</w:t>
             </w:r>
             <w:r w:rsidRPr="00421D85">
@@ -11438,148 +11584,184 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4FE05822" w14:textId="16CBE46F" w:rsidR="00991C81" w:rsidRPr="00A674F8" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2707351E" w14:textId="77777777" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="21" w:name="_Toc198114734"/>
             <w:r>
               <w:t>P280/A3/2.4 : Filles d’Isabelle</w:t>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A8D7B9D" w14:textId="77777777" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années</w:t>
             </w:r>
             <w:r w:rsidRPr="00421D85">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>. – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00CC2D53" w14:textId="77777777" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81"/>
           <w:p w14:paraId="33F38339" w14:textId="77777777" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FFDF2C8" w14:textId="77777777" w:rsidR="00991C81" w:rsidRPr="00421D85" w:rsidRDefault="00991C81" w:rsidP="00991C81">
+          <w:p w14:paraId="1FFDF2C8" w14:textId="77777777" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:r>
               <w:t>Ce dossier comprend…</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="53CAB146" w14:textId="5C1B3748" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="22" w:name="_Hlk219274861"/>
+            <w:r>
+              <w:t>Programme groupe Filles d’Isabelle Mistassini 17-18 juin 1980</w:t>
+            </w:r>
+            <w:r w:rsidR="001C4FCD">
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B47DE44" w14:textId="16F03BCF" w:rsidR="001C4FCD" w:rsidRPr="00421D85" w:rsidRDefault="001C4FCD" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">arte de membre </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">(carnet), </w:t>
+            </w:r>
+            <w:r>
+              <w:t>1976-1981</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
           <w:p w14:paraId="6CA1DD86" w14:textId="77777777" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00491934" w:rsidRPr="00A674F8" w14:paraId="0946B585" w14:textId="77777777" w:rsidTr="00491934">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="26DACE84" w14:textId="7BC3243D" w:rsidR="00491934" w:rsidRPr="00A674F8" w:rsidRDefault="00491934" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08522C27" w14:textId="5A30F2EF" w:rsidR="00491934" w:rsidRDefault="00491934" w:rsidP="00491934">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="_Toc198114735"/>
+            <w:bookmarkStart w:id="23" w:name="_Toc198114735"/>
             <w:r>
               <w:t>P280/A3/2.5 : Fabrique Saint-Stanislas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53748E89" w14:textId="77777777" w:rsidR="00491934" w:rsidRDefault="00491934" w:rsidP="00491934">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années</w:t>
             </w:r>
             <w:r w:rsidRPr="00421D85">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>. – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="398D0AB7" w14:textId="77777777" w:rsidR="00491934" w:rsidRDefault="00491934" w:rsidP="00491934"/>
@@ -11612,85 +11794,66 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="41B56A79" w14:textId="7F14B718" w:rsidR="007A7F60" w:rsidRPr="00A674F8" w:rsidRDefault="007A7F60" w:rsidP="007A7F60">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="58C0FF51" w14:textId="60C1143A" w:rsidR="007A7F60" w:rsidRPr="007A7F60" w:rsidRDefault="007A7F60" w:rsidP="007A7F60">
+          <w:p w14:paraId="58C0FF51" w14:textId="60C1143A" w:rsidR="007A7F60" w:rsidRPr="007B7D3E" w:rsidRDefault="007A7F60" w:rsidP="007A7F60">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
-                <w:b/>
-[...27 lines deleted...]
-            <w:bookmarkEnd w:id="23"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="24" w:name="_Toc198114736"/>
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>P280/A3/3 : Sports et compétitions</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
           <w:p w14:paraId="1945CDE7" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes.</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
@@ -11775,64 +11938,63 @@
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="603D53CE" w14:textId="5A0CD799" w:rsidR="007A7F60" w:rsidRPr="00A674F8" w:rsidRDefault="007A7F60" w:rsidP="007A7F60">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39B7EBA3" w14:textId="3AB9D8BF" w:rsidR="007A7F60" w:rsidRDefault="007A7F60" w:rsidP="007A7F60">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="24" w:name="_Toc198114737"/>
+            <w:bookmarkStart w:id="25" w:name="_Toc198114737"/>
             <w:r>
               <w:t xml:space="preserve">P280/A3/3.1 : </w:t>
             </w:r>
             <w:r w:rsidR="002C791D">
               <w:t>Événements sportifs</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
           <w:p w14:paraId="5FD7AAFF" w14:textId="7085D30E" w:rsidR="007A7F60" w:rsidRDefault="002C791D" w:rsidP="007A7F60">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1985-1987</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>. – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60D576AE" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4"/>
           <w:p w14:paraId="7836ED37" w14:textId="77777777" w:rsidR="000471D4" w:rsidRPr="00AB6798" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
@@ -11944,85 +12106,84 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="494835DB" w14:textId="43020BC5" w:rsidR="00E75EB0" w:rsidRPr="00A674F8" w:rsidRDefault="00E75EB0" w:rsidP="00E75EB0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="408A60CE" w14:textId="6230B8CE" w:rsidR="00E75EB0" w:rsidRPr="007A7F60" w:rsidRDefault="00E75EB0" w:rsidP="00E75EB0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="25" w:name="_Toc198114738"/>
+            <w:bookmarkStart w:id="26" w:name="_Toc198114738"/>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>P280/A3/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00312190">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Anniversaires de fondation</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
           <w:p w14:paraId="17B08951" w14:textId="77777777" w:rsidR="00E75EB0" w:rsidRDefault="00E75EB0" w:rsidP="00E75EB0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes.</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
@@ -12067,70 +12228,69 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1ECC9C21" w14:textId="5A42184A" w:rsidR="00E75EB0" w:rsidRPr="00A674F8" w:rsidRDefault="00E75EB0" w:rsidP="00E75EB0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34AAC558" w14:textId="6F7D1236" w:rsidR="00E75EB0" w:rsidRDefault="00E75EB0" w:rsidP="00E75EB0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="_Toc198114739"/>
+            <w:bookmarkStart w:id="27" w:name="_Toc198114739"/>
             <w:r>
               <w:t>P280/A3/</w:t>
             </w:r>
             <w:r w:rsidR="00312190">
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">.1 : </w:t>
             </w:r>
             <w:r w:rsidR="00312190">
               <w:t>50 ans de Saint-Stanislas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
           <w:p w14:paraId="1661A17B" w14:textId="77777777" w:rsidR="00E75EB0" w:rsidRDefault="00E75EB0" w:rsidP="00E75EB0">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1985-1987</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>. – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A7C9D5D" w14:textId="77777777" w:rsidR="00E75EB0" w:rsidRDefault="00E75EB0" w:rsidP="00E75EB0"/>
           <w:p w14:paraId="59ADBCAB" w14:textId="77777777" w:rsidR="00E75EB0" w:rsidRPr="00AB6798" w:rsidRDefault="00E75EB0" w:rsidP="00E75EB0">
             <w:pPr>
               <w:rPr>
@@ -12239,85 +12399,84 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="69DD4A1D" w14:textId="097C4AB0" w:rsidR="0057468D" w:rsidRPr="00A674F8" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0049E515" w14:textId="2718D13D" w:rsidR="0057468D" w:rsidRPr="007A7F60" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="27" w:name="_Toc198114740"/>
+            <w:bookmarkStart w:id="28" w:name="_Toc198114740"/>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>P280/A3/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Politique</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
           <w:p w14:paraId="2DE61160" w14:textId="77777777" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes.</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
@@ -12362,69 +12521,60 @@
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="40F8A063" w14:textId="3AF4811A" w:rsidR="0057468D" w:rsidRPr="00A674F8" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5109A127" w14:textId="0EC5A46E" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="28" w:name="_Toc198114741"/>
-[...11 lines deleted...]
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkStart w:id="29" w:name="_Toc198114741"/>
+            <w:r>
+              <w:t>P280/A3/5.1 : Élections Martin Cauvier (libéral)</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
           <w:p w14:paraId="797845C8" w14:textId="52E51E7C" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>1988</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>. – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="161A0A16" w14:textId="77777777" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D"/>
           <w:p w14:paraId="0001AE5C" w14:textId="77777777" w:rsidR="0057468D" w:rsidRPr="00AB6798" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
@@ -12521,67 +12671,67 @@
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>à la cote P280/B3/4.1 du présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D2DD653" w14:textId="77777777" w:rsidR="0057468D" w:rsidRPr="007A7F60" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7FE56B3F" w14:textId="1C512934" w:rsidR="008F0833" w:rsidRDefault="008F0833" w:rsidP="00923766"/>
     <w:p w14:paraId="70A6659D" w14:textId="77777777" w:rsidR="008F0833" w:rsidRDefault="008F0833" w:rsidP="00923766"/>
     <w:p w14:paraId="3280D7DE" w14:textId="07F86849" w:rsidR="008F0833" w:rsidRPr="00A674F8" w:rsidRDefault="008F0833" w:rsidP="008F0833">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc198114742"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc198114742"/>
       <w:r>
         <w:t>P280</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t>/A</w:t>
       </w:r>
       <w:r>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Loisirs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="2006166C" w14:textId="4ECF4E67" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Années extrêmes.</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7F60">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> – X </w:t>
       </w:r>
       <w:r w:rsidRPr="000471D4">
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -12692,74 +12842,73 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D68F8FC" w14:textId="77777777" w:rsidR="008F0833" w:rsidRPr="00A674F8" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F24A1C1" w14:textId="0FFD44B7" w:rsidR="008F0833" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="30" w:name="_Toc198114743"/>
+            <w:bookmarkStart w:id="31" w:name="_Toc198114743"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="00A27F8C">
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r>
               <w:t>Chasse</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
           <w:p w14:paraId="427684D0" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes.</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
@@ -12839,73 +12988,72 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F0833" w:rsidRPr="00A674F8" w14:paraId="5A8430CE" w14:textId="77777777" w:rsidTr="00491934">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="24190969" w14:textId="77777777" w:rsidR="008F0833" w:rsidRPr="00A674F8" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F8ACED8" w14:textId="333F063C" w:rsidR="008F0833" w:rsidRPr="00B321DF" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="31" w:name="_Toc198114744"/>
+            <w:bookmarkStart w:id="32" w:name="_Toc198114744"/>
             <w:r>
               <w:t>P280/A</w:t>
             </w:r>
             <w:r w:rsidR="00A27F8C">
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t>/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Chalet</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
           <w:p w14:paraId="6F9EC25F" w14:textId="77777777" w:rsidR="000471D4" w:rsidRDefault="000471D4" w:rsidP="000471D4">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes.</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
@@ -12993,67 +13141,67 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Lac Clair</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72FB8671" w14:textId="77777777" w:rsidR="008F0833" w:rsidRPr="00A674F8" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3661A1AD" w14:textId="77777777" w:rsidR="008F0833" w:rsidRDefault="008F0833" w:rsidP="00491934"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7499272D" w14:textId="2562E22F" w:rsidR="008F0833" w:rsidRDefault="008F0833" w:rsidP="00923766"/>
     <w:p w14:paraId="5D8BF206" w14:textId="5CD0BEEC" w:rsidR="006E0846" w:rsidRDefault="006E0846" w:rsidP="00923766"/>
     <w:p w14:paraId="64A8234B" w14:textId="5BA9F057" w:rsidR="006E0846" w:rsidRPr="00A674F8" w:rsidRDefault="006E0846" w:rsidP="006E0846">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc198114745"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc198114745"/>
       <w:r>
         <w:t>P280</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t>/A</w:t>
       </w:r>
       <w:r w:rsidR="00B57DD6">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B57DD6">
         <w:t>Histoire</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="215EDE46" w14:textId="633DF28E" w:rsidR="006E0846" w:rsidRDefault="006E0846" w:rsidP="006E0846">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Années extrêmes.</w:t>
       </w:r>
       <w:r w:rsidRPr="007A7F60">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> – X </w:t>
       </w:r>
       <w:r w:rsidRPr="000471D4">
         <w:rPr>
           <w:highlight w:val="yellow"/>
@@ -13164,74 +13312,73 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="20B55B2A" w14:textId="77777777" w:rsidR="006E0846" w:rsidRPr="00A674F8" w:rsidRDefault="006E0846" w:rsidP="00A41F50">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="687729E8" w14:textId="21706F9B" w:rsidR="006E0846" w:rsidRDefault="006E0846" w:rsidP="00A41F50">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="33" w:name="_Toc198114746"/>
+            <w:bookmarkStart w:id="34" w:name="_Toc198114746"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="00B57DD6">
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00B57DD6">
               <w:t>Commerces de Saint-Stanislas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
           <w:p w14:paraId="3E8F8658" w14:textId="77777777" w:rsidR="006E0846" w:rsidRDefault="006E0846" w:rsidP="00A41F50">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>Années extrêmes.</w:t>
             </w:r>
             <w:r w:rsidRPr="007A7F60">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t xml:space="preserve"> – X cm</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> de documents textuels.</w:t>
             </w:r>
@@ -13298,71 +13445,70 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="69A400DF" w14:textId="77777777" w:rsidR="006E0846" w:rsidRPr="00A674F8" w:rsidRDefault="006E0846" w:rsidP="00A41F50">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F394F68" w14:textId="77777777" w:rsidR="006E0846" w:rsidRPr="00A674F8" w:rsidRDefault="006E0846" w:rsidP="00923766"/>
     <w:p w14:paraId="718717C6" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
     <w:p w14:paraId="66A8040F" w14:textId="09140552" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc198114747"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc198114747"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>Documents iconographiques</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="56B09A79" w14:textId="42D3F028" w:rsidR="00696AE2" w:rsidRDefault="008466E3" w:rsidP="00696AE2">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B54104">
         <w:t xml:space="preserve"> 1938-2010. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF1F3F">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>8 photographies numérisées</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB32BC">
         <w:t xml:space="preserve"> (disque dur externe Archives et serveur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB32BC">
         <w:t>Voute:K</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FB32BC">
@@ -13370,50 +13516,51 @@
       </w:r>
       <w:r w:rsidRPr="00DF1F3F">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>513</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB32BC">
         <w:t>photographies originales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66696A05" w14:textId="77777777" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00696AE2"/>
     <w:p w14:paraId="50230ACB" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B61EABB" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -13454,67 +13601,67 @@
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F2B1A0B" w14:textId="2EE0ED7B" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00E73CD9" w:rsidP="00696AE2">
       <w:r>
         <w:t>Afin de faciliter le repérage</w:t>
       </w:r>
       <w:r w:rsidR="008466E3">
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13930FA9" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="0BCC7CF2" w14:textId="323DAFFA" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc198114748"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc198114748"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00EE637F">
         <w:t>Famille</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="3EE20C62" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="0101D57C" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E67AD45" w14:textId="53423B9D" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -13587,73 +13734,72 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7F52A41F" w14:textId="7A78D76C" w:rsidR="002A5FA2" w:rsidRPr="00A674F8" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08ED4366" w14:textId="0202BB2A" w:rsidR="002A5FA2" w:rsidRPr="00B321DF" w:rsidRDefault="002A5FA2" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="36" w:name="_Toc198114749"/>
+            <w:bookmarkStart w:id="37" w:name="_Toc198114749"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r>
               <w:t>Famille Solange Tremblay et Normand Fortin</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
           <w:p w14:paraId="06867456" w14:textId="77777777" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -13776,79 +13922,78 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5E861D08" w14:textId="0BF820E7" w:rsidR="002A5FA2" w:rsidRPr="00A674F8" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4912EBD9" w14:textId="44812542" w:rsidR="002A5FA2" w:rsidRPr="00B321DF" w:rsidRDefault="002A5FA2" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="37" w:name="_Toc198114750"/>
+            <w:bookmarkStart w:id="38" w:name="_Toc198114750"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r w:rsidR="00EE637F">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Famille Patrick Tremblay et Jeanne Simard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
           <w:p w14:paraId="5DBBBE75" w14:textId="764198C7" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -13932,112 +14077,200 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="64EC0A43" w14:textId="5D8AB259" w:rsidR="002A5FA2" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Les parents de Solange Tremblay, soit son père Patrick Tremblay et sa mère Jeanne Simard, ou des membres de la famille proche, notamment à Saint-Stanislas.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A1498D1" w14:textId="77777777" w:rsidR="002A5FA2" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
+          <w:p w14:paraId="7180AC0F" w14:textId="7A8A5AF8" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="002A5FA2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="39" w:name="_Hlk219275435"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B6D9E">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire de mariage du couple Tremblay-Simard en 197</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF016E">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p w14:paraId="7963D59A" w14:textId="77777777" w:rsidR="002A5FA2" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A493009" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Notes :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14C4B432" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certaines photos sont annotées au stylo sur le recto (sur l’image directement).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59419D5B" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Originales.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A1498D1" w14:textId="1FA58E46" w:rsidR="000B6E27" w:rsidRPr="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002A5FA2" w:rsidRPr="00A674F8" w14:paraId="3807344E" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="66BA0FA3" w14:textId="55F62815" w:rsidR="002A5FA2" w:rsidRPr="00A674F8" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F6CA058" w14:textId="0D25D145" w:rsidR="002A5FA2" w:rsidRPr="00B321DF" w:rsidRDefault="002A5FA2" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="38" w:name="_Toc198114751"/>
+            <w:bookmarkStart w:id="40" w:name="_Toc198114751"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r w:rsidR="00EE637F">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Famille Arthur Fortin</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
           <w:p w14:paraId="68AD5C53" w14:textId="77777777" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -14154,79 +14387,78 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="78F71628" w14:textId="46132742" w:rsidR="002A5FA2" w:rsidRPr="00A674F8" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67D5E2AB" w14:textId="08F21894" w:rsidR="002A5FA2" w:rsidRPr="00B321DF" w:rsidRDefault="002A5FA2" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="39" w:name="_Toc198114752"/>
+            <w:bookmarkStart w:id="41" w:name="_Toc198114752"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Famille Philippe Girard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
           <w:p w14:paraId="3C9CDBE9" w14:textId="77777777" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -14307,116 +14539,116 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="400BBAF0" w14:textId="2AF50A6B" w:rsidR="002A5FA2" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Philippe Girard, grand-père de Solange Tremblay, donatrice, et les proches Girard.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A19F278" w14:textId="77777777" w:rsidR="002A5FA2" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005546F6" w:rsidRPr="00A674F8" w14:paraId="21E9296D" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="518D1E35" w14:textId="4A8EA97F" w:rsidR="005546F6" w:rsidRPr="00A674F8" w:rsidRDefault="005546F6" w:rsidP="005546F6">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E094613" w14:textId="5072D47C" w:rsidR="005546F6" w:rsidRPr="00B321DF" w:rsidRDefault="005546F6" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="40" w:name="_Toc198114753"/>
+            <w:bookmarkStart w:id="42" w:name="_Toc198114753"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Famille Jeanne Simard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
           <w:p w14:paraId="469E2922" w14:textId="77777777" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -14533,98 +14765,103 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="155F05DE" w14:textId="061A8546" w:rsidR="0058683E" w:rsidRPr="00A674F8" w:rsidRDefault="0058683E" w:rsidP="0058683E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42777B9D" w14:textId="3D6936D3" w:rsidR="0058683E" w:rsidRPr="00B321DF" w:rsidRDefault="0058683E" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="41" w:name="_Toc198114754"/>
+            <w:bookmarkStart w:id="43" w:name="_Toc198114754"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Famille Solange Tremblay et Marcel Girard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="459D8257" w14:textId="77777777" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
+            <w:bookmarkEnd w:id="43"/>
+          </w:p>
+          <w:p w14:paraId="459D8257" w14:textId="578F5757" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
+            </w:r>
+            <w:r w:rsidR="000B6E27">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, 1978</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CCDFDD0" w14:textId="77777777" w:rsidR="0058683E" w:rsidRDefault="0058683E" w:rsidP="0058683E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -14722,79 +14959,78 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5D6FA37E" w14:textId="2BB95036" w:rsidR="00594199" w:rsidRPr="00A674F8" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F46F610" w14:textId="069BDB64" w:rsidR="00594199" w:rsidRPr="00B321DF" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="42" w:name="_Toc198114755"/>
+            <w:bookmarkStart w:id="44" w:name="_Toc198114755"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Famille Marcel Girard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
           <w:p w14:paraId="605ACAD5" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -14896,114 +15132,139 @@
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Les parents et la famille de Marcel Girard, le conjoint de la donatrice.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="690F85E9" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="139120F3" w14:textId="5A16AAB2" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes : Voir aussi P280/B1/6 Famille Solange Tremblay et Marcel Girard dans le présent fonds.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A8AAB0F" w14:textId="280741BD" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="00594199">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Certaines photos sont annotées au stylo sur le recto (sur l’image directement).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="591055ED" w14:textId="53BF8CCA" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="00594199">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Originales.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EE00F76" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C70A7" w:rsidRPr="00A674F8" w14:paraId="44BDAC55" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="124AAD11" w14:textId="2390089B" w:rsidR="000C70A7" w:rsidRPr="00A674F8" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67A6ED89" w14:textId="25C6D65A" w:rsidR="000C70A7" w:rsidRPr="00B321DF" w:rsidRDefault="000C70A7" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="43" w:name="_Toc198114756"/>
+            <w:bookmarkStart w:id="45" w:name="_Toc198114756"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r w:rsidR="00594199">
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Mariages</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
           <w:p w14:paraId="09F388B3" w14:textId="6F8C4A17" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -15148,79 +15409,78 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0299BB8A" w14:textId="0D3E9EBF" w:rsidR="00EE637F" w:rsidRPr="00A674F8" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="365CAC0D" w14:textId="7B000409" w:rsidR="00EE637F" w:rsidRPr="00B321DF" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="44" w:name="_Toc198114757"/>
+            <w:bookmarkStart w:id="46" w:name="_Toc198114757"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00594199">
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Autres ancêtres</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
           <w:p w14:paraId="1C413E13" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– [18--]. – 1 photographie; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ferrotype</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -15236,50 +15496,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DF72018" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C0C4F47" w14:textId="77777777" w:rsidR="00993863" w:rsidRPr="00AB6798" w:rsidRDefault="00993863" w:rsidP="00993863">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F4A0EB0" w14:textId="77777777" w:rsidR="00993863" w:rsidRDefault="00993863" w:rsidP="00993863">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15323,51 +15584,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Ancêtres inconnus de Mme Solange Tremblay, donatrice. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D40F5AC" w14:textId="77777777" w:rsidR="00993863" w:rsidRDefault="00993863" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25184A07" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Notes : Image positive développée sur un support métallique. Ce type de support, le </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ferrotype</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>, était utilisé de 1852 au début du XX</w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15388,82 +15648,81 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5F4BC04F" w14:textId="33433055" w:rsidR="000C70A7" w:rsidRPr="00A674F8" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33A1F03E" w14:textId="677D0977" w:rsidR="000C70A7" w:rsidRPr="00B321DF" w:rsidRDefault="000C70A7" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="45" w:name="_Toc198114758"/>
+            <w:bookmarkStart w:id="47" w:name="_Toc198114758"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r w:rsidR="00594199">
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Amis de la famille</w:t>
             </w:r>
             <w:r w:rsidR="0056432C">
               <w:t xml:space="preserve"> et parenté</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
           <w:p w14:paraId="668A3950" w14:textId="77777777" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -15534,87 +15793,123 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39D1205D" w14:textId="21905A9C" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
+          <w:p w14:paraId="39D1205D" w14:textId="3C822897" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Amis de la famille Tremblay</w:t>
             </w:r>
             <w:r w:rsidR="0056432C">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ainsi que des </w:t>
             </w:r>
             <w:r w:rsidR="00594199">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">parents proches, que ce </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00594199">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>soit</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00594199">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> des nièces, neveux, des cousin.es, etc. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2ACC7043" w14:textId="487B4DD1" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">85 ans de Maria Fortin, 2007. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69A842BF" w14:textId="1888197B" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="16"/>
+              </w:numPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Georges André Tremblay à l’hôpital de Chicoutimi, [20--]. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39F0CC84" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="604B4075" w14:textId="005CBCCE" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Notes : Certaines images sont identifiées, d’autres ne le sont pas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="781D8D75" w14:textId="77777777" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
@@ -15626,104 +15921,102 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6AC1A44A" w14:textId="04E8BB1E" w:rsidR="000C70A7" w:rsidRPr="00A674F8" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F5F1F6C" w14:textId="4FB1B227" w:rsidR="000C70A7" w:rsidRPr="00B321DF" w:rsidRDefault="000C70A7" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="46" w:name="_Toc198114759"/>
+            <w:bookmarkStart w:id="48" w:name="_Toc198114759"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/1</w:t>
             </w:r>
             <w:r w:rsidR="00594199">
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Décès</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2F4574E9" w14:textId="77777777" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
+            <w:bookmarkEnd w:id="48"/>
+          </w:p>
+          <w:p w14:paraId="2F4574E9" w14:textId="473E32ED" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r w:rsidRPr="000C70A7">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">. – </w:t>
+            <w:r w:rsidR="00894FEA">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1974-2019.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16A2E018" w14:textId="77777777" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7735DE90" w14:textId="77777777" w:rsidR="00993863" w:rsidRPr="00AB6798" w:rsidRDefault="00993863" w:rsidP="00993863">
             <w:pPr>
               <w:rPr>
@@ -15782,226 +16075,381 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="017BBD35" w14:textId="76AB4B3B" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Avis de décès et images de cérémonies funèbres, notamment des funérailles.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="04DBD0D2" w14:textId="2C0A391A" w:rsidR="00B918B5" w:rsidRDefault="00B918B5" w:rsidP="00B918B5">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="49" w:name="_Hlk219279385"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1974-2006. 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> photos de défunts ou de cercueils (ajout 2025);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1058AC16" w14:textId="30DBDDD7" w:rsidR="00667CEE" w:rsidRDefault="00667CEE" w:rsidP="00B918B5">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1986-2006. 4 photos cimetière St-Stanislas (ajout 2025);  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A1DE3C2" w14:textId="09DCB1B6" w:rsidR="00894FEA" w:rsidRDefault="00894FEA" w:rsidP="00B918B5">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="11"/>
+              </w:numPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2019. 3 photos. Mise en terre Donald Valois à St-Stanislas (ajout 2025).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3111B98A" w14:textId="77777777" w:rsidR="00B918B5" w:rsidRDefault="00B918B5" w:rsidP="00B918B5">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0393B96E" w14:textId="352E4F32" w:rsidR="00B918B5" w:rsidRDefault="00B918B5" w:rsidP="00B918B5">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="391A66AA" w14:textId="332A949A" w:rsidR="00B918B5" w:rsidRDefault="00B918B5" w:rsidP="00B918B5">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Voir aussi Bâtiments et lieux, Église et presbytère de Saint-Stanislas dans le présent fonds.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
           <w:p w14:paraId="21C8A073" w14:textId="77777777" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E760C3" w:rsidRPr="00A674F8" w14:paraId="475C518B" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="420F50CC" w14:textId="3815697E" w:rsidR="00E760C3" w:rsidRPr="00A674F8" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="287CCC3C" w14:textId="18BA2B0A" w:rsidR="00E760C3" w:rsidRPr="00B321DF" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
+          <w:p w14:paraId="287CCC3C" w14:textId="5A01CD98" w:rsidR="00E760C3" w:rsidRPr="00B321DF" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="47" w:name="_Toc198114760"/>
+            <w:bookmarkStart w:id="50" w:name="_Toc198114760"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/1</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t>Membres de la famille non identifiés</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
           <w:p w14:paraId="56B3DBE2" w14:textId="77777777" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D074EE2" w14:textId="77777777" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C6A0F84" w14:textId="77777777" w:rsidR="00E760C3" w:rsidRPr="00AB6798" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
+          <w:p w14:paraId="2C6A0F84" w14:textId="3481196C" w:rsidR="00E760C3" w:rsidRPr="00AB6798" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28FA1BCD" w14:textId="0E776F3C" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:r>
               <w:t>Ce dossier comprend des photographies de proches et des ancêtres de Solange Tremblay ou de l’un de ses maris, ceux-ci n’étant pas identifiés.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16F2FC8F" w14:textId="02CFB06D" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3"/>
-          <w:p w14:paraId="74AFFB18" w14:textId="145773BB" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
-[...1 lines deleted...]
-              <w:t>Notes :</w:t>
+          <w:p w14:paraId="74AFFB18" w14:textId="735EF519" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
+            <w:r>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79FF959C" w14:textId="2AB7F895" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:r>
               <w:t>Pour voir des images de membres de la famille identifiés, consultez les dossiers précédents du présent fonds, de P280/B1/1 à B1/7 inclusivement.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="609B7820" w14:textId="77777777" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DAAFF10" w14:textId="39E24904" w:rsidR="00593D7D" w:rsidRDefault="00593D7D" w:rsidP="00593D7D"/>
     <w:p w14:paraId="391803AF" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRDefault="00EE637F" w:rsidP="00593D7D"/>
     <w:p w14:paraId="7475C7C8" w14:textId="60DAB9C3" w:rsidR="00EE637F" w:rsidRPr="00A674F8" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc198114761"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc198114761"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>P280/B2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Occupations professionnelles</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="657E3971" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRPr="00A674F8" w:rsidRDefault="00EE637F" w:rsidP="00EE637F"/>
-    <w:p w14:paraId="366E9292" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRPr="00AB6798" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
+    <w:p w14:paraId="366E9292" w14:textId="6683B306" w:rsidR="00EE637F" w:rsidRPr="00AB6798" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Portée et contenu : </w:t>
+        <w:t>Portée et contenu</w:t>
+      </w:r>
+      <w:r w:rsidR="00667CEE">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB6798">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9D6699" w14:textId="3A66DA33" w:rsidR="00EE637F" w:rsidRPr="00E760C3" w:rsidRDefault="00EE637F" w:rsidP="00593D7D">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r w:rsidR="00E760C3">
         <w:t xml:space="preserve">les dossiers </w:t>
       </w:r>
       <w:r w:rsidR="00E760C3">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Foresterie, Pont Domi, Agriculture et cueillette, Boucherie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C0114B" w14:textId="77777777" w:rsidR="00593D7D" w:rsidRPr="00A674F8" w:rsidRDefault="00593D7D" w:rsidP="00593D7D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
@@ -16018,141 +16466,155 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3407E86C" w14:textId="77777777" w:rsidR="00593D7D" w:rsidRPr="00A674F8" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E6C4862" w14:textId="5F9CF3A1" w:rsidR="00593D7D" w:rsidRPr="00B321DF" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
+          <w:p w14:paraId="2E6C4862" w14:textId="404E6EA7" w:rsidR="00593D7D" w:rsidRPr="00B321DF" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="49" w:name="_Toc198114762"/>
+            <w:bookmarkStart w:id="52" w:name="_Toc198114762"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00EE637F">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00EE637F">
               <w:t>1</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00EE637F">
               <w:t>Foresterie</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
           <w:p w14:paraId="2E0FA07A" w14:textId="010AFB50" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidR="00D0707F">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B21A694" w14:textId="2EAC0CCC" w:rsidR="00593D7D" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6D2DCD4D" w14:textId="77777777" w:rsidR="008625F4" w:rsidRPr="00AB6798" w:rsidRDefault="008625F4" w:rsidP="008625F4">
+          <w:p w14:paraId="6D2DCD4D" w14:textId="0B048C66" w:rsidR="008625F4" w:rsidRPr="00AB6798" w:rsidRDefault="008625F4" w:rsidP="008625F4">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="112A0607" w14:textId="77777777" w:rsidR="008625F4" w:rsidRDefault="008625F4" w:rsidP="008625F4">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -16197,197 +16659,221 @@
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Travail </w:t>
             </w:r>
             <w:r w:rsidR="00D0707F">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>dans les</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> chantiers forestiers du Lac-Saint-Jean.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2582C3E1" w14:textId="24A1437D" w:rsidR="00E73CD9" w:rsidRDefault="00E73CD9" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5209F99B" w14:textId="3CEF6C1F" w:rsidR="00E73CD9" w:rsidRDefault="00E73CD9" w:rsidP="00EE637F">
-[...10 lines deleted...]
-              <w:t>Notes : Voir aussi P280/B2/2 Pont Domi dans le présent fonds.</w:t>
+          <w:p w14:paraId="5209F99B" w14:textId="108AD7A0" w:rsidR="00E73CD9" w:rsidRDefault="00E73CD9" w:rsidP="00EE637F">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>: Voir aussi P280/B2/2 Pont Domi dans le présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43879B4A" w14:textId="77777777" w:rsidR="00E73CD9" w:rsidRDefault="00E73CD9" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2500407A" w14:textId="77777777" w:rsidR="00593D7D" w:rsidRPr="00A674F8" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593D7D" w:rsidRPr="00A674F8" w14:paraId="7210041A" w14:textId="77777777" w:rsidTr="00E73CD9">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0E5F8D69" w14:textId="77777777" w:rsidR="00593D7D" w:rsidRPr="00A674F8" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="49A19F63" w14:textId="3CEF0A71" w:rsidR="00EE637F" w:rsidRPr="00EE637F" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
+          <w:p w14:paraId="49A19F63" w14:textId="523B5296" w:rsidR="00EE637F" w:rsidRPr="00EE637F" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="50" w:name="_Toc198114763"/>
+            <w:bookmarkStart w:id="53" w:name="_Toc198114763"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00E73CD9">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00E73CD9">
               <w:t>Pont Domi</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="53"/>
           </w:p>
           <w:p w14:paraId="0FE9066D" w14:textId="77777777" w:rsidR="0069656E" w:rsidRDefault="0069656E" w:rsidP="0069656E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33BE512F" w14:textId="77777777" w:rsidR="00593D7D" w:rsidRDefault="00593D7D" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40CE8221" w14:textId="77777777" w:rsidR="008625F4" w:rsidRPr="00AB6798" w:rsidRDefault="008625F4" w:rsidP="008625F4">
+          <w:p w14:paraId="40CE8221" w14:textId="429AF0FC" w:rsidR="008625F4" w:rsidRPr="00AB6798" w:rsidRDefault="008625F4" w:rsidP="008625F4">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D63151D" w14:textId="77777777" w:rsidR="008625F4" w:rsidRDefault="008625F4" w:rsidP="008625F4">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -16446,137 +16932,151 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="29254951" w14:textId="0282D87C" w:rsidR="00B575B7" w:rsidRPr="00A674F8" w:rsidRDefault="00B575B7" w:rsidP="00B575B7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70B7C431" w14:textId="42A0AB5F" w:rsidR="00B575B7" w:rsidRPr="00EE637F" w:rsidRDefault="00B575B7" w:rsidP="00B575B7">
+          <w:p w14:paraId="70B7C431" w14:textId="41356305" w:rsidR="00B575B7" w:rsidRPr="00EE637F" w:rsidRDefault="00B575B7" w:rsidP="00B575B7">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="51" w:name="_Toc198114764"/>
+            <w:bookmarkStart w:id="54" w:name="_Toc198114764"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>3</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t>Agriculture et cueillette</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
           <w:p w14:paraId="54EE8004" w14:textId="77777777" w:rsidR="00B575B7" w:rsidRDefault="00B575B7" w:rsidP="00B575B7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CB1FFBB" w14:textId="77777777" w:rsidR="00B575B7" w:rsidRDefault="00B575B7" w:rsidP="00B575B7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21723888" w14:textId="77777777" w:rsidR="008625F4" w:rsidRPr="00AB6798" w:rsidRDefault="008625F4" w:rsidP="008625F4">
+          <w:p w14:paraId="21723888" w14:textId="700A54F7" w:rsidR="008625F4" w:rsidRPr="00AB6798" w:rsidRDefault="008625F4" w:rsidP="008625F4">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35EF8503" w14:textId="77777777" w:rsidR="008625F4" w:rsidRDefault="008625F4" w:rsidP="008625F4">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -16615,188 +17115,214 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Activités agricoles et cueillette</w:t>
             </w:r>
             <w:r w:rsidR="00594199">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="532D4F48" w14:textId="56181208" w:rsidR="008625F4" w:rsidRDefault="008625F4" w:rsidP="00B575B7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7478A02F" w14:textId="5D24FBD6" w:rsidR="008625F4" w:rsidRDefault="008625F4" w:rsidP="00B575B7">
-[...9 lines deleted...]
-              <w:t>Notes :</w:t>
+          <w:p w14:paraId="7478A02F" w14:textId="2AB1A73C" w:rsidR="008625F4" w:rsidRDefault="008625F4" w:rsidP="00B575B7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26AAD447" w14:textId="138450AF" w:rsidR="008625F4" w:rsidRDefault="008625F4" w:rsidP="00B575B7">
             <w:r>
               <w:t>Voir aussi un voyage aux fraises à la cote P280/B4/3 du présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="167A6E56" w14:textId="77777777" w:rsidR="00B575B7" w:rsidRDefault="00B575B7" w:rsidP="00B575B7">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00594199" w:rsidRPr="00A674F8" w14:paraId="308F853C" w14:textId="77777777" w:rsidTr="00E73CD9">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="44576B94" w14:textId="32DE3571" w:rsidR="00594199" w:rsidRPr="00A674F8" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11B511AF" w14:textId="096426A5" w:rsidR="00594199" w:rsidRPr="00EE637F" w:rsidRDefault="00594199" w:rsidP="00594199">
+          <w:p w14:paraId="11B511AF" w14:textId="731F42EA" w:rsidR="00594199" w:rsidRPr="00EE637F" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="52" w:name="_Toc198114765"/>
+            <w:bookmarkStart w:id="55" w:name="_Toc198114765"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t>Boucherie</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="55"/>
           </w:p>
           <w:p w14:paraId="6A74340C" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06FDA986" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="30D51DC8" w14:textId="77777777" w:rsidR="008625F4" w:rsidRPr="00AB6798" w:rsidRDefault="008625F4" w:rsidP="008625F4">
+          <w:p w14:paraId="30D51DC8" w14:textId="52C62ED4" w:rsidR="008625F4" w:rsidRPr="00AB6798" w:rsidRDefault="008625F4" w:rsidP="008625F4">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AE43FD8" w14:textId="77777777" w:rsidR="008625F4" w:rsidRDefault="008625F4" w:rsidP="008625F4">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -16829,81 +17355,255 @@
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C5D2224" w14:textId="58BA73FD" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Boucherie avec des porcs.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68C6E015" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="002E6ABC" w:rsidRPr="00A674F8" w14:paraId="389200CA" w14:textId="77777777" w:rsidTr="00E73CD9">
+        <w:trPr>
+          <w:trHeight w:val="873"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1CA0AD" w14:textId="4AD77ADD" w:rsidR="002E6ABC" w:rsidRPr="00A674F8" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A674F8">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R-E-T-P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4791537D" w14:textId="34220DB8" w:rsidR="002E6ABC" w:rsidRPr="00EE637F" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
+            <w:pPr>
+              <w:pStyle w:val="Niveau3"/>
+            </w:pPr>
+            <w:r>
+              <w:t>P280</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:t>B2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Politique</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D3CCF22" w14:textId="52F228F9" w:rsidR="002E6ABC" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1982</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> photographies. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10E31456" w14:textId="77777777" w:rsidR="002E6ABC" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="728FD791" w14:textId="77777777" w:rsidR="002E6ABC" w:rsidRPr="00AB6798" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="414CC0EC" w14:textId="4285F4E5" w:rsidR="002E6ABC" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
+            <w:r>
+              <w:t xml:space="preserve">Ce dossier </w:t>
+            </w:r>
+            <w:r>
+              <w:t>présente des r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">encontres avec des personnalités politiques telles que la député </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>dolbienne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mme Suzanne Beauchamp-Niquet, le ministre Pierre </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Trudeau et la présidente du PLQ, Mme Céline Tardif, lors de la présence de Solange Tremblay au Congrès du Parti Libéral à Ottawa en 1982.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="52A359C3" w14:textId="77777777" w:rsidR="0069656E" w:rsidRPr="00A674F8" w:rsidRDefault="0069656E" w:rsidP="00696AE2"/>
     <w:p w14:paraId="4184AC1E" w14:textId="70650BB2" w:rsidR="00593D7D" w:rsidRDefault="00593D7D" w:rsidP="00696AE2"/>
     <w:p w14:paraId="695D97C6" w14:textId="29EEB8A2" w:rsidR="00776E4F" w:rsidRPr="00A674F8" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc198114766"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc198114766"/>
       <w:r>
         <w:t>P280/B3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Implications</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="46948855" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRPr="00A674F8" w:rsidRDefault="00776E4F" w:rsidP="00776E4F"/>
-    <w:p w14:paraId="4B3EF2F4" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRPr="00AB6798" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
+    <w:p w14:paraId="4B3EF2F4" w14:textId="3C836368" w:rsidR="00776E4F" w:rsidRPr="00AB6798" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">Portée et contenu : </w:t>
+        <w:t>Portée et contenu</w:t>
+      </w:r>
+      <w:r w:rsidR="00667CEE">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB6798">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48FB5ED2" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
@@ -16955,126 +17655,149 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1142C55D" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRPr="00A674F8" w:rsidRDefault="00776E4F" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="499A360F" w14:textId="200031B5" w:rsidR="00776E4F" w:rsidRPr="00181E12" w:rsidRDefault="00776E4F" w:rsidP="00C17497">
+          <w:p w14:paraId="499A360F" w14:textId="0E88C40C" w:rsidR="00776E4F" w:rsidRPr="007B7D3E" w:rsidRDefault="00776E4F" w:rsidP="00C17497">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="54" w:name="_Toc198114767"/>
-            <w:r w:rsidRPr="00181E12">
+            <w:bookmarkStart w:id="57" w:name="_Toc198114767"/>
+            <w:r w:rsidRPr="007B7D3E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>P280/B3/1 : Festivals et carnavals</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="54"/>
+              <w:t>P280/B3/1</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>: Festivals et carnavals</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="57"/>
           </w:p>
           <w:p w14:paraId="3C18BCE9" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E1BD96B" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E0CA9EF" w14:textId="098B3FD1" w:rsidR="00776E4F" w:rsidRPr="00AB6798" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
+          <w:p w14:paraId="0E0CA9EF" w14:textId="358EBCD6" w:rsidR="00776E4F" w:rsidRPr="00AB6798" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16DFF85D" w14:textId="30FA55C0" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
             <w:r>
               <w:t xml:space="preserve">Cette sous-sous-série comprend </w:t>
             </w:r>
             <w:r w:rsidR="00E760C3">
               <w:t xml:space="preserve">les dossiers </w:t>
             </w:r>
             <w:r w:rsidR="00E760C3" w:rsidRPr="00E760C3">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>(énumérer et mettre en italique).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B19967F" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5FAF5A0E" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRPr="00A674F8" w:rsidRDefault="00776E4F" w:rsidP="00C17497">
             <w:pPr>
@@ -17089,79 +17812,81 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="54C7A0DF" w14:textId="24F0525B" w:rsidR="00776E4F" w:rsidRPr="00A674F8" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3294355E" w14:textId="4F1A8B17" w:rsidR="00776E4F" w:rsidRPr="00B321DF" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
+          <w:p w14:paraId="3294355E" w14:textId="5587D412" w:rsidR="00776E4F" w:rsidRPr="00B321DF" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="55" w:name="_Toc198114768"/>
+            <w:bookmarkStart w:id="58" w:name="_Toc198114768"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1.1</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="0077509D">
               <w:t>Festival du Bleuet</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="58"/>
           </w:p>
           <w:p w14:paraId="7AD0157C" w14:textId="3769EDAA" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidR="00C64506">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1971</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00C64506">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -17181,61 +17906,73 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BD53B0C" w14:textId="6A0CF5C1" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4D9225D6" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="4D9225D6" w14:textId="59AA0B4C" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E3CCD06" w14:textId="19EFA35F" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00776E4F">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -17270,89 +18007,87 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="09737257" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00C64506"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64506" w:rsidRPr="00A674F8" w14:paraId="5DD8F6B8" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7A2658E5" w14:textId="61075971" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71FF3F4E" w14:textId="5D7D125F" w:rsidR="00C64506" w:rsidRPr="00146B91" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="56" w:name="_Toc198114769"/>
+            <w:bookmarkStart w:id="59" w:name="_Toc198114769"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P280/B3/1.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Festival western</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="59"/>
           </w:p>
           <w:p w14:paraId="682C8BD2" w14:textId="1CB92578" w:rsidR="00C64506" w:rsidRPr="00146B91" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1995.</w:t>
             </w:r>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
@@ -17370,61 +18105,73 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>photographies</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FFCD421" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00146B91" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7162AB7C" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="7162AB7C" w14:textId="3364E4E3" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7159A868" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -17470,137 +18217,151 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="73847378" w14:textId="3418F0C5" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD99793" w14:textId="6A6F641B" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="3BD99793" w14:textId="6219F1F4" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="57" w:name="_Toc198114770"/>
+            <w:bookmarkStart w:id="60" w:name="_Toc198114770"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1.3</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t>Festival du Faisan</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="57"/>
+            <w:bookmarkEnd w:id="60"/>
           </w:p>
           <w:p w14:paraId="2598AC5C" w14:textId="0797246D" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D19039C" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="73AC6EBB" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="73AC6EBB" w14:textId="53723DCC" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3920EDE6" w14:textId="64E18A3B" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -17614,53 +18375,59 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B80ECAD" w14:textId="5C046A42" w:rsidR="009953CD" w:rsidRDefault="009953CD" w:rsidP="00C64506"/>
-          <w:p w14:paraId="306D55C5" w14:textId="2716D35C" w:rsidR="009953CD" w:rsidRDefault="009953CD" w:rsidP="00C64506">
-[...1 lines deleted...]
-              <w:t>Notes :</w:t>
+          <w:p w14:paraId="306D55C5" w14:textId="49BF4985" w:rsidR="009953CD" w:rsidRDefault="009953CD" w:rsidP="00C64506">
+            <w:r>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31B74A0A" w14:textId="6C846365" w:rsidR="009953CD" w:rsidRDefault="009953CD" w:rsidP="00C64506">
             <w:r>
               <w:t xml:space="preserve">Voir aussi le dossier Festival du Faisan dans les documents textuels, à la </w:t>
             </w:r>
             <w:r w:rsidRPr="009953CD">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>cote</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009953CD">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> du présent fonds. </w:t>
             </w:r>
           </w:p>
@@ -17675,142 +18442,156 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="04F4D981" w14:textId="7E27DB0F" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0BCE93" w14:textId="450DD637" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="5A0BCE93" w14:textId="6A64CD57" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="58" w:name="_Toc198114771"/>
+            <w:bookmarkStart w:id="61" w:name="_Toc198114771"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1.4</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Parade à </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Girardville</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="58"/>
+            <w:bookmarkEnd w:id="61"/>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="1200CE9F" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44036ED8" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52C04071" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="52C04071" w14:textId="3527F6E5" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3474FF13" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -17849,144 +18630,159 @@
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64506" w:rsidRPr="00A674F8" w14:paraId="65C97911" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4B88754C" w14:textId="76B330FB" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="536B163A" w14:textId="6855BBEF" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="536B163A" w14:textId="40186608" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="59" w:name="_Toc198114772"/>
+            <w:bookmarkStart w:id="62" w:name="_Toc198114772"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1.5</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t>Carnaval de Québec</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="59"/>
+            <w:bookmarkEnd w:id="62"/>
           </w:p>
           <w:p w14:paraId="4E409173" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E18D593" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39C6385A" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="39C6385A" w14:textId="73543C25" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="746592C6" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -18028,139 +18824,150 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5AA8027B" w14:textId="0406C853" w:rsidR="0057468D" w:rsidRPr="00A674F8" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="133FDC7D" w14:textId="7E618BEC" w:rsidR="0057468D" w:rsidRPr="00146B91" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="60" w:name="_Toc198114773"/>
+            <w:bookmarkStart w:id="63" w:name="_Toc198114773"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>P280/B3/1.</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6 :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00146B91">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Festival western de St-Tite</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="60"/>
+            <w:bookmarkEnd w:id="63"/>
           </w:p>
           <w:p w14:paraId="13FA7411" w14:textId="77777777" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A435CB0" w14:textId="77777777" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="55477B5E" w14:textId="77777777" w:rsidR="0057468D" w:rsidRPr="00AB6798" w:rsidRDefault="0057468D" w:rsidP="0057468D">
+          <w:p w14:paraId="55477B5E" w14:textId="31F64900" w:rsidR="0057468D" w:rsidRPr="00AB6798" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32549E2A" w14:textId="77777777" w:rsidR="0057468D" w:rsidRDefault="0057468D" w:rsidP="0057468D">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -18206,125 +19013,148 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4C7AE18F" w14:textId="41DF844B" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36E31846" w14:textId="361D213B" w:rsidR="00C64506" w:rsidRPr="00181E12" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="36E31846" w14:textId="57C04FEA" w:rsidR="00C64506" w:rsidRPr="00181E12" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="61" w:name="_Toc198114774"/>
+            <w:bookmarkStart w:id="64" w:name="_Toc198114774"/>
             <w:r w:rsidRPr="00181E12">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>P280/B3/2 : Organismes</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="61"/>
+              <w:t>P280/B3/2</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00181E12">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>: Organismes</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="64"/>
           </w:p>
           <w:p w14:paraId="412705E7" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="111A4BE8" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="38DEC6B8" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="38DEC6B8" w14:textId="6A29796C" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EF35FE8" w14:textId="522BE37C" w:rsidR="00C64506" w:rsidRPr="00E760C3" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Cette sous-sous-série comprend </w:t>
             </w:r>
             <w:r w:rsidR="00E760C3">
               <w:t xml:space="preserve">le dossier </w:t>
             </w:r>
             <w:r w:rsidR="00E760C3" w:rsidRPr="00E760C3">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Cercle des Fermières.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="212C0504" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
@@ -18335,138 +19165,151 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1B2F3899" w14:textId="38F39FC3" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7544C3FE" w14:textId="4E07F929" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="7544C3FE" w14:textId="093D925F" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="62" w:name="_Toc198114775"/>
+            <w:bookmarkStart w:id="65" w:name="_Toc198114775"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>2.1</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00B321DF">
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t>Cercle des Fermières</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="62"/>
+            <w:bookmarkEnd w:id="65"/>
           </w:p>
           <w:p w14:paraId="6A1FE467" w14:textId="0612D44A" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="648A2A71" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="238B27E4" w14:textId="77777777" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
+          <w:p w14:paraId="238B27E4" w14:textId="196BBB81" w:rsidR="00C64506" w:rsidRPr="00AB6798" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Portée et contenu : </w:t>
+              <w:t>Portée et contenu</w:t>
+            </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C860C74" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -18479,393 +19322,424 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="656C0227" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
-[...3 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="656C0227" w14:textId="3CC8EF64" w:rsidR="00C64506" w:rsidRDefault="00667CEE" w:rsidP="00667CEE">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Plantation d’arbre, St-Stanislas, 1992.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75DD8E50" w14:textId="638462A2" w:rsidR="00667CEE" w:rsidRDefault="00667CEE" w:rsidP="00667CEE">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="13"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Exposition tapis crocheté, 1985.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AE9D431" w14:textId="77777777" w:rsidR="00667CEE" w:rsidRDefault="00667CEE" w:rsidP="00667CEE"/>
           <w:p w14:paraId="394D03FD" w14:textId="77777777" w:rsidR="00C64506" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:r>
               <w:t>Notes : Voir aussi le fonds d’archives P253 Fonds Cercles des Fermières Dolbeau-Mistassini de la Société d’histoire et de généalogie Maria-Chapdelaine.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D9B0797" w14:textId="544A1679" w:rsidR="00181E12" w:rsidRPr="00C64506" w:rsidRDefault="00181E12" w:rsidP="00C64506"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE4FD0" w:rsidRPr="00A674F8" w14:paraId="1BCFEC37" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="13ED9AD7" w14:textId="3502F981" w:rsidR="00BE4FD0" w:rsidRPr="00A674F8" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E2A8D4C" w14:textId="230CA97F" w:rsidR="00BE4FD0" w:rsidRPr="00B321DF" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="63" w:name="_Toc198114776"/>
+            <w:bookmarkStart w:id="66" w:name="_Toc198114776"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Filles d’Isabelle</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="63"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="517B88BB" w14:textId="141DF872" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
+            <w:bookmarkEnd w:id="66"/>
+          </w:p>
+          <w:p w14:paraId="517B88BB" w14:textId="2FC2F60F" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+            <w:r w:rsidR="00BF016E">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1982-1983, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF016E">
+              <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2001</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> photographie.  </w:t>
+            <w:r w:rsidR="00BF016E">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> photographie</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF016E">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B394BE6" w14:textId="77777777" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3021617D" w14:textId="77777777" w:rsidR="00BE4FD0" w:rsidRPr="00AB6798" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BA5D553" w14:textId="5E049DB3" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
+          <w:p w14:paraId="0BA5D553" w14:textId="6716E95E" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:r>
               <w:t>Ce dossier comprend une photographie du groupe des Filles d’Isabelle de Mistassini lors des 30 ans de l’organisme</w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
               <w:t>. Solange Tremblay y reçoit un certificat pour ses 25 ans d’implication au sein de l’organisme.</w:t>
             </w:r>
+            <w:r w:rsidR="00667CEE">
+              <w:t xml:space="preserve"> Pour compléter, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF016E">
+              <w:t>un hommage au Saint-Sacrement en 1982 et les Filles d’Isabelle en costume en 1983.</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="73F58D9E" w14:textId="77777777" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2E46D6A4" w14:textId="03892C75" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
+          <w:p w14:paraId="2E46D6A4" w14:textId="4A0813FA" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:r>
               <w:t xml:space="preserve">Notes : Voir aussi </w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
-              <w:t xml:space="preserve">le dossier Implications dans les documents textuels du présent fonds à la </w:t>
-[...5 lines deleted...]
-              <w:t>cote X.</w:t>
+              <w:t xml:space="preserve">le dossier </w:t>
+            </w:r>
+            <w:r w:rsidR="008F0833" w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Implication </w:t>
+            </w:r>
+            <w:r w:rsidR="008F0833">
+              <w:t xml:space="preserve">dans les documents textuels du présent fonds à la </w:t>
+            </w:r>
+            <w:r w:rsidR="007B7D3E">
+              <w:t>cote P280/A3/2.4 du présent fonds.</w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7866DC8F" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
           <w:p w14:paraId="364C7512" w14:textId="4557888D" w:rsidR="0001776F" w:rsidRPr="00B321DF" w:rsidRDefault="0001776F" w:rsidP="0001776F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
-              <w:t>2.</w:t>
-[...2 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Centre de femmes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E340B35" w14:textId="7A1BDF30" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="0001776F">
+          <w:p w14:paraId="2E340B35" w14:textId="4B5EC3EF" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="0001776F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Année</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">. – </w:t>
-[...20 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>. – 4 photographie</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF016E">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D9EB7AA" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="0001776F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CF8AC34" w14:textId="77777777" w:rsidR="0001776F" w:rsidRPr="00AB6798" w:rsidRDefault="0001776F" w:rsidP="0001776F">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EA48CAD" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
           <w:p w14:paraId="43A2DFFD" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
           <w:p w14:paraId="1D59DF15" w14:textId="77777777" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00181E12" w:rsidRPr="00A674F8" w14:paraId="5F9FB338" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="06B0FFC3" w14:textId="2C5225F5" w:rsidR="00181E12" w:rsidRPr="00A674F8" w:rsidRDefault="00181E12" w:rsidP="00181E12">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6686E96A" w14:textId="17CE6E29" w:rsidR="00181E12" w:rsidRPr="00181E12" w:rsidRDefault="00181E12" w:rsidP="00181E12">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="64" w:name="_Toc198114777"/>
+            <w:bookmarkStart w:id="67" w:name="_Toc198114777"/>
             <w:r w:rsidRPr="00181E12">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>P280/B3/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00181E12">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Sport</w:t>
             </w:r>
             <w:r w:rsidR="004371EE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> et compétitions</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="64"/>
+            <w:bookmarkEnd w:id="67"/>
           </w:p>
           <w:p w14:paraId="60B5774D" w14:textId="77777777" w:rsidR="00181E12" w:rsidRDefault="00181E12" w:rsidP="00181E12">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -18932,79 +19806,78 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6ADB8A42" w14:textId="29F40AED" w:rsidR="00181E12" w:rsidRPr="00A674F8" w:rsidRDefault="00181E12" w:rsidP="00181E12">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1253E437" w14:textId="3943AFC4" w:rsidR="00181E12" w:rsidRPr="00B321DF" w:rsidRDefault="00181E12" w:rsidP="00181E12">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="65" w:name="_Toc198114778"/>
+            <w:bookmarkStart w:id="68" w:name="_Toc198114778"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>3.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Jeux du Québec 1985</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="65"/>
+            <w:bookmarkEnd w:id="68"/>
           </w:p>
           <w:p w14:paraId="3766DBB6" w14:textId="77777777" w:rsidR="00181E12" w:rsidRDefault="00181E12" w:rsidP="00181E12">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -19121,85 +19994,84 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="42BC408D" w14:textId="6E45FDB6" w:rsidR="00006C7A" w:rsidRPr="00A674F8" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E232BA7" w14:textId="0E4705E3" w:rsidR="00006C7A" w:rsidRPr="00181E12" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="66" w:name="_Toc198114779"/>
+            <w:bookmarkStart w:id="69" w:name="_Toc198114779"/>
             <w:r w:rsidRPr="00181E12">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>P280/B3/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00181E12">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Célébrations</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
+            <w:bookmarkEnd w:id="69"/>
           </w:p>
           <w:p w14:paraId="764E54F2" w14:textId="77777777" w:rsidR="00006C7A" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -19259,87 +20131,85 @@
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00006C7A" w:rsidRPr="00A674F8" w14:paraId="52F1B044" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6D9CC308" w14:textId="54A6B005" w:rsidR="00006C7A" w:rsidRPr="00A674F8" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19BBA5E8" w14:textId="0561F21F" w:rsidR="00006C7A" w:rsidRPr="00B321DF" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="67" w:name="_Toc198114780"/>
+            <w:bookmarkStart w:id="70" w:name="_Toc198114780"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>4.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>50 ans de Saint-Stanislas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="67"/>
+            <w:bookmarkEnd w:id="70"/>
           </w:p>
           <w:p w14:paraId="4ED872F2" w14:textId="77777777" w:rsidR="00006C7A" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -19356,125 +20226,88 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60BE9A8F" w14:textId="77777777" w:rsidR="00006C7A" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B3C4854" w14:textId="77777777" w:rsidR="00006C7A" w:rsidRPr="00AB6798" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22AF72F8" w14:textId="77777777" w:rsidR="00006C7A" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
-[...50 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+          <w:p w14:paraId="027232BE" w14:textId="5F290D06" w:rsidR="00804E12" w:rsidRDefault="00006C7A" w:rsidP="00006C7A">
+            <w:r>
+              <w:t>Ce dossier c</w:t>
+            </w:r>
+            <w:r w:rsidR="00804E12">
+              <w:t>oncerne les activités des fêtes du 50</w:t>
+            </w:r>
+            <w:r w:rsidR="00804E12" w:rsidRPr="00804E12">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00804E12">
+              <w:t xml:space="preserve"> anniversaire de fondation de la municipalité de Saint-Stanislas, au Lac-St-Jean, dans les années 1970. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31F3041E" w14:textId="77777777" w:rsidR="00006C7A" w:rsidRDefault="00006C7A" w:rsidP="00006C7A"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F7EAA71" w14:textId="22F45EBF" w:rsidR="00776E4F" w:rsidRDefault="00776E4F" w:rsidP="00696AE2"/>
     <w:p w14:paraId="13E387B4" w14:textId="1AD9AE5A" w:rsidR="00181E12" w:rsidRDefault="00181E12" w:rsidP="00696AE2"/>
     <w:p w14:paraId="77384810" w14:textId="0306AA7C" w:rsidR="00181E12" w:rsidRPr="00A674F8" w:rsidRDefault="00181E12" w:rsidP="00181E12">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="68" w:name="_Toc198114781"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc198114781"/>
       <w:r>
         <w:t>P280/B4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Loisirs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="71"/>
     </w:p>
     <w:p w14:paraId="4531792F" w14:textId="77777777" w:rsidR="00181E12" w:rsidRPr="00A674F8" w:rsidRDefault="00181E12" w:rsidP="00181E12"/>
     <w:p w14:paraId="1602E528" w14:textId="77777777" w:rsidR="00181E12" w:rsidRPr="00AB6798" w:rsidRDefault="00181E12" w:rsidP="00181E12">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081DE449" w14:textId="77777777" w:rsidR="00181E12" w:rsidRDefault="00181E12" w:rsidP="00181E12">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -19539,80 +20372,79 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="010F4B97" w14:textId="77777777" w:rsidR="00181E12" w:rsidRPr="00A674F8" w:rsidRDefault="00181E12" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42D38E3C" w14:textId="6B3F399B" w:rsidR="00181E12" w:rsidRPr="00B321DF" w:rsidRDefault="00181E12" w:rsidP="00C17497">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="69" w:name="_Toc198114782"/>
+            <w:bookmarkStart w:id="72" w:name="_Toc198114782"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Chasse et pêche</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="72"/>
           </w:p>
           <w:p w14:paraId="49047E59" w14:textId="77777777" w:rsidR="00181E12" w:rsidRDefault="00181E12" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -19721,86 +20553,86 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00594199" w:rsidRPr="00A674F8" w14:paraId="73E21258" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4A0E77C8" w14:textId="36C1CB3E" w:rsidR="00594199" w:rsidRPr="00A674F8" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="439ECB50" w14:textId="71C348D7" w:rsidR="00594199" w:rsidRPr="00B321DF" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="70" w:name="_Toc198114783"/>
+            <w:bookmarkStart w:id="73" w:name="_Toc198114783"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Camping</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="70"/>
+            <w:bookmarkEnd w:id="73"/>
           </w:p>
           <w:p w14:paraId="3DEA81F9" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -19854,228 +20686,209 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="46A714CF" w14:textId="3FA0078E" w:rsidR="00594199" w:rsidRPr="00A674F8" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="794EA96D" w14:textId="41097BA3" w:rsidR="00594199" w:rsidRPr="00B321DF" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="71" w:name="_Toc198114784"/>
+            <w:bookmarkStart w:id="74" w:name="_Toc198114784"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Voyages</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="71"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="59C6A871" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
+            <w:bookmarkEnd w:id="74"/>
+          </w:p>
+          <w:p w14:paraId="59C6A871" w14:textId="6BD5EE39" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
+            <w:r w:rsidR="003044B9">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, 2003</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3538DBFB" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="615BF95C" w14:textId="77777777" w:rsidR="00594199" w:rsidRPr="00AB6798" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="207A1BB6" w14:textId="1096DDCA" w:rsidR="00594199" w:rsidRDefault="00E760C3" w:rsidP="00594199">
+          <w:p w14:paraId="0785CE11" w14:textId="38D2D85D" w:rsidR="00594199" w:rsidRDefault="00E760C3" w:rsidP="003044B9">
             <w:r>
               <w:t>Ce dossier</w:t>
             </w:r>
             <w:r w:rsidR="00594199">
               <w:t xml:space="preserve"> comprend </w:t>
             </w:r>
-            <w:r w:rsidR="00594199">
-[...54 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="003044B9">
+              <w:t xml:space="preserve">des images prises à l’église lors de voyages à </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF016E">
+              <w:t>St-Jean-sur-Richelieu et Ste-Anne-de-la-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00BF016E">
+              <w:t>Pérade</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003044B9">
+              <w:t xml:space="preserve"> en 2003</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF016E">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="003044B9">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF016E">
+              <w:t>5 photos</w:t>
+            </w:r>
+            <w:r w:rsidR="003044B9">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="003044B9" w:rsidRPr="003044B9">
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="12D62C7B" w14:textId="77777777" w:rsidR="00594199" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2C0281BF" w14:textId="341A7973" w:rsidR="00181E12" w:rsidRDefault="00181E12" w:rsidP="00696AE2"/>
     <w:p w14:paraId="76B20B96" w14:textId="27737F64" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00696AE2"/>
     <w:p w14:paraId="130FD332" w14:textId="5DEF4489" w:rsidR="00636E8B" w:rsidRPr="00A674F8" w:rsidRDefault="00636E8B" w:rsidP="00636E8B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Toc198114785"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc198114785"/>
       <w:r>
         <w:t>P280/B5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Santé</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="75"/>
     </w:p>
     <w:p w14:paraId="6125E560" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRPr="00A674F8" w:rsidRDefault="00636E8B" w:rsidP="00636E8B"/>
     <w:p w14:paraId="05DD8745" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRPr="00AB6798" w:rsidRDefault="00636E8B" w:rsidP="00636E8B">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E9B0B0E" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00636E8B">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -20140,80 +20953,79 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57B32D51" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRPr="00A674F8" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FDE62EE" w14:textId="63EC65BF" w:rsidR="00636E8B" w:rsidRPr="00B321DF" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="73" w:name="_Toc198114786"/>
+            <w:bookmarkStart w:id="76" w:name="_Toc198114786"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Séjour à l’hôpital Jeanne Simard</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="73"/>
+            <w:bookmarkEnd w:id="76"/>
           </w:p>
           <w:p w14:paraId="61860A84" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -20232,51 +21044,50 @@
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E4E63C9" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5056FD32" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRPr="00AB6798" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="343C45A6" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Cette sous-sous-série comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -20308,61 +21119,61 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="0748CD05" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0EEDF8E2" w14:textId="77777777" w:rsidR="00636E8B" w:rsidRPr="00A674F8" w:rsidRDefault="00636E8B" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14EAE996" w14:textId="15646CB8" w:rsidR="00636E8B" w:rsidRDefault="00636E8B" w:rsidP="00696AE2"/>
     <w:p w14:paraId="48AB7F8C" w14:textId="7648FA3E" w:rsidR="00602381" w:rsidRDefault="00602381" w:rsidP="00696AE2"/>
     <w:p w14:paraId="06E53FB4" w14:textId="1F649138" w:rsidR="00602381" w:rsidRPr="00A674F8" w:rsidRDefault="00602381" w:rsidP="00602381">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="_Toc198114787"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc198114787"/>
       <w:r>
         <w:t>P280/B6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E4F42">
         <w:t>Éducation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w14:paraId="23C990FE" w14:textId="77777777" w:rsidR="00602381" w:rsidRPr="00A674F8" w:rsidRDefault="00602381" w:rsidP="00602381"/>
     <w:p w14:paraId="06CC2762" w14:textId="77777777" w:rsidR="00602381" w:rsidRPr="00AB6798" w:rsidRDefault="00602381" w:rsidP="00602381">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610F9C89" w14:textId="77777777" w:rsidR="00602381" w:rsidRDefault="00602381" w:rsidP="00602381">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -20427,83 +21238,82 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0EF1B37A" w14:textId="77777777" w:rsidR="00602381" w:rsidRPr="00A674F8" w:rsidRDefault="00602381" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="697F191F" w14:textId="1515C3C7" w:rsidR="00602381" w:rsidRPr="00B321DF" w:rsidRDefault="00602381" w:rsidP="00C17497">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="75" w:name="_Toc198114788"/>
+            <w:bookmarkStart w:id="78" w:name="_Toc198114788"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="0089776D">
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="008E4F42">
               <w:t>Religieuses et enseignantes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="75"/>
+            <w:bookmarkEnd w:id="78"/>
           </w:p>
           <w:p w14:paraId="4BF3B73E" w14:textId="77777777" w:rsidR="00602381" w:rsidRDefault="00602381" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -20597,83 +21407,84 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="47B13DFC" w14:textId="77777777" w:rsidR="00602381" w:rsidRDefault="00602381" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="75A3BC31" w14:textId="77777777" w:rsidR="00602381" w:rsidRPr="00A674F8" w:rsidRDefault="00602381" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68B51B4D" w14:textId="0C71E2C5" w:rsidR="00602381" w:rsidRDefault="00602381" w:rsidP="00696AE2"/>
     <w:p w14:paraId="0815475B" w14:textId="335F32D8" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="00696AE2"/>
     <w:p w14:paraId="1B089330" w14:textId="678CCA89" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="_Toc198114789"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc198114789"/>
       <w:r>
         <w:t>P280/B7</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Transports</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="79"/>
     </w:p>
     <w:p w14:paraId="33034A1E" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42"/>
     <w:p w14:paraId="203F24C9" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00AB6798" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3172FC3A" w14:textId="47D7963C" w:rsidR="008E4F42" w:rsidRPr="008A17C8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r w:rsidR="008A17C8">
         <w:t xml:space="preserve">les dossiers </w:t>
       </w:r>
       <w:r w:rsidR="008A17C8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Camions, Vélos </w:t>
       </w:r>
       <w:r w:rsidR="008A17C8">
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r w:rsidR="008A17C8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Voitures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2343024E" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
@@ -20690,80 +21501,79 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CBC3DE1" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C9ECEE2" w14:textId="620EAA0C" w:rsidR="008E4F42" w:rsidRPr="00B321DF" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="77" w:name="_Toc198114790"/>
+            <w:bookmarkStart w:id="80" w:name="_Toc198114790"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Camions</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="80"/>
           </w:p>
           <w:p w14:paraId="33738E64" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -20876,82 +21686,81 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="7243E9DD" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="326FA717" w14:textId="34AB54AA" w:rsidR="008E4F42" w:rsidRPr="00B321DF" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="78" w:name="_Toc198114791"/>
+            <w:bookmarkStart w:id="81" w:name="_Toc198114791"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Vélo</w:t>
             </w:r>
             <w:r w:rsidR="008A17C8">
               <w:t>s</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="81"/>
           </w:p>
           <w:p w14:paraId="0069F51A" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -21062,79 +21871,78 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2C0B5F34" w14:textId="250AB18F" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="264A6E47" w14:textId="477F1009" w:rsidR="008E4F42" w:rsidRPr="00B321DF" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="79" w:name="_Toc198114792"/>
+            <w:bookmarkStart w:id="82" w:name="_Toc198114792"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Voitures</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="79"/>
+            <w:bookmarkEnd w:id="82"/>
           </w:p>
           <w:p w14:paraId="10755D88" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -21226,61 +22034,61 @@
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="23A5C191" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4B5007CF" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="662E5891" w14:textId="5F0BE808" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="00696AE2"/>
     <w:p w14:paraId="66D15A23" w14:textId="087BEBC0" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="00696AE2"/>
     <w:p w14:paraId="1D5CA9EF" w14:textId="1B7B19D8" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="80" w:name="_Toc198114793"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc198114793"/>
       <w:r>
         <w:t>P280/B8</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Animaux et insectes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="83"/>
     </w:p>
     <w:p w14:paraId="06EFEA34" w14:textId="06D404DD" w:rsidR="008E4F42" w:rsidRDefault="00E072EE" w:rsidP="008E4F42">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="000C70A7">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Années extrêmes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. – </w:t>
@@ -21353,80 +22161,79 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28B9D9FE" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7CECA03D" w14:textId="3215735A" w:rsidR="008E4F42" w:rsidRPr="00B321DF" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="81" w:name="_Toc198114794"/>
+            <w:bookmarkStart w:id="84" w:name="_Toc198114794"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00FB5AEA">
               <w:t>Animaux en forêt</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
+            <w:bookmarkEnd w:id="84"/>
           </w:p>
           <w:p w14:paraId="1CCC427E" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="009953CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -21542,79 +22349,78 @@
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3C588447" w14:textId="517E6B4D" w:rsidR="00FB5AEA" w:rsidRPr="00A674F8" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79E73E50" w14:textId="6DC9A767" w:rsidR="00FB5AEA" w:rsidRPr="00B321DF" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="82" w:name="_Toc198114795"/>
+            <w:bookmarkStart w:id="85" w:name="_Toc198114795"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Animaux de la ferme</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="82"/>
+            <w:bookmarkEnd w:id="85"/>
           </w:p>
           <w:p w14:paraId="374E7EFF" w14:textId="77777777" w:rsidR="00FB5AEA" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -21711,86 +22517,86 @@
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB5AEA" w:rsidRPr="00A674F8" w14:paraId="3FFE4AF2" w14:textId="77777777" w:rsidTr="009953CD">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="57000F26" w14:textId="7433920A" w:rsidR="00FB5AEA" w:rsidRPr="00A674F8" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79767454" w14:textId="060E009B" w:rsidR="00FB5AEA" w:rsidRPr="00B321DF" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="83" w:name="_Toc198114796"/>
+            <w:bookmarkStart w:id="86" w:name="_Toc198114796"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Animaux domestiques</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="83"/>
+            <w:bookmarkEnd w:id="86"/>
           </w:p>
           <w:p w14:paraId="5059AD88" w14:textId="77777777" w:rsidR="00FB5AEA" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -21894,79 +22700,78 @@
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1D43FE3F" w14:textId="0DD474EE" w:rsidR="00FB5AEA" w:rsidRPr="00A674F8" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A9678CC" w14:textId="311DF648" w:rsidR="00FB5AEA" w:rsidRPr="00B321DF" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="84" w:name="_Toc198114797"/>
+            <w:bookmarkStart w:id="87" w:name="_Toc198114797"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Insectes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="84"/>
+            <w:bookmarkEnd w:id="87"/>
           </w:p>
           <w:p w14:paraId="69A4F5A3" w14:textId="77777777" w:rsidR="00FB5AEA" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -22051,61 +22856,61 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="547D7E71" w14:textId="77777777" w:rsidR="00FB5AEA" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="150FE1F8" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRDefault="008E4F42" w:rsidP="00696AE2"/>
     <w:p w14:paraId="3BD286A7" w14:textId="5D2353AC" w:rsidR="00593D7D" w:rsidRDefault="00593D7D" w:rsidP="00696AE2"/>
     <w:p w14:paraId="438618AA" w14:textId="792CCB7D" w:rsidR="005B5555" w:rsidRPr="00A674F8" w:rsidRDefault="005B5555" w:rsidP="005B5555">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc198114798"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc198114798"/>
       <w:r>
         <w:t>P280/B9</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Bâtiments et lieux</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="0A6D0981" w14:textId="19898833" w:rsidR="005B5555" w:rsidRDefault="00E072EE" w:rsidP="005B5555">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="000C70A7">
         <w:rPr>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Années extrêmes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. – </w:t>
@@ -22187,83 +22992,90 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="610DC746" w14:textId="77777777" w:rsidR="005B5555" w:rsidRPr="00A674F8" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68A2BC44" w14:textId="3F45FA23" w:rsidR="005B5555" w:rsidRPr="00B321DF" w:rsidRDefault="005B5555" w:rsidP="005B5555">
+          <w:p w14:paraId="68A2BC44" w14:textId="3F45FA23" w:rsidR="005B5555" w:rsidRPr="007B7D3E" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:r w:rsidR="001775D5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="89" w:name="_Toc198114799"/>
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>P280/B</w:t>
+            </w:r>
+            <w:r w:rsidR="001775D5" w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B321DF">
-[...8 lines deleted...]
-            <w:r w:rsidR="001775D5">
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">/1 : </w:t>
+            </w:r>
+            <w:r w:rsidR="001775D5" w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t>Saint-Stanislas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="86"/>
+            <w:bookmarkEnd w:id="89"/>
           </w:p>
           <w:p w14:paraId="461D75DD" w14:textId="77777777" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -22282,51 +23094,50 @@
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="733F6E1B" w14:textId="77777777" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6370054E" w14:textId="77777777" w:rsidR="005B5555" w:rsidRPr="00AB6798" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B887925" w14:textId="1C3AE24C" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Cette sous-sous-série comprend </w:t>
             </w:r>
             <w:r w:rsidR="00D0707F">
               <w:t xml:space="preserve">les dossiers </w:t>
             </w:r>
             <w:r w:rsidR="00D0707F" w:rsidRPr="001775D5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Résidences et dépendances Saint-Stanislas, Église et presbytère Saint-Stanislas</w:t>
             </w:r>
             <w:r w:rsidR="00D0707F" w:rsidRPr="001775D5">
               <w:t xml:space="preserve"> et</w:t>
             </w:r>
             <w:r w:rsidR="00D0707F" w:rsidRPr="001775D5">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> Lac Éden Saint-Stanislas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D9C6B4B" w14:textId="12784A22" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -22346,87 +23157,85 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D0707F" w:rsidRPr="00A674F8" w14:paraId="4DAC393E" w14:textId="77777777" w:rsidTr="005B5555">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="259B5395" w14:textId="0CF696E3" w:rsidR="00D0707F" w:rsidRPr="00A674F8" w:rsidRDefault="00D0707F" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58CE9E38" w14:textId="77777777" w:rsidR="00D0707F" w:rsidRPr="00B321DF" w:rsidRDefault="00D0707F" w:rsidP="00D0707F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="87" w:name="_Toc198114800"/>
+            <w:bookmarkStart w:id="90" w:name="_Toc198114800"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Résidences et dépendances Saint-Stanislas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="87"/>
+            <w:bookmarkEnd w:id="90"/>
           </w:p>
           <w:p w14:paraId="0998B844" w14:textId="77777777" w:rsidR="00D0707F" w:rsidRDefault="00D0707F" w:rsidP="00D0707F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -22530,220 +23339,326 @@
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="46C65D09" w14:textId="77777777" w:rsidR="005B5555" w:rsidRPr="00A674F8" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42EBF43E" w14:textId="5AC9276D" w:rsidR="005B5555" w:rsidRPr="00B321DF" w:rsidRDefault="005B5555" w:rsidP="00D0707F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="88" w:name="_Toc198114801"/>
+            <w:bookmarkStart w:id="91" w:name="_Toc198114801"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="001775D5">
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00D0707F">
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="001775D5">
               <w:t>Église et presbytère Saint-Stanislas</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="88"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7105BD6C" w14:textId="77777777" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
+            <w:bookmarkEnd w:id="91"/>
+          </w:p>
+          <w:p w14:paraId="7105BD6C" w14:textId="11E61954" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
+            <w:bookmarkStart w:id="92" w:name="_Hlk219282207"/>
+            <w:r w:rsidR="00DB4844">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1948, 1968, 1983-2012</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="92"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Années extrêmes</w:t>
-[...11 lines deleted...]
-              </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0440BC58" w14:textId="77777777" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="428622DB" w14:textId="77777777" w:rsidR="005B5555" w:rsidRPr="00AB6798" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="640F79C0" w14:textId="36A04F7A" w:rsidR="005B5555" w:rsidRDefault="00D0707F" w:rsidP="005B5555">
-            <w:pPr>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BCB5691" w14:textId="2F0608D1" w:rsidR="001C4FCD" w:rsidRDefault="001C4FCD" w:rsidP="005B5555">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Plusieurs photos de curés de Saint-Stanislas, messes, avis de décès</w:t>
+            </w:r>
+            <w:r w:rsidR="00B06E0D">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D4A642D" w14:textId="59C545BF" w:rsidR="00DB4844" w:rsidRDefault="00DB4844" w:rsidP="00DB4844">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1948, 1968, 1983-2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Un album 60 photos. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60AF12B3" w14:textId="77777777" w:rsidR="00DB4844" w:rsidRDefault="00DB4844" w:rsidP="005B5555">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77D84689" w14:textId="607A040F" w:rsidR="00DB4844" w:rsidRDefault="00DB4844" w:rsidP="005B5555">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Notes : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7ED45880" w14:textId="33BA0BAD" w:rsidR="00DB4844" w:rsidRDefault="00DB4844" w:rsidP="005B5555">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voir aussi </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Décès </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>dans le présent fonds.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F3495B9" w14:textId="0F115B4A" w:rsidR="000B6E27" w:rsidRPr="00DB4844" w:rsidRDefault="000B6E27" w:rsidP="005B5555">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Originales et copies.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40BE96C3" w14:textId="77777777" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001775D5" w:rsidRPr="00A674F8" w14:paraId="6656555F" w14:textId="77777777" w:rsidTr="005B5555">
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1C9203E3" w14:textId="210CC790" w:rsidR="001775D5" w:rsidRPr="00A674F8" w:rsidRDefault="001775D5" w:rsidP="001775D5">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0250A8E5" w14:textId="30D039CB" w:rsidR="001775D5" w:rsidRPr="00B321DF" w:rsidRDefault="001775D5" w:rsidP="00D0707F">
+          <w:p w14:paraId="0250A8E5" w14:textId="50FC4997" w:rsidR="001775D5" w:rsidRPr="00B321DF" w:rsidRDefault="001775D5" w:rsidP="00D0707F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="89" w:name="_Toc198114802"/>
+            <w:bookmarkStart w:id="93" w:name="_Toc198114802"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00D0707F">
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
-              <w:t>Lac Éden Saint-Stanislas</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="89"/>
+              <w:t xml:space="preserve">Lac Éden </w:t>
+            </w:r>
+            <w:r w:rsidR="005B6D9E">
+              <w:t xml:space="preserve">(Lac Clair), </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Saint-Stanislas</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="93"/>
           </w:p>
           <w:p w14:paraId="6B6C1AE7" w14:textId="77777777" w:rsidR="001775D5" w:rsidRDefault="001775D5" w:rsidP="001775D5">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -22761,121 +23676,382 @@
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D50F53A" w14:textId="77777777" w:rsidR="001775D5" w:rsidRDefault="001775D5" w:rsidP="001775D5">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="15DC6C71" w14:textId="77777777" w:rsidR="001775D5" w:rsidRPr="00AB6798" w:rsidRDefault="001775D5" w:rsidP="001775D5">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="579AB1BC" w14:textId="3F15BFF4" w:rsidR="001775D5" w:rsidRDefault="00D0707F" w:rsidP="001775D5">
-            <w:pPr>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="7D2C6FC9" w14:textId="4A0C0E11" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="005B6D9E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Chalet au lac Éden (qui est maintenant une pourvoirie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, le Domaine du lac Éden à Saint-Stanislas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), avant d’être le lac Éden, c’était appelé lac Clair. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6298EDCB" w14:textId="77777777" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="001775D5">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74DE32BB" w14:textId="30D6487C" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="00F96020">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="10"/>
+              </w:numPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="94" w:name="_Hlk219275886"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>[1960-2007]. Un album, 43 photographies (ajout 2025).</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p w14:paraId="3238052E" w14:textId="77777777" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="005B6D9E">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A0D7334" w14:textId="3E130097" w:rsidR="005B6D9E" w:rsidRPr="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="001775D5">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005B6D9E">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D2086B5" w14:textId="4D8042A1" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="001775D5">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Plusieurs identifications au verso des images.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BF2991F" w14:textId="3DFE5BC4" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="001775D5">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Originaux.</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="28ABEAAA" w14:textId="77777777" w:rsidR="001775D5" w:rsidRDefault="001775D5" w:rsidP="001775D5">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B6E27" w:rsidRPr="00A674F8" w14:paraId="507D3465" w14:textId="77777777" w:rsidTr="00491934">
+        <w:trPr>
+          <w:trHeight w:val="1834"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="679948BD" w14:textId="79DBAFF5" w:rsidR="000B6E27" w:rsidRPr="00A674F8" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A674F8">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R-E-T-P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFA560B" w14:textId="755E509F" w:rsidR="000B6E27" w:rsidRPr="00B321DF" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:r>
+              <w:t>P280</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:t>B9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1.4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Écoles de Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC3D091" w14:textId="7FD719A4" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ca</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1930-1940]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> photographie. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C252C28" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="691BE06E" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRPr="00AB6798" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portée et contenu : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D7DDD5C" w14:textId="6AE5C289" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:r>
+              <w:t xml:space="preserve">Ce dossier comprend </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">une image de la fanfare et des étudiants devant le couvent Bon-Pasteur de Saint-Stanislas, possiblement dans les années 1930 ou 1940. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A5D6986" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27"/>
+          <w:p w14:paraId="789B5A41" w14:textId="25727DA1" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Notes :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21816557" w14:textId="691B5984" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:r>
+              <w:t xml:space="preserve">La photo est froissée. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E895F5A" w14:textId="2534FAE6" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:r>
+              <w:t>Elle comporte une identification au stylo à l’arrière.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54F66AFE" w14:textId="4C98D0F3" w:rsidR="000B6E27" w:rsidRPr="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:r>
+              <w:t>Originale.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E885DA3" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRPr="007B7D3E" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
+            <w:pPr>
+              <w:pStyle w:val="Niveau3"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E072EE" w:rsidRPr="00A674F8" w14:paraId="31CE6FB8" w14:textId="77777777" w:rsidTr="00491934">
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="74662740" w14:textId="7268E325" w:rsidR="00E072EE" w:rsidRPr="00A674F8" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CDF002C" w14:textId="5851AF2A" w:rsidR="00E072EE" w:rsidRPr="00B321DF" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
+          <w:p w14:paraId="3CDF002C" w14:textId="5851AF2A" w:rsidR="00E072EE" w:rsidRPr="007B7D3E" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
-            </w:pPr>
-[...22 lines deleted...]
-            <w:bookmarkEnd w:id="90"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="95" w:name="_Toc198114803"/>
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>P280/B9/2 : Dolbeau</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="95"/>
           </w:p>
           <w:p w14:paraId="52166A08" w14:textId="77777777" w:rsidR="00E072EE" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -22942,79 +24118,78 @@
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="60F3D4F7" w14:textId="32B085CA" w:rsidR="00E072EE" w:rsidRPr="00A674F8" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="390960B6" w14:textId="5515E6C0" w:rsidR="00E072EE" w:rsidRPr="00B321DF" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
-            <w:bookmarkStart w:id="91" w:name="_Toc198114804"/>
+            <w:bookmarkStart w:id="96" w:name="_Toc198114804"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>2.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Maison Dolbeau</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="91"/>
+            <w:bookmarkEnd w:id="96"/>
           </w:p>
           <w:p w14:paraId="37D00726" w14:textId="77777777" w:rsidR="00E072EE" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r w:rsidRPr="000C70A7">
               <w:rPr>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Années extrêmes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. – </w:t>
@@ -23092,110 +24267,393 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="053DF0C9" w14:textId="77777777" w:rsidR="00E072EE" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="007B7D3E" w:rsidRPr="00A674F8" w14:paraId="1DB339D2" w14:textId="77777777" w:rsidTr="005B5555">
+        <w:trPr>
+          <w:trHeight w:val="1834"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A7CDAE0" w14:textId="3BB46EFD" w:rsidR="007B7D3E" w:rsidRPr="00A674F8" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A674F8">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>R-E-T-P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1412C032" w14:textId="1046350E" w:rsidR="007B7D3E" w:rsidRPr="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:pStyle w:val="Niveau3"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>P280/B9/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B7D3E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Normandin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E64014D" w14:textId="3B2BE9C6" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1998</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> photographies. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D92B738" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="108BCDCB" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRPr="00AB6798" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portée et contenu : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E628E2E" w14:textId="22678900" w:rsidR="007B7D3E" w:rsidRPr="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">La </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sous-sous-série</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Normandin</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> comprend le</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> dossier </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Grands Jardins de Normandin.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F565B6" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="324BB948" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62E59C8A" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B7D3E" w:rsidRPr="00A674F8" w14:paraId="001ABB45" w14:textId="77777777" w:rsidTr="005B5555">
+        <w:trPr>
+          <w:trHeight w:val="1834"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC3375A" w14:textId="1E0FC18C" w:rsidR="007B7D3E" w:rsidRPr="00A674F8" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A674F8">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>R-E-T-P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7801" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D80C8C9" w14:textId="3B0404C2" w:rsidR="007B7D3E" w:rsidRPr="00B321DF" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+            <w:r>
+              <w:t>P280</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:t>B9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B321DF">
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Grands Jardins de Normandin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3F67AF" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 1998. – 7 photographies. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13E2A11E" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="784BBD62" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRPr="00AB6798" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB6798">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portée et contenu : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CAD4F5E" w14:textId="03ECD395" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:r>
+              <w:t>Ce dossier</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> concerne une visite de Solange Tremblay aux Grands Jardins de Normandin et de ses parterres floraux grandioses, à Normandin, au Lac-St-Jean, en 1998.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="522F6AA2" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
+            <w:pPr>
+              <w:pStyle w:val="Niveau4"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F4DD350" w14:textId="77777777" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="00696AE2"/>
     <w:p w14:paraId="6582818A" w14:textId="5AB07A06" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="00696AE2"/>
     <w:p w14:paraId="3F4631CA" w14:textId="77777777" w:rsidR="005B5555" w:rsidRPr="00A674F8" w:rsidRDefault="005B5555" w:rsidP="00696AE2"/>
     <w:p w14:paraId="68C0FA1F" w14:textId="3CC7A275" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc198114805"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc198114805"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r>
         <w:t>/C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Documents audiovisuels</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="4E4871A8" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="4C3D1BE3" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00AB6798" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F63B5D8" w14:textId="516D0C12" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>7 VHS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F440C45" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="40975CA7" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00AB6798" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09CA453E" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
@@ -23211,67 +24669,67 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCF1572" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="3676798D" w14:textId="5DDD401A" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc198114806"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc198114806"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r>
         <w:t>/C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>Images en mouvement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="7A21E678" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="0193780B" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00AB6798" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1170E796" w14:textId="3CE4510A" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>7 VHS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="337111B4" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:tbl>
@@ -23284,81 +24742,81 @@
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287473" w:rsidRPr="00A674F8" w14:paraId="1ADDE676" w14:textId="77777777" w:rsidTr="00F94DE7">
         <w:trPr>
           <w:trHeight w:val="4846"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13C0EBD1" w14:textId="5E829C84" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Rangée de l’audiovisuel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B235C58" w14:textId="4C533922" w:rsidR="00287473" w:rsidRPr="00B321DF" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="94" w:name="_Toc198114807"/>
+            <w:bookmarkStart w:id="99" w:name="_Toc198114807"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r>
               <w:t>/C</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="008D41CC">
               <w:t>VHS</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="94"/>
+            <w:bookmarkEnd w:id="99"/>
           </w:p>
           <w:p w14:paraId="11925195" w14:textId="77777777" w:rsidR="008D41CC" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="469A92FE" w14:textId="172F2443" w:rsidR="00287473" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,1</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="403E9D8C" w14:textId="1086A908" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -23382,103 +24840,420 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> anniversaire fermières St-Stanislas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C4FCED0" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66AB38E8" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D628FE3" w14:textId="2334959B" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00B54104">
-[...5 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3D628FE3" w14:textId="6526AE55" w:rsidR="00BF0FA6" w:rsidRDefault="00973CC9" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identification : </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0FA6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Famille Jeanne Tremblay, parade du Festival du Bleuet 1988</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1869FF1A" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00B54104">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="1869FF1A" w14:textId="085707FC" w:rsidR="00BF0FA6" w:rsidRDefault="00973CC9" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titre : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Parade du Festival du Bleuet 1988</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C1AFBBA" w14:textId="0A9E9EFC" w:rsidR="00973CC9" w:rsidRPr="00973CC9" w:rsidRDefault="00973CC9" w:rsidP="00973CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Parade du Festival du Bleuet sur la rue de l’Église à Mistassini, le 8 juillet 1988, en après-midi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="029F237E" w14:textId="1238082F" w:rsidR="00973CC9" w:rsidRPr="00973CC9" w:rsidRDefault="00973CC9" w:rsidP="00973CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Plans :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Le maire de Mistassini Charles-Édouard Simard et les députés du comté Roberval saluent la foule. Corps de tambour. Majorettes. Voitures antiques. Chars allégoriques. Calèche de la Fée du Bleuet. Motos. Costumes d’antan. Maître Bleuet (mascotte) salue le public. Clowns « Maboule ». Char Club de judo Albatros. Corps de trompettes, cymbales et tambours devant la mercerie Delisle. Camion Les Routiers JMR Inc. Char Club de patinage artistique Arabesque. Les Pétroles R. Savard Inc. Mascottes dont Pollen du Festival du Miel. Garde de Normandin. Char du Festival du Doré. Char publicitaire résidence pour personnes âgées. Montgolfière sur le toit du centre commercial. Garde de St-Félicien. Char Ville de La Baie. Char du camping Chute à l’Ours. Garde portant des drapeaux. Char Festival du Bûcheron (15 ans, N.-D.-de-Lorette). Festival de la Ouananiche de Desbiens. Démonstrations de majorettes. Char Base Plein-Air Pointe-Racine. Véhicules Radio-Shack. Camion à grappin pour le bois. Camion Transport Jean-Marc Savard Mistassini (Bar L’Escale, restaurant La Rencontre). Voiture pour le Hockey mineur. Maquette Dix Jours Western de Dolbeau. Serres Gauthier. Camions et mascotte devant le Note Café (aujourd’hui Bar Le Nordique). Départ pour la fin de la parade.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1642E8E1" w14:textId="6349112C" w:rsidR="00973CC9" w:rsidRPr="00973CC9" w:rsidRDefault="00973CC9" w:rsidP="00973CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8 juillet 1988</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EBECA63" w14:textId="6B25AE2F" w:rsidR="00973CC9" w:rsidRDefault="00973CC9" w:rsidP="00973CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mistassini</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E0AF1C3" w14:textId="71A2B2A4" w:rsidR="00973CC9" w:rsidRDefault="00973CC9" w:rsidP="00973CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00973CC9">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:21:55</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34D69C16" w14:textId="2795B592" w:rsidR="00C009AD" w:rsidRPr="00C009AD" w:rsidRDefault="00C009AD" w:rsidP="00C009AD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C538573" w14:textId="1D025642" w:rsidR="00C009AD" w:rsidRDefault="00C009AD" w:rsidP="00C009AD">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Intervenants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Charles-Édouard Simard (maire de Mistassini), Gaston Blackburn et Benoît Bouchard (députés Comté Roberval), Solange Tremblay (dans le public)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EAB8371" w14:textId="77B1CFC8" w:rsidR="00C009AD" w:rsidRPr="00C009AD" w:rsidRDefault="00C009AD" w:rsidP="00C009AD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41FF1628" w14:textId="20992B9C" w:rsidR="00C009AD" w:rsidRDefault="00C009AD" w:rsidP="00C009AD">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Amateur, Couleur, Film sonore</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05CAB3F0" w14:textId="3A42B382" w:rsidR="00C009AD" w:rsidRPr="00C009AD" w:rsidRDefault="00C009AD" w:rsidP="00973CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="00C009AD">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (montage incomplet en ligne)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44893C86" w14:textId="2015D8DF" w:rsidR="00C009AD" w:rsidRPr="00C009AD" w:rsidRDefault="00C009AD" w:rsidP="00973CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C009AD">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="501DA69D" w14:textId="77777777" w:rsidR="00C009AD" w:rsidRPr="00973CC9" w:rsidRDefault="00C009AD" w:rsidP="00973CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="550DA9C3" w14:textId="7A7CB645" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C138124" w14:textId="3C1F24C1" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mariage </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Mariage Noella</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="2749CFD8" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="083690EF" w14:textId="71CA698D" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3758FD35" w14:textId="2981FC5C" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -23500,50 +25275,51 @@
           </w:p>
           <w:p w14:paraId="3062D44D" w14:textId="2598783F" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="775F0E0C" w14:textId="673718F1" w:rsidR="00151501" w:rsidRPr="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00151501">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Feux</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00151501">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>d’</w:t>
             </w:r>
             <w:r w:rsidRPr="00151501">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>artifices</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00151501">
               <w:rPr>
@@ -23735,667 +25511,946 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Production Entreprises Inter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D31A299" w14:textId="5B158BA0" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Durée : 01:01:00</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="629618E0" w14:textId="2A216FC5" w:rsidR="00A122C2" w:rsidRDefault="00A122C2" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>VHS</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="12ACDBF0" w14:textId="77777777" w:rsidR="008D41CC" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E109F9B" w14:textId="2BF5FC90" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,</w:t>
-[...5 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>P280/C1/1,9</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5CA58EB2" w14:textId="7443111D" w:rsidR="00BF0FA6" w:rsidRDefault="00BF6448" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Suite Pont Libéral 1987 Serge</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A7A7C32" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5732E3F2" w14:textId="19E0C63F" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,</w:t>
-[...5 lines deleted...]
-              <w:t>10</w:t>
+              <w:t>P280/C1/1,10</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13C0F428" w14:textId="073EAC77" w:rsidR="00151501" w:rsidRDefault="00BF6448" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Carnaval Québec 1990, tomate, vaches, faisan, Jimmy T., concombre, Jean-Paul T., Tabac</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31493331" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CBC180F" w14:textId="5F823C02" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>P280/C1/1,11</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06F3F58F" w14:textId="067BB5BF" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Veillée Faisan, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>DoMi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> verdure, Chibougamau</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58201709" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="622094ED" w14:textId="4E30C746" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>P280/C1/1,12</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16FE2E14" w14:textId="7926AACB" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Voyage 1992 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Clarenceville</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>, Noël d’antan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="303A70E9" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D0A6499" w14:textId="490C4A3D" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>P280/C1/1,13</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22C22623" w14:textId="107B56E1" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Voyage St-Agathe 12-13-14 mai 1993</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D3DDD6B" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1963F70A" w14:textId="2C42720E" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>P280/C1/1,14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B08F1B5" w14:textId="4640F1BB" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1995 République Dominicaine</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="112D73A4" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="17BA079D" w14:textId="7EE93AEE" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>P280/C1/1,15</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56C2CBE1" w14:textId="6375A720" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Brunch des Tremblay 88-89-91</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A145946" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49B1806F" w14:textId="4CF2BAAE" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>6</w:t>
+              <w:t>P280/C1/1,16</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39991065" w14:textId="1385237F" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Brunch des Tremblay</w:t>
             </w:r>
             <w:r w:rsidR="00DF66F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>, banquet Faisan 1992</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4016C603" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44B73A54" w14:textId="2582EDA9" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>7</w:t>
+              <w:t>P280/C1/1,17</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44458F2B" w14:textId="2FF4FE1F" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brunch des Tremblay à Albanel, 14 </w:t>
+              <w:t xml:space="preserve">Brunch des Tremblay à </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>Albanel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 14 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>nov</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1993</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B92389E" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7392D0A0" w14:textId="102B3735" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>8</w:t>
+              <w:t>P280/C1/1,18</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="625A720C" w14:textId="0341AD62" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Roland Girard Noël 1987 1988</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42D6342A" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="32F07770" w14:textId="7539455D" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,1</w:t>
-[...5 lines deleted...]
-              <w:t>9</w:t>
+              <w:t>P280/C1/1,19</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B6C5F40" w14:textId="60654F46" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Paul-André au </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Bachins</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (?)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E22C5EC" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="270FDE74" w14:textId="4182EE77" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,</w:t>
-[...11 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>P280/C1/1,20</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26D5DB50" w14:textId="3A08EF7D" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Régis Richard chez Marcel, accident dard Fleurette</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="754B575D" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="113FDB76" w14:textId="1B8B83B1" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,</w:t>
-[...5 lines deleted...]
-              <w:t>21</w:t>
+              <w:t>P280/C1/1,21</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59D2E9C6" w14:textId="43770CEE" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Mariage </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Cotlenoir</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (?)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AAD7F94" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D5722CF" w14:textId="5509EF6E" w:rsidR="00DF66F8" w:rsidRDefault="00DF66F8" w:rsidP="00DF66F8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/1,2</w:t>
-[...5 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>P280/C1/1,22</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13705328" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55D7626A" w14:textId="344331A3" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,23</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E5D4E28" w14:textId="77777777" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78CA7277" w14:textId="3293B473" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1AD5FA" w14:textId="77777777" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BF78DBB" w14:textId="7868C6F3" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3755136F" w14:textId="77777777" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18CD36D9" w14:textId="0134AEB2" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48C43065" w14:textId="00829839" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Yvan, 3 ans</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="298161E4" w14:textId="4B413D38" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Fête de Noël chez les Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A385577" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Fête de Noël en famille chez les Tremblay, possiblement à Saint-Stanislas dans les années 1970. Déballage des cadeaux en présence du père Noël qui distribue des présents aux enfants et aux adultes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42421D77" w14:textId="743F449E" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Années 1970</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D712B7A" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="799DF1EF" w14:textId="19DD2923" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:03:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B575F87" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E0216D6" w14:textId="63C69D2F" w:rsidR="002D6BC1" w:rsidRPr="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Yvan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F881B5" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5594B10E" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445937AF" w14:textId="192ED2F9" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="006121BC">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="2DBA06FF" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="776A6C28" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="385D8E1E" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="449BFFB6" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06AC4BA0" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -24409,73 +26464,72 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="736D86E2" w14:textId="5281311C" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Rangée de l’audiovisuel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4145F1F6" w14:textId="64E053BF" w:rsidR="00F94DE7" w:rsidRPr="00B321DF" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="95" w:name="_Toc198114808"/>
+            <w:bookmarkStart w:id="100" w:name="_Toc198114808"/>
             <w:r>
               <w:t>P280/C</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Bobines de film</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="95"/>
+            <w:bookmarkEnd w:id="100"/>
           </w:p>
           <w:p w14:paraId="6242A323" w14:textId="0FC97A39" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>12 bobines 8mm; 50 pieds chacune, 10 min. environ chacune.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B0C914A" w14:textId="1DA20BB0" w:rsidR="00F94DE7" w:rsidRDefault="00AE7D8B" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(Vérifier si l’ordre des titres est ok)</w:t>
@@ -24542,708 +26596,2076 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Chalet Lac Eden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="416A4FB2" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64D6B37A" w14:textId="4812396C" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P280/C1/2,3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="210B1173" w14:textId="6DC85B5D" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="210B1173" w14:textId="3C265907" w:rsidR="00146B91" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00146B91">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Garette, bois, Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED4C267" w14:textId="38279A4B" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Coupe forestière à la scie mécanique en 1960</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A6CC44E" w14:textId="496C5CE4" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Description :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coupe forestière mécanisée dans les chantiers, avec Marcel Girard, 1960.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CE266BF" w14:textId="09B3951E" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Plans :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Goûter à l’extérieur. Coupe à la scie mécanique. Travailleurs en forêt. Personnes assises sur la pelle mécanique, des troncs d’arbres tirés à l’arrière. Hommes devant les camps et les pompes à essence.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EFE6B5D" w14:textId="25A886E7" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1960</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CC47B7B" w14:textId="6CF65BAE" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> non identifiée</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17641DC7" w14:textId="07A6C461" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59C7431A" w14:textId="3706FF01" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Intervenants :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Garett, Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="794D3910" w14:textId="1C199B2B" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="668B038D" w14:textId="791F6F2E" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, couleur, film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="039E0C73" w14:textId="474A8334" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="008A3D57">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="77CD20A7" w14:textId="3CBFDE60" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="362E92F0" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BB03EBE" w14:textId="551F1308" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EE8B1CE" w14:textId="77777777" w:rsidR="00AE7D8B" w:rsidRDefault="00AE7D8B" w:rsidP="00AE7D8B">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00146B91">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C7A63FD" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5363B652" w14:textId="78A6B5FC" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C224DBF" w14:textId="1896967D" w:rsidR="00146B91" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00146B91" w:rsidRPr="00AE7D8B">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rallye 1976 + </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Garette</w:t>
+            <w:r w:rsidR="00146B91" w:rsidRPr="00AE7D8B">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>vache</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...38 lines deleted...]
-            <w:r w:rsidRPr="00146B91">
+            <w:r w:rsidR="00146B91" w:rsidRPr="00AE7D8B">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="044F38FF" w14:textId="6C8FD6AB" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rallye de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>motoneiges</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484D9040" w14:textId="5B715948" w:rsidR="008A3D57" w:rsidRPr="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Description :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>rassemblement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>motoneiges</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à Saint-Stanislas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>lors</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d’un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>rallye</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1976. Un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>troupeau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de vaches et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>leurs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> petits </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>veaux</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>circulent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dans la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>neige</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à travers les participants. Un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>chien</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> les rejoint.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF4661C" w14:textId="3698FB48" w:rsidR="008A3D57" w:rsidRPr="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59ABBDE8" w14:textId="65181033" w:rsidR="008A3D57" w:rsidRPr="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE3ECBE" w14:textId="59D6E554" w:rsidR="00146B91" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:03:20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3139E465" w14:textId="016902E8" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79E68ABE" w14:textId="34A12911" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Intervenant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6161E8DA" w14:textId="6E99DDE2" w:rsidR="008A3D57" w:rsidRPr="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6816CC14" w14:textId="5BE30422" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amateur, Couleur, Film </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>muet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3635A80A" w14:textId="6DD40559" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="008A3D57">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="3A91C02F" w14:textId="4FC89ABE" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Document </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>numérisé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="41CBAA39" w14:textId="77777777" w:rsidR="008A3D57" w:rsidRPr="00AE7D8B" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33564394" w14:textId="609E39A6" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7BC6BD" w14:textId="30198D33" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Serge confirmation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="761D4CB2" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F6B4BCD" w14:textId="46AF7939" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4A723C" w14:textId="7FC36E03" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Îles de la Madeleine, jeux Olympique</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BC5F4E4" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2247B272" w14:textId="71B4C336" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB7DB1A" w14:textId="1E6AD9FF" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23 décembre 1980 Sylvie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46ECE88B" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3205C4E9" w14:textId="73DE0775" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2568936F" w14:textId="0A1849DF" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8 janvier 1980 : Noël 1980, Roland</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="127AFA79" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="225FF1E4" w14:textId="0463AC1C" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0F1EFF" w14:textId="0BA00379" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Film de Marcel Girard étant jeune</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FF38C4" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55CF8A19" w14:textId="62CFFA19" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79397AC3" w14:textId="2F31E208" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noël 1980, Patrick Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="621C2A96" w14:textId="77777777" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15F1CBDC" w14:textId="07CC4B42" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF0FA6">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1603341D" w14:textId="42513EF5" w:rsidR="00146B91" w:rsidRDefault="007476F2" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00146B91">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noë</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="00146B91">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>; 1977, Patrick</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A86CDE8" w14:textId="59401229" w:rsidR="00146B91" w:rsidRDefault="007476F2" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noël 1977 chez la famille Tremblay de Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2E7782" w14:textId="556D3CC9" w:rsidR="00F94DE7" w:rsidRDefault="007476F2" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Description :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>La famille Tremblay de Saint-Stanislas déballe les cadeaux de Noël en 1977. Les adultes et les enfants reçoivent tous des présents, notamment Solange Tremblay, et les autres enfants ou petits-enfants de Patrick Tremblay et Jeanne Simard. Parmi ce qui a été offert, il y a une radio et plusieurs jouets pour enfants.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B00D5E" w14:textId="0F78FEC3" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1977</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D8FB69" w14:textId="6653B93A" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="585ADEA4" w14:textId="0B1A43BB" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00:03:20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DA0DAB5" w14:textId="63982280" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1870D5AB" w14:textId="60E3634B" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Intervenants :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay, Patrick Tremblay (père), Jeanne Simard (mère)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A194333" w14:textId="42F9682B" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58BA128E" w14:textId="1ECEF371" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007476F2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55E3BBE1" w14:textId="5B1180F9" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="007476F2">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5685B2DD" w14:textId="3190A06D" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5890822E" w14:textId="77777777" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D105347" w14:textId="56EA6996" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AE263F8" w14:textId="77267B19" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Famille Tremblay 1983, Girard, Fortin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5861A96E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="251F2E74" w14:textId="5A154242" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3845D7C1" w14:textId="1D4DA894" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noël 1981#</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A72E91E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55661437" w14:textId="7C692449" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48226689" w14:textId="09689964" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1CC5">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> anniversaire</w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="5C224DBF" w14:textId="3F3CF94B" w:rsidR="00146B91" w:rsidRPr="00AE7D8B" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+              <w:t xml:space="preserve"> anniversaire </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Tremblaym</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6AC46677" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B9BD520" w14:textId="28FE1194" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="744BE3B2" w14:textId="076352E0" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Patrick, papa, 1983</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6B10E9" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C748E31" w14:textId="18DC27E9" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7FB594" w14:textId="689DBC1F" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Sucre (?) Chibougamau, Donohue</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3465EF6B" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="459EB111" w14:textId="32AB651E" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73FBA0CE" w14:textId="4B965C39" w:rsidR="0078340A" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Faisan, Salon F</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1754F18E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30C38BA9" w14:textId="2E7322D0" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58D19947" w14:textId="6CD233C6" w:rsidR="0078340A" w:rsidRPr="00981EE8" w:rsidRDefault="00D26386" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE7D8B">
-              <w:rPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rallye 1976 + </w:t>
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00981EE8" w:rsidRPr="00981EE8">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elisabeth, fête noel, Patrick Tremblay, Marcel </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF20C2F" w14:textId="0CE6DF13" w:rsidR="0078340A" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00AE7D8B">
-              <w:rPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>vache</w:t>
+              <w:t>Titre</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00AE7D8B">
-              <w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Marcel Girard</w:t>
-[...4 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00BF0FA6">
+              <w:t>Noël chez les Tremblay à Saint-Stanislas, 1982</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F97312" w14:textId="3317A705" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1982</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C1A52C1" w14:textId="7722EC13" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50C6A045" w14:textId="5C87D4B9" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:03:15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71C45EFE" w14:textId="59195389" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB85E43" w14:textId="33ED7F79" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Intervenants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Élisabeth, Marcel Girard, Patrick Trembla</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1266EFCC" w14:textId="41439B1F" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>La date du 6 janvier 1983 inscrite sur le sac de la bobine permet d’estimer les images à 1982; les noms des intervenants proviennent de la description remise par la donatrice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C1102E" w14:textId="3C96E9F2" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A45B695" w14:textId="4B4B8AA6" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D26386">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Amateur, Couleur, Film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76DDA99C" w14:textId="1E1C2845" w:rsidR="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/2,6</w:t>
-[...154 lines deleted...]
-          <w:p w14:paraId="55CF8A19" w14:textId="62CFFA19" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00D26386">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="44FDEC83" w14:textId="56B22671" w:rsidR="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF0FA6">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/2,11</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">Document </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...38 lines deleted...]
-              <w:t>Noë</w:t>
+              <w:t>numérisé</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...307 lines deleted...]
-          <w:p w14:paraId="7BF20C2F" w14:textId="77777777" w:rsidR="0078340A" w:rsidRPr="00981EE8" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+          </w:p>
+          <w:p w14:paraId="5433C844" w14:textId="77777777" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FCA6DA6" w14:textId="7173989C" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
@@ -25659,93 +29081,330 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A910537" w14:textId="1F0BF355" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Funérailles Lucien</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7881CA2C" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2635E6DB" w14:textId="04FF8E6A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>31</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D4222E3" w14:textId="6799F32D" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
-[...5 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="3D4222E3" w14:textId="4BCC328E" w:rsidR="0078340A" w:rsidRDefault="00CF0627" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00436D72">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Foins 1982</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D413CF3" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+          <w:p w14:paraId="7FBC987A" w14:textId="77777777" w:rsidR="00CF0627" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : Les foins à Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C8083B1" w14:textId="6D71D363" w:rsidR="00CF0627" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : Activité agricole de fenaison (ramassage du foin en ballots) à Saint-Stanislas, en 1982. Scènes rurales et familiales autour de la maison et des champs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7677C62A" w14:textId="3E99B9DC" w:rsidR="00CF0627" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Plans :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Maison. Voitures. Remorque de foin. Tracteur chargé de foin. Voiture sur la route. Femme et enfant devant la grange. Homme transportant des ballots de foin avec des cordes. Femme âgée au balcon. Bagages dans la voiture. Jeune fille à tricycle devant la maison. Femmes sur le perron. Homme en voiture. Femme devant une voiture. Vaches circulant sur la route.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D413CF3" w14:textId="701852EA" w:rsidR="0078340A" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : 1982</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : Saint-Stanislas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : 00:02:46</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : Solange Tremblay</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : Film Super 8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : Amateur, Couleur, Film muet</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="00CF0627">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="254BA526" w14:textId="77777777" w:rsidR="00CF0627" w:rsidRDefault="00CF0627" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3ACC11FD" w14:textId="47C1BF9D" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
@@ -25757,259 +29416,956 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Québec (?) Gaston</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0935B1B3" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6BEED141" w14:textId="72B914F2" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52581D55" w14:textId="6A7C15F9" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vache, festival faisan 1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196A250A" w14:textId="64BBDA9E" w:rsidR="00B63372" w:rsidRPr="00102316" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00102316" w:rsidRPr="00102316">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Festival du faisan 1976 à Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38884194" w14:textId="25948C53" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scène rurale avec des vaches dans un pâturage près de la grange et circulant sur le chemin. Festival du Faisan à Saint-Stanislas en 1976, remise de trophées et vie familiale.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="181BBE56" w14:textId="5E48AFFE" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B63372">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Plans :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Moto. Vaches dans un champ. Enfants et voitures sur le chemin de terre. Vaches devant la grange. Passage des vaches sur la route. Chien. Solange Tremblay portant un chandail du Festival du Faisan. Enclos des faisans. Kiosque d’artisanat. Groupes de personnes autour d’un repas. Allocutions et distribution de cadeaux et trophées. Présentation de trophées. Enfants et personnes âgées. Famille dans une maison. Enfant jouant avec une moto jouet. Famille dans la cuisine. Hommes portant un chandail du Festival du Faisan devant leur trophée.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B61AA94" w14:textId="77777777" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD9D897" w14:textId="079C569F" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B63372">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C56F730" w14:textId="0CDE00B3" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00:05:25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F55E0A7" w14:textId="77777777" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C983605" w14:textId="77777777" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="465D1F01" w14:textId="77777777" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D7B443F" w14:textId="243E8386" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="006121BC">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7CF631C0" w14:textId="77777777" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C7D7170" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6579DC9E" w14:textId="2F615016" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>33</w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="6579DC9E" w14:textId="2F615016" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="665740AF" w14:textId="59B31632" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tomate, Ontario, tabac, concombre, maison Jean-Paul T., 1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C5962A0" w14:textId="77777777" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Récolte maraîchère de Solange Tremblay en Ontario 1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2960ED" w14:textId="77777777" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Activité agricole en Ontario, en 1976. Solange Tremblay, originaire de Saint-Stanislas au Saguenay–Lac-Saint-Jean, et des amis participent à la cueillette de tomates ainsi qu’à la récolte de tabac en feuilles et de concombres. Travail manuel dans les champs et aux machines, chargement de paniers de tomates en camion. Conduite automobile sur l’autoroute à Toronto.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22F845D6" w14:textId="77777777" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="299BD625" w14:textId="770C1E68" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Toronto, Ontario</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A731425" w14:textId="77777777" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00:08:17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BD8ACF5" w14:textId="77777777" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="126FDA7F" w14:textId="77777777" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681DE30C" w14:textId="77777777" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D9C23F1" w14:textId="6483038C" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="006121BC">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="337AA83D" w14:textId="4A1BB38F" w:rsidR="0078340A" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EE6D7D8" w14:textId="77777777" w:rsidR="006121BC" w:rsidRDefault="006121BC" w:rsidP="006121BC">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0576124C" w14:textId="13F04D0A" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>34</w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="0576124C" w14:textId="13F04D0A" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA8B29F" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53812DF4" w14:textId="04C833AE" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>35</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="53812DF4" w14:textId="04C833AE" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7934E08D" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C9767DF" w14:textId="36FA4E08" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>36</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="7C9767DF" w14:textId="36FA4E08" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50E4578E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09D7FD29" w14:textId="0F7352C9" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>37</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="09D7FD29" w14:textId="0F7352C9" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E17B2C2" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="417CDAC9" w14:textId="563BA1D0" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>38</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="417CDAC9" w14:textId="563BA1D0" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="057B82A3" w14:textId="6263D533" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Aucune</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29224654" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Chasse aux faisans à Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5156D9E8" w14:textId="705C70BD" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Activité de chasse au faisan à Saint-Stanislas dans les années 1970, possiblement dans le cadre du Festival du Faisan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="743D56A5" w14:textId="0BF27AC4" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Plans :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Jeux d’enfants à l’extérieur du chalet. Hommes regardant un plan ou une carte. Groupe de chasseurs en tenue de chasse. Discussions près d’un grand chapiteau. Fusils ou filets à la main. Parcours du champ avec dossards orange. Distribution de bières O’Keefe. Présentation de trophées de chasse (les faisans).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7031E58F" w14:textId="3A5B3F82" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Années 1970</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B133F9A" w14:textId="2C7BF8DF" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59AAFDFC" w14:textId="0ADDD3CE" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:03:21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FDE93CD" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D8DE7C" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62DC3208" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="347847D4" w14:textId="5777E2F8" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r w:rsidRPr="006121BC">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="05687193" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DE222EA" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3308C733" w14:textId="48BB9CA0" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>P280/C1/2,</w:t>
-[...24 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72CEBC67" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="001EA333" w14:textId="691D5F8A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -26043,115 +30399,114 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D8FD01D" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4BDC8749" w14:textId="77777777" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DDEEC39" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="009A57B7"/>
     <w:p w14:paraId="7C1918C0" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="69D779FB" w14:textId="0536B878" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc198114809"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc198114809"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r>
         <w:t>/C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="00F94DE7">
         <w:t>Enregistrements sonores</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w14:paraId="0A6F7252" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287473" w:rsidRPr="00A674F8" w14:paraId="05B2D203" w14:textId="77777777" w:rsidTr="00E73CD9">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="708168FC" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FA58A67" w14:textId="32CEA9D7" w:rsidR="00287473" w:rsidRPr="00B321DF" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="97" w:name="_Toc198114810"/>
+            <w:bookmarkStart w:id="102" w:name="_Toc198114810"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r>
               <w:t>/C2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -26166,105 +30521,104 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="97"/>
+            <w:bookmarkEnd w:id="102"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CBB58D2" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A4B7477" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7BBFBC96" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00287473" w:rsidRPr="00A674F8" w14:paraId="383CECC4" w14:textId="77777777" w:rsidTr="00E73CD9">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="382F78F5" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10402DDE" w14:textId="35AE5B29" w:rsidR="00287473" w:rsidRPr="00B321DF" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="98" w:name="_Toc198114811"/>
+            <w:bookmarkStart w:id="103" w:name="_Toc198114811"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r>
               <w:t>/C2/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -26279,136 +30633,135 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="98"/>
+            <w:bookmarkEnd w:id="103"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="092C4F7B" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03F1CD25" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E57C567" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00E73CD9"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1453E7DC" w14:textId="6A602E8C" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="06E698F0" w14:textId="5785EE20" w:rsidR="00645F67" w:rsidRDefault="00645F67" w:rsidP="00287473"/>
     <w:p w14:paraId="3D364F9F" w14:textId="2EC5DF02" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc198114812"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc198114812"/>
       <w:r>
         <w:t>P280/D</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Objets</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="104"/>
     </w:p>
     <w:p w14:paraId="679967F1" w14:textId="77777777" w:rsidR="00645F67" w:rsidRDefault="00645F67" w:rsidP="00645F67"/>
     <w:p w14:paraId="033578F2" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00AB6798" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="356DA113" w14:textId="410A7A85" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r w:rsidR="00E56E99">
         <w:t xml:space="preserve">des objets amassés par Mme Solange Tremblay, donatrice, </w:t>
       </w:r>
       <w:r w:rsidR="00247D66">
         <w:t>lors d’activités de bénévolat</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C9227B" w14:textId="77777777" w:rsidR="00645F67" w:rsidRDefault="00645F67" w:rsidP="00645F67"/>
     <w:p w14:paraId="443CAB97" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00AB6798" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668F90B3" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -26419,64 +30772,64 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CAF22DB" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67"/>
     <w:p w14:paraId="55D900C0" w14:textId="53630113" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="_Toc198114813"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc198114813"/>
       <w:r>
         <w:t>P280/</w:t>
       </w:r>
       <w:r w:rsidR="00247D66">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00247D66">
         <w:t>Épinglettes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="105"/>
     </w:p>
     <w:p w14:paraId="00FEB3C0" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67"/>
     <w:p w14:paraId="464272BD" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00AB6798" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E389A05" w14:textId="7759CC7B" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r w:rsidR="00247D66">
         <w:t xml:space="preserve">2 épinglettes. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C79A38E" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00645F67"/>
     <w:tbl>
@@ -26495,71 +30848,70 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41847499" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1179EEA5" w14:textId="39AAA7F6" w:rsidR="00645F67" w:rsidRPr="00B321DF" w:rsidRDefault="00645F67" w:rsidP="00E73CD9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="101" w:name="_Toc198114814"/>
+            <w:bookmarkStart w:id="106" w:name="_Toc198114814"/>
             <w:r>
               <w:t>P280/</w:t>
             </w:r>
             <w:r w:rsidR="00247D66">
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00247D66">
               <w:t>Implication</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="101"/>
+            <w:bookmarkEnd w:id="106"/>
           </w:p>
           <w:p w14:paraId="0DC4FA59" w14:textId="4A699419" w:rsidR="00645F67" w:rsidRDefault="00247D66" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>- 2 épinglettes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4F6368FC" w14:textId="77777777" w:rsidR="00247D66" w:rsidRDefault="00247D66" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58C4E9F8" w14:textId="3BEF4D68" w:rsidR="00645F67" w:rsidRDefault="00645F67" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -26605,137 +30957,137 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7B9B0C6E" w14:textId="77777777" w:rsidR="00645F67" w:rsidRDefault="00645F67" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0638DCF6" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="480D31A5" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00287473"/>
     <w:p w14:paraId="71F28F6D" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="017544C2" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="1C85BA0B" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidSect="00F22AC1">
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DD57D26" w14:textId="77777777" w:rsidR="000A6B7A" w:rsidRDefault="000A6B7A" w:rsidP="00923766">
+    <w:p w14:paraId="1FFBBEE4" w14:textId="77777777" w:rsidR="00505678" w:rsidRDefault="00505678" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A501EF1" w14:textId="77777777" w:rsidR="000A6B7A" w:rsidRDefault="000A6B7A" w:rsidP="00923766">
+    <w:p w14:paraId="2E2BC607" w14:textId="77777777" w:rsidR="00505678" w:rsidRDefault="00505678" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13172E46" w14:textId="77777777" w:rsidR="00491934" w:rsidRDefault="00491934" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-CA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0497FABC" wp14:editId="557A9EAA">
               <wp:extent cx="5467350" cy="45085"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="1" name="Organigramme : Décision 1" descr="Light horizontal"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
@@ -26835,88 +31187,88 @@
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="008D64A5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="53DEB62C" w14:textId="77777777" w:rsidR="00491934" w:rsidRDefault="00491934" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="010681B0" w14:textId="77777777" w:rsidR="000A6B7A" w:rsidRDefault="000A6B7A" w:rsidP="00923766">
+    <w:p w14:paraId="1135435C" w14:textId="77777777" w:rsidR="00505678" w:rsidRDefault="00505678" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D0080A3" w14:textId="77777777" w:rsidR="000A6B7A" w:rsidRDefault="000A6B7A" w:rsidP="00923766">
+    <w:p w14:paraId="347C105B" w14:textId="77777777" w:rsidR="00505678" w:rsidRDefault="00505678" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2B7F7F98" w14:textId="2C8441CE" w:rsidR="00491934" w:rsidRDefault="00491934">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Normand Fortin est le frère de Gemma Fortin, elle-même épouse de Jean-Charles Savard. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3397536A"/>
+    <w:nsid w:val="00834AB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B380C4DA"/>
+    <w:tmpl w:val="EC3073BA"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
@@ -26983,50 +31335,728 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07E17F62"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38EADE30"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B1B14CC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1276A098"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="293B02F4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03FE8A84"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3397536A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B380C4DA"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3A7A226E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0D223136"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D3725DC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="59B03388"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40635A7C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="41828810"/>
     <w:lvl w:ilvl="0" w:tplc="A674605C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27095,51 +32125,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="493F4294"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE5C1256"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27208,51 +32238,277 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B4B31B7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="02A03278"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B787944"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08AC257C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E8B7EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="306C0FA8"/>
     <w:lvl w:ilvl="0" w:tplc="A674605C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27321,51 +32577,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52735521"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27E629A8"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27434,51 +32690,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56CF1DCC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A9FCAA1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -27583,51 +32839,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E081B31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="960A715C"/>
     <w:lvl w:ilvl="0" w:tplc="A674605C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27696,51 +32952,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="624C3C54"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5D7CDDF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -27845,51 +33101,277 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71692564"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="69626B2E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75E0603B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ED708FA8"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4A1BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31329B18"/>
     <w:lvl w:ilvl="0" w:tplc="A674605C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27959,381 +33441,450 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1116488339">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1277060282">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="577011086">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1617323570">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1204832198">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1237590130">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1277060282">
+  <w:num w:numId="7" w16cid:durableId="1251352734">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="173109863">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1969319408">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1426607106">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1289510211">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="577011086">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="12" w16cid:durableId="1583635467">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1617323570">
+  <w:num w:numId="13" w16cid:durableId="463549576">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="487866377">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="444738418">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1949580382">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1204832198">
-[...2 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="1237590130">
+  <w:num w:numId="17" w16cid:durableId="2024892886">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1251352734">
+  <w:num w:numId="18" w16cid:durableId="555623137">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="173109863">
+  <w:num w:numId="19" w16cid:durableId="135340864">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="00006C7A"/>
     <w:rsid w:val="0001776F"/>
     <w:rsid w:val="00022E06"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="000471D4"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
+    <w:rsid w:val="000652DA"/>
     <w:rsid w:val="000723B8"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="00083A2F"/>
     <w:rsid w:val="000A440C"/>
     <w:rsid w:val="000A6B7A"/>
+    <w:rsid w:val="000B2BA6"/>
+    <w:rsid w:val="000B6E27"/>
     <w:rsid w:val="000B7F56"/>
     <w:rsid w:val="000C70A7"/>
     <w:rsid w:val="000E2377"/>
     <w:rsid w:val="000F7851"/>
     <w:rsid w:val="00100C2C"/>
+    <w:rsid w:val="00102316"/>
+    <w:rsid w:val="00112008"/>
     <w:rsid w:val="001153BB"/>
     <w:rsid w:val="001213BC"/>
     <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="00146B91"/>
     <w:rsid w:val="00151501"/>
     <w:rsid w:val="00166949"/>
     <w:rsid w:val="00166C91"/>
     <w:rsid w:val="001775D5"/>
     <w:rsid w:val="00181E12"/>
+    <w:rsid w:val="001C4FCD"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E22C8"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="001F7760"/>
     <w:rsid w:val="002273FD"/>
+    <w:rsid w:val="00242535"/>
     <w:rsid w:val="00242C7D"/>
     <w:rsid w:val="00247D66"/>
     <w:rsid w:val="0025336B"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="00284955"/>
     <w:rsid w:val="0028732E"/>
     <w:rsid w:val="00287473"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
     <w:rsid w:val="002A29A7"/>
     <w:rsid w:val="002A5FA2"/>
     <w:rsid w:val="002C791D"/>
     <w:rsid w:val="002D0F20"/>
+    <w:rsid w:val="002D6BC1"/>
+    <w:rsid w:val="002E6ABC"/>
     <w:rsid w:val="0030124F"/>
+    <w:rsid w:val="003044B9"/>
     <w:rsid w:val="0030734D"/>
+    <w:rsid w:val="00311D8B"/>
     <w:rsid w:val="00312190"/>
     <w:rsid w:val="0038462B"/>
+    <w:rsid w:val="003905AA"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003A5F15"/>
     <w:rsid w:val="003A67C7"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="003C1450"/>
     <w:rsid w:val="003C74E0"/>
     <w:rsid w:val="00421D85"/>
     <w:rsid w:val="00424D30"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="00436D72"/>
     <w:rsid w:val="004371EE"/>
     <w:rsid w:val="0045758A"/>
     <w:rsid w:val="0046451E"/>
     <w:rsid w:val="00482438"/>
     <w:rsid w:val="00482915"/>
     <w:rsid w:val="004862B9"/>
     <w:rsid w:val="00491934"/>
     <w:rsid w:val="0049624B"/>
     <w:rsid w:val="004D66AE"/>
     <w:rsid w:val="00501DD6"/>
     <w:rsid w:val="00502C0D"/>
+    <w:rsid w:val="00505678"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
     <w:rsid w:val="00544163"/>
     <w:rsid w:val="005459E1"/>
     <w:rsid w:val="00550115"/>
     <w:rsid w:val="005546F6"/>
     <w:rsid w:val="00561EAD"/>
     <w:rsid w:val="0056432C"/>
     <w:rsid w:val="0057468D"/>
     <w:rsid w:val="0058683E"/>
     <w:rsid w:val="00587F67"/>
     <w:rsid w:val="00593D7D"/>
     <w:rsid w:val="00594199"/>
+    <w:rsid w:val="005A2E28"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005B5555"/>
     <w:rsid w:val="005B615A"/>
+    <w:rsid w:val="005B6D9E"/>
     <w:rsid w:val="005E49AE"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="00601327"/>
     <w:rsid w:val="00602381"/>
+    <w:rsid w:val="006121BC"/>
     <w:rsid w:val="00612460"/>
     <w:rsid w:val="00624149"/>
     <w:rsid w:val="00636E8B"/>
     <w:rsid w:val="00645F67"/>
     <w:rsid w:val="00654BE5"/>
     <w:rsid w:val="0066145D"/>
+    <w:rsid w:val="00667CEE"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="0069656E"/>
     <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="006A2652"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="006B046C"/>
     <w:rsid w:val="006E0846"/>
     <w:rsid w:val="006F48CD"/>
     <w:rsid w:val="00717510"/>
     <w:rsid w:val="007215FD"/>
+    <w:rsid w:val="007476F2"/>
     <w:rsid w:val="007527C3"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="0077509D"/>
     <w:rsid w:val="00776E4F"/>
     <w:rsid w:val="0078340A"/>
     <w:rsid w:val="00797D5C"/>
     <w:rsid w:val="007A7F60"/>
     <w:rsid w:val="007B70ED"/>
+    <w:rsid w:val="007B7D3E"/>
     <w:rsid w:val="007F33D1"/>
+    <w:rsid w:val="00804E12"/>
     <w:rsid w:val="00807BDD"/>
     <w:rsid w:val="0082184E"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="008466E3"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="00854E4D"/>
     <w:rsid w:val="00855D26"/>
     <w:rsid w:val="008625F4"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
+    <w:rsid w:val="00894FEA"/>
+    <w:rsid w:val="0089695D"/>
     <w:rsid w:val="0089776D"/>
     <w:rsid w:val="008A0AA0"/>
     <w:rsid w:val="008A17C8"/>
+    <w:rsid w:val="008A3D57"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="008D2706"/>
     <w:rsid w:val="008D376D"/>
     <w:rsid w:val="008D41CC"/>
     <w:rsid w:val="008D64A5"/>
     <w:rsid w:val="008E4F42"/>
     <w:rsid w:val="008F0833"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00923766"/>
     <w:rsid w:val="00931389"/>
+    <w:rsid w:val="00934934"/>
     <w:rsid w:val="00942943"/>
     <w:rsid w:val="0094294B"/>
     <w:rsid w:val="009534B2"/>
     <w:rsid w:val="009705AB"/>
+    <w:rsid w:val="00973CC9"/>
     <w:rsid w:val="00981EE8"/>
     <w:rsid w:val="00991C81"/>
     <w:rsid w:val="00993863"/>
     <w:rsid w:val="009953CD"/>
     <w:rsid w:val="009A57B7"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
     <w:rsid w:val="009D2B71"/>
     <w:rsid w:val="009F0832"/>
     <w:rsid w:val="009F5EC7"/>
     <w:rsid w:val="00A01CDF"/>
     <w:rsid w:val="00A074A8"/>
+    <w:rsid w:val="00A122C2"/>
     <w:rsid w:val="00A22EB3"/>
     <w:rsid w:val="00A27F24"/>
     <w:rsid w:val="00A27F8C"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A66A38"/>
     <w:rsid w:val="00A674F8"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A92E4B"/>
+    <w:rsid w:val="00AA0634"/>
     <w:rsid w:val="00AA48C7"/>
+    <w:rsid w:val="00AA707A"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00AB6798"/>
     <w:rsid w:val="00AE7D8B"/>
+    <w:rsid w:val="00B06E0D"/>
     <w:rsid w:val="00B11D09"/>
     <w:rsid w:val="00B148D8"/>
+    <w:rsid w:val="00B227D8"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B3412B"/>
     <w:rsid w:val="00B34E8C"/>
     <w:rsid w:val="00B46FC4"/>
     <w:rsid w:val="00B514D4"/>
     <w:rsid w:val="00B54104"/>
     <w:rsid w:val="00B55D5C"/>
     <w:rsid w:val="00B575B7"/>
     <w:rsid w:val="00B57DD6"/>
+    <w:rsid w:val="00B63372"/>
     <w:rsid w:val="00B70F0F"/>
     <w:rsid w:val="00B774F9"/>
+    <w:rsid w:val="00B918B5"/>
     <w:rsid w:val="00B96E5D"/>
     <w:rsid w:val="00B9759C"/>
     <w:rsid w:val="00BB2D08"/>
     <w:rsid w:val="00BC476B"/>
     <w:rsid w:val="00BC64AB"/>
     <w:rsid w:val="00BD4041"/>
     <w:rsid w:val="00BD5104"/>
     <w:rsid w:val="00BE1812"/>
     <w:rsid w:val="00BE4FD0"/>
+    <w:rsid w:val="00BF016E"/>
     <w:rsid w:val="00BF0FA6"/>
     <w:rsid w:val="00BF6448"/>
     <w:rsid w:val="00BF7589"/>
+    <w:rsid w:val="00C009AD"/>
     <w:rsid w:val="00C071C8"/>
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
     <w:rsid w:val="00C1628A"/>
     <w:rsid w:val="00C17497"/>
     <w:rsid w:val="00C40995"/>
     <w:rsid w:val="00C42F3C"/>
+    <w:rsid w:val="00C43789"/>
     <w:rsid w:val="00C53495"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C64506"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C817ED"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CB5258"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CD6ECC"/>
     <w:rsid w:val="00CE1CB3"/>
     <w:rsid w:val="00CE48E5"/>
     <w:rsid w:val="00CE632E"/>
+    <w:rsid w:val="00CF0627"/>
     <w:rsid w:val="00CF53BA"/>
     <w:rsid w:val="00CF7467"/>
     <w:rsid w:val="00D06AA1"/>
     <w:rsid w:val="00D0707F"/>
     <w:rsid w:val="00D2176C"/>
     <w:rsid w:val="00D25352"/>
+    <w:rsid w:val="00D26386"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
     <w:rsid w:val="00D42360"/>
     <w:rsid w:val="00D80A16"/>
     <w:rsid w:val="00D81EF4"/>
     <w:rsid w:val="00DA6900"/>
+    <w:rsid w:val="00DB4844"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DD6C7F"/>
     <w:rsid w:val="00DF1F3F"/>
     <w:rsid w:val="00DF516C"/>
     <w:rsid w:val="00DF66F8"/>
     <w:rsid w:val="00E06067"/>
     <w:rsid w:val="00E072EE"/>
     <w:rsid w:val="00E22017"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E56E99"/>
     <w:rsid w:val="00E57F6F"/>
     <w:rsid w:val="00E73CD9"/>
     <w:rsid w:val="00E75EB0"/>
     <w:rsid w:val="00E760C3"/>
     <w:rsid w:val="00E86474"/>
     <w:rsid w:val="00E9066C"/>
     <w:rsid w:val="00E9424E"/>
     <w:rsid w:val="00EA6927"/>
     <w:rsid w:val="00EB1CC5"/>
     <w:rsid w:val="00EB1FAF"/>
     <w:rsid w:val="00EE637F"/>
     <w:rsid w:val="00F13506"/>
     <w:rsid w:val="00F22AC1"/>
     <w:rsid w:val="00F27E73"/>
     <w:rsid w:val="00F3008F"/>
     <w:rsid w:val="00F41408"/>
     <w:rsid w:val="00F43CBC"/>
     <w:rsid w:val="00F568C7"/>
     <w:rsid w:val="00F6170F"/>
     <w:rsid w:val="00F64BAF"/>
     <w:rsid w:val="00F75A63"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
     <w:rsid w:val="00F94DE7"/>
     <w:rsid w:val="00FA474E"/>
     <w:rsid w:val="00FA5978"/>
     <w:rsid w:val="00FB32BC"/>
     <w:rsid w:val="00FB5AEA"/>
     <w:rsid w:val="00FC3D97"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
+    <w:rsid w:val="00FF6555"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="30FFD538"/>
@@ -28712,58 +34263,78 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00923766"/>
+    <w:rsid w:val="000B6E27"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00102316"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Niveau 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:qFormat/>
     <w:rsid w:val="008F0833"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
@@ -29267,50 +34838,64 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00B54104"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00807BDD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
+    <w:name w:val="Titre 1 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00102316"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="fr-CA"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="191454813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="472333374">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -29399,51 +34984,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1536037540">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/noel-1977-chez-la-famille-tremblay-de-saint-stanislas/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/chasse-aux-faisans-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/rallye-de-motoneiges-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/recolte-maraichere-de-solange-tremblay-en-ontario-1976/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lavoute.tv/audiovisuel/festival-du-faisan-1976-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/coupe-forestiere-a-la-scie-mecanique-en-1960/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/les-foins-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/fete-de-noel-chez-les-tremblay/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/parade-du-festival-du-bleuet-1988/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/noel-chez-les-tremblay-a-saint-stanislas-1982/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\isabelleshg\Documents\Administration\Mod&#232;le%20Instrument%20de%20recherche%202017%20v2.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -29691,71 +35276,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E7D40B4-8277-4663-A26A-1272CFFD02E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
-  <Pages>29</Pages>
-[...1 lines deleted...]
-  <Characters>30983</Characters>
+  <Pages>35</Pages>
+  <Words>7295</Words>
+  <Characters>41879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>258</Lines>
-  <Paragraphs>73</Paragraphs>
+  <Lines>790</Lines>
+  <Paragraphs>406</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36543</CharactersWithSpaces>
+  <CharactersWithSpaces>48768</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>