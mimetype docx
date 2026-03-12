--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -1918,65 +1918,51 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="418DB304" w14:textId="2CD1A2ED" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc198114734" w:history="1">
         <w:r w:rsidRPr="00E367DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P280/A3/2.4 : Filles d</w:t>
-[...13 lines deleted...]
-          <w:t>Isabelle</w:t>
+          <w:t>P280/A3/2.4 : Filles d’Isabelle</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc198114734 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -7293,51 +7279,65 @@
     </w:p>
     <w:p w14:paraId="15768816" w14:textId="11975CA6" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc198114806" w:history="1">
         <w:r w:rsidRPr="00E367DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P280/C1 Images en mouvement</w:t>
+          <w:t xml:space="preserve">P280/C1 Images en </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E367DB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>m</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E367DB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>ouvement</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc198114806 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -7367,51 +7367,65 @@
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7F4F7A45" w14:textId="7E2BB3FF" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7">
       <w:pPr>
         <w:pStyle w:val="TM3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-CA"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc198114807" w:history="1">
         <w:r w:rsidRPr="00E367DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>P280/C1/1 : VHS</w:t>
+          <w:t>P280/C1/1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E367DB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00E367DB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>: VHS</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc198114807 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -8364,91 +8378,139 @@
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="002E6ABC">
         <w:t xml:space="preserve"> cm non traité);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EC17A51" w14:textId="242DC1E0" w:rsidR="002E6ABC" w:rsidRDefault="00242535" w:rsidP="002E6ABC">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">[193-], </w:t>
       </w:r>
       <w:r w:rsidR="002E6ABC">
         <w:t xml:space="preserve">1948-2012. </w:t>
       </w:r>
       <w:r w:rsidR="00C43789">
         <w:t>293 photographies originales et copies (dont 117 non traitées).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60741F79" w14:textId="77777777" w:rsidR="00C43789" w:rsidRDefault="00C43789" w:rsidP="00C43789">
+    <w:p w14:paraId="60741F79" w14:textId="77777777" w:rsidR="00C43789" w:rsidRDefault="00C43789" w:rsidP="00C07BB0"/>
+    <w:p w14:paraId="441EB5C6" w14:textId="2F6EE480" w:rsidR="00C07BB0" w:rsidRDefault="00C07BB0" w:rsidP="00C07BB0">
+      <w:r>
+        <w:t xml:space="preserve">Ajouts 15 janvier 2026 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C216C01" w14:textId="024558F8" w:rsidR="00C07BB0" w:rsidRDefault="00C07BB0" w:rsidP="00C07BB0">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
-      </w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>1 annuaire téléphonique Saguenay–Lac-St-Jean 2004 (bibliothèque);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07667D79" w14:textId="4CD4EEF2" w:rsidR="00C07BB0" w:rsidRDefault="00C07BB0" w:rsidP="00C07BB0">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">7 VHS [1986-1988] estimées à 420 minutes d’images en mouvement; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5170879B" w14:textId="7DAE9954" w:rsidR="00C07BB0" w:rsidRDefault="00757433" w:rsidP="00C07BB0">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>16 cm de documents textuels, mais 8 cm conservés et 8 cm élagués;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7384F2D0" w14:textId="1F64EB96" w:rsidR="00757433" w:rsidRDefault="00757433" w:rsidP="00C07BB0">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>13 photographies (originales et copies).</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="78DC2851" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRPr="00A674F8" w:rsidRDefault="00FB32BC" w:rsidP="00923766"/>
     <w:p w14:paraId="30ACCEE9" w14:textId="77777777" w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00931389" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Notice biographique</w:t>
       </w:r>
       <w:r w:rsidR="00A674F8" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> / Histoire administrative</w:t>
       </w:r>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00DC3822" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708A8E91" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRDefault="00561EAD" w:rsidP="00923766"/>
     <w:p w14:paraId="2B9D97ED" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Née le 15 juillet 1944 à Saint-Stanislas du mariage de Patrick Tremblay et de Jeanne Simard, Solange Tremblay a demeuré dans sa ville natale toute sa vie. La famille Tremblay est d’ailleurs arrivée dans la municipalité vers 1930. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57DA187E" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="64EA845B" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
         <w:t xml:space="preserve">Après des études au couvent Bon-Pasteur de Saint-Stanislas, Solange Tremblay commence à s’occuper de maisons privées en tant que femme à tout faire en 1967 et elle est engagée comme vendeuse dans le magasin de Jean-Charles Savard à Mistassini. Elle vend aussi des produits de beauté (1965-1974). En 1970, elle fait du bénévolat pour l’œuvre des Loisirs de Saint-Stanislas et cuisine pour les enfants à l’école Bon-Pasteur. En 1974, Solange part cuisiner aussi dans un chantier de Saint-Augustin. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E492D8" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="42E21EA4" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
         <w:t xml:space="preserve">Au fil du temps, Solange se spécialise avec quelques formations en comptabilité agricole, en écriture et en relations publiques. Elle s’implique dans le Festival du Faisan et y met en pratique ses nouvelles connaissances en comptabilité. En 1982, elle devient secrétaire-archiviste pour les Filles d’Isabelle de Mistassini avant de faire partie de leur garde d’honneur vers 1992 et d’être leur photographe attitrée en 1986. Hormis les Filles d’Isabelle, Solange prend part à diverses activités du Cercle des Fermières de Saint-Stanislas dont l’organisation de leur 50e anniversaire. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77BE5FED" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="0E8C4D49" w14:textId="03D55DE3" w:rsidR="007F33D1" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
         <w:t>Du côté de la politique, Solange Tremblay représente le Parti Libéral du Canada en 1985 et elle fait office d’agente officielle de ce même parti en 1988. Elle a aussi aidé son mari, Normand Fortin, à gérer une maison à logements. Normand Fortin</w:t>
       </w:r>
       <w:r w:rsidR="00550115">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
@@ -8542,99 +8604,119 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Avec les ajouts du 19 février 2024, le fonds comprend désormais 2 boîtes individuelles. Les ajouts du 14 mai 2025 ont été rangés dans les dossiers correspondants et de nouveaux dossiers ont également été créés à la date de réception par les archivistes Marie-Chantale Savard et Frédérique Fradet. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1802A8" w14:textId="77777777" w:rsidR="00BC476B" w:rsidRDefault="00BC476B" w:rsidP="00FB32BC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E7C693F" w14:textId="0B7E499C" w:rsidR="00BC476B" w:rsidRDefault="00BC476B" w:rsidP="00FB32BC">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Les documents audiovisuels (VHS et bobines), reçues le 19 février 2024 et le 14 mai 2025, se trouvent dans la rangée de l’audiovisuel, dans la voûte de la Société d’histoire. Le tout sera numérisé à un tarif réduit à 50 %.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E0A5D2A" w14:textId="77777777" w:rsidR="00D30256" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EA4F9B7" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0C92DC" w14:textId="77777777" w:rsidR="00050170" w:rsidRDefault="00050170" w:rsidP="00923766"/>
     <w:p w14:paraId="151A974D" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
         <w:t>Le fonds P280 contient au départ, avec la donation de 2015, des portraits des familles Tremblay, Simard et Girard ainsi qu’une photographie représentant un groupe de travailleurs sur un chantier forestier à Saint-Stanislas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="382B2423" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="0FC5CD4D" w14:textId="6A163146" w:rsidR="00AB6798" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC">
       <w:r>
         <w:t>L'ajout du 13 décembre 2023 comprend des images des familles Tremblay et Savard, du Festival du Faisan, du Cercle des Fermières de Saint-Stanislas, de la Fabrique de Saint-Stanislas et du Parti libéral, des organisations dans lesquels Mme Solange Tremblay, donatrice, s'est impliquée.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45851C65" w14:textId="77777777" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="5916CFC5" w14:textId="04EF423A" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00FB32BC">
       <w:r>
         <w:t xml:space="preserve">Les ajouts de 2025 </w:t>
       </w:r>
       <w:r w:rsidRPr="00B227D8">
         <w:t xml:space="preserve">traitent des différentes implications de Mme Solange Tremblay à Saint-Stanislas, notamment dans le Cercle des Fermières, les Filles d'Isabelle et le Festival du Faisan. De même, on y retrouve des images de Mme Tremblay au Congrès du Parti Libéral à Ottawa en 1982, des vacances au chalet du Lac Éden et plusieurs événements municipaux ou familiaux. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Les photographies ont été prises entre 1930 et 2014. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B227D8">
         <w:t>Ils contiennent également des films de famille sur bobines ou VHS des années 1970.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA33FA4" w14:textId="77777777" w:rsidR="00AC444A" w:rsidRDefault="00AC444A" w:rsidP="00FB32BC"/>
+    <w:p w14:paraId="37BBAB43" w14:textId="0379C026" w:rsidR="00AC444A" w:rsidRDefault="00AC444A" w:rsidP="00FB32BC">
+      <w:r>
+        <w:t>Les ajouts de 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC444A">
+        <w:t xml:space="preserve"> concerne</w:t>
+      </w:r>
+      <w:r>
+        <w:t>nt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC444A">
+        <w:t xml:space="preserve"> l'implication comme agente officielle du Parti Libéral de la donatrice, Mme Solange Tremblay, dans les années 1980, son bénévolat pour le Centre de Femmes du pays Maria-Chapdelaine en 2011, plusieurs autres implications de Mme Tremblay, en particulier le Cercle des Fermières</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> et le Festival du Faisan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC444A">
+        <w:t>, et des souvenirs à Saint-Stanislas de 1966 à 2015 ou lors du centenaire de Mistassini en 1992.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27686D7B" w14:textId="77777777" w:rsidR="00FB32BC" w:rsidRPr="00A674F8" w:rsidRDefault="00FB32BC" w:rsidP="00FB32BC"/>
     <w:p w14:paraId="3261C6B6" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Instrument de recherche :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C10EF62" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766"/>
     <w:p w14:paraId="60BC7670" w14:textId="59DB1F18" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="001153BB" w:rsidP="00923766">
       <w:r>
         <w:t>Ce fonds n’est pas traité</w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
@@ -8712,50 +8794,51 @@
       <w:r w:rsidRPr="00B227D8">
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43CBA84C" w14:textId="77777777" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Ajout du 29 mai 2025 :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F887819" w14:textId="77043782" w:rsidR="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00B227D8">
         <w:t>raité en partie (14 dossiers, 0,3 cm, 176 photos) le 14 janvier 2026 par Frédérique Fradet, archiviste. Noté au rapport 2026.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EB28D7D" w14:textId="7EDA80B4" w:rsidR="00B227D8" w:rsidRPr="00B227D8" w:rsidRDefault="00B227D8" w:rsidP="00B227D8">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Reste 2,8 cm de documents textuels et 117 photos à traiter de cet ajout.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D181A47" w14:textId="77777777" w:rsidR="00B227D8" w:rsidRPr="00A674F8" w:rsidRDefault="00B227D8" w:rsidP="00923766"/>
     <w:p w14:paraId="0F0D749B" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
@@ -10487,51 +10570,50 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="008F0833" w:rsidRPr="00A674F8" w14:paraId="2C0A8B69" w14:textId="77777777" w:rsidTr="00491934">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F9D4A29" w14:textId="77777777" w:rsidR="008F0833" w:rsidRPr="00A674F8" w:rsidRDefault="008F0833" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2032C610" w14:textId="2E92E545" w:rsidR="008F0833" w:rsidRDefault="008F0833" w:rsidP="008F0833">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="_Toc198114725"/>
             <w:r w:rsidRPr="008F0833">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>P280/A3/1 : Festivals et carnavals</w:t>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
@@ -11325,55 +11407,52 @@
           <w:p w14:paraId="2670F0C3" w14:textId="77777777" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55D13052" w14:textId="77777777" w:rsidR="00421D85" w:rsidRPr="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
               <w:t>Ce dossier comprend…</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55379E91" w14:textId="232E9C6A" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
               <w:t xml:space="preserve">Cercle des Fermières. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74BCB751" w14:textId="394C2527" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
-              <w:t xml:space="preserve">Cahier d’activités du Cercle des Fermières du Québec, 75 ans, 1915 à 1990, reçu alors que Solange Tremblay était présidente du Cercle à Saint-Stanislas, ainsi qu’un livret contenant des procès-verbaux en 1990, en plus de deux autres </w:t>
-[...1 lines deleted...]
-            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>documents référant au Cercle des Fermières du Québec, 49</w:t>
+              <w:t>Cahier d’activités du Cercle des Fermières du Québec, 75 ans, 1915 à 1990, reçu alors que Solange Tremblay était présidente du Cercle à Saint-Stanislas, ainsi qu’un livret contenant des procès-verbaux en 1990, en plus de deux autres documents référant au Cercle des Fermières du Québec, 49</w:t>
             </w:r>
             <w:r w:rsidRPr="00421D85">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> congrès à Saint-Félicien en 1991 et Notre autonomie, un défi de tous les jours, 1989-1990. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="393A16A5" w14:textId="7F54A1BB" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:r>
               <w:t>Documents de reconnaissance et coupures de presse.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CCD7C2A" w14:textId="22215391" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85"/>
           <w:p w14:paraId="738FA256" w14:textId="1773F9D2" w:rsidR="00421D85" w:rsidRDefault="00421D85" w:rsidP="00421D85">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -11662,60 +11741,51 @@
           <w:p w14:paraId="53CAB146" w14:textId="5C1B3748" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
             </w:pPr>
             <w:bookmarkStart w:id="22" w:name="_Hlk219274861"/>
             <w:r>
               <w:t>Programme groupe Filles d’Isabelle Mistassini 17-18 juin 1980</w:t>
             </w:r>
             <w:r w:rsidR="001C4FCD">
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B47DE44" w14:textId="16F03BCF" w:rsidR="001C4FCD" w:rsidRPr="00421D85" w:rsidRDefault="001C4FCD" w:rsidP="007B7D3E">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t>C</w:t>
-[...8 lines deleted...]
-              <w:t>1976-1981</w:t>
+              <w:t>Carte de membre (carnet), 1976-1981</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="22"/>
           <w:p w14:paraId="6CA1DD86" w14:textId="77777777" w:rsidR="00991C81" w:rsidRDefault="00991C81" w:rsidP="00991C81">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00491934" w:rsidRPr="00A674F8" w14:paraId="0946B585" w14:textId="77777777" w:rsidTr="00491934">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="26DACE84" w14:textId="7BC3243D" w:rsidR="00491934" w:rsidRPr="00A674F8" w:rsidRDefault="00491934" w:rsidP="00491934">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -13465,50 +13535,51 @@
     <w:p w14:paraId="718717C6" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
     <w:p w14:paraId="66A8040F" w14:textId="09140552" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc198114747"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>Documents iconographiques</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="56B09A79" w14:textId="42D3F028" w:rsidR="00696AE2" w:rsidRDefault="008466E3" w:rsidP="00696AE2">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00B54104">
         <w:t xml:space="preserve"> 1938-2010. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF1F3F">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>8 photographies numérisées</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB32BC">
         <w:t xml:space="preserve"> (disque dur externe Archives et serveur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB32BC">
         <w:t>Voute:K</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FB32BC">
@@ -13516,51 +13587,50 @@
       </w:r>
       <w:r w:rsidRPr="00DF1F3F">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>513</w:t>
       </w:r>
       <w:r>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB32BC">
         <w:t>photographies originales.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66696A05" w14:textId="77777777" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00696AE2"/>
     <w:p w14:paraId="50230ACB" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B61EABB" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -14472,50 +14542,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1365B635" w14:textId="77777777" w:rsidR="002A5FA2" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="248ABA74" w14:textId="77777777" w:rsidR="00993863" w:rsidRPr="00AB6798" w:rsidRDefault="00993863" w:rsidP="00993863">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="791FC9C8" w14:textId="77777777" w:rsidR="00993863" w:rsidRDefault="00993863" w:rsidP="00993863">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -14539,51 +14610,50 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="400BBAF0" w14:textId="2AF50A6B" w:rsidR="002A5FA2" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Philippe Girard, grand-père de Solange Tremblay, donatrice, et les proches Girard.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A19F278" w14:textId="77777777" w:rsidR="002A5FA2" w:rsidRDefault="002A5FA2" w:rsidP="002A5FA2">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005546F6" w:rsidRPr="00A674F8" w14:paraId="21E9296D" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="518D1E35" w14:textId="4A8EA97F" w:rsidR="005546F6" w:rsidRPr="00A674F8" w:rsidRDefault="005546F6" w:rsidP="005546F6">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -15402,50 +15472,51 @@
               <w:t>Pour davantage de photos du couple Solange Tremblay et Normand Fortin, voir la cote P280/B1/1 du présent fonds.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55DE1AF9" w14:textId="77777777" w:rsidR="000C70A7" w:rsidRDefault="000C70A7" w:rsidP="000C70A7"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE637F" w:rsidRPr="00A674F8" w14:paraId="785C2EA1" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0299BB8A" w14:textId="0D3E9EBF" w:rsidR="00EE637F" w:rsidRPr="00A674F8" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="365CAC0D" w14:textId="7B000409" w:rsidR="00EE637F" w:rsidRPr="00B321DF" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="46" w:name="_Toc198114757"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
@@ -15496,51 +15567,50 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DF72018" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C0C4F47" w14:textId="77777777" w:rsidR="00993863" w:rsidRPr="00AB6798" w:rsidRDefault="00993863" w:rsidP="00993863">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F4A0EB0" w14:textId="77777777" w:rsidR="00993863" w:rsidRDefault="00993863" w:rsidP="00993863">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -15640,51 +15710,50 @@
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C70A7" w:rsidRPr="00A674F8" w14:paraId="20C8BDE3" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5F4BC04F" w14:textId="33433055" w:rsidR="000C70A7" w:rsidRPr="00A674F8" w:rsidRDefault="000C70A7" w:rsidP="000C70A7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33A1F03E" w14:textId="677D0977" w:rsidR="000C70A7" w:rsidRPr="00B321DF" w:rsidRDefault="000C70A7" w:rsidP="00EE637F">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="47" w:name="_Toc198114758"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
@@ -16371,51 +16440,50 @@
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79FF959C" w14:textId="2AB7F895" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:r>
               <w:t>Pour voir des images de membres de la famille identifiés, consultez les dossiers précédents du présent fonds, de P280/B1/1 à B1/7 inclusivement.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="609B7820" w14:textId="77777777" w:rsidR="00E760C3" w:rsidRDefault="00E760C3" w:rsidP="00E760C3">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DAAFF10" w14:textId="39E24904" w:rsidR="00593D7D" w:rsidRDefault="00593D7D" w:rsidP="00593D7D"/>
     <w:p w14:paraId="391803AF" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRDefault="00EE637F" w:rsidP="00593D7D"/>
     <w:p w14:paraId="7475C7C8" w14:textId="60DAB9C3" w:rsidR="00EE637F" w:rsidRPr="00A674F8" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="51" w:name="_Toc198114761"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>P280/B2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Occupations professionnelles</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="657E3971" w14:textId="77777777" w:rsidR="00EE637F" w:rsidRPr="00A674F8" w:rsidRDefault="00EE637F" w:rsidP="00EE637F"/>
     <w:p w14:paraId="366E9292" w14:textId="6683B306" w:rsidR="00EE637F" w:rsidRPr="00AB6798" w:rsidRDefault="00EE637F" w:rsidP="00EE637F">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Portée et contenu</w:t>
       </w:r>
       <w:r w:rsidR="00667CEE">
         <w:rPr>
@@ -17374,189 +17442,153 @@
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002E6ABC" w:rsidRPr="00A674F8" w14:paraId="389200CA" w14:textId="77777777" w:rsidTr="00E73CD9">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0C1CA0AD" w14:textId="4AD77ADD" w:rsidR="002E6ABC" w:rsidRPr="00A674F8" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4791537D" w14:textId="34220DB8" w:rsidR="002E6ABC" w:rsidRPr="00EE637F" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
-              <w:t>5</w:t>
-[...2 lines deleted...]
-              <w:t> </w:t>
+              <w:t>5 </w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:t>Politique</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D3CCF22" w14:textId="52F228F9" w:rsidR="002E6ABC" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">– </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> photographies. </w:t>
+              <w:t xml:space="preserve">– 1982. – 16 photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10E31456" w14:textId="77777777" w:rsidR="002E6ABC" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="728FD791" w14:textId="77777777" w:rsidR="002E6ABC" w:rsidRPr="00AB6798" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Portée et contenu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="414CC0EC" w14:textId="4285F4E5" w:rsidR="002E6ABC" w:rsidRDefault="002E6ABC" w:rsidP="002E6ABC">
             <w:r>
-              <w:t xml:space="preserve">Ce dossier </w:t>
-[...2 lines deleted...]
-              <w:t>présente des r</w:t>
+              <w:t>Ce dossier présente des r</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">encontres avec des personnalités politiques telles que la député </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>dolbienne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mme Suzanne Beauchamp-Niquet, le ministre Pierre </w:t>
-[...6 lines deleted...]
-              <w:t>Trudeau et la présidente du PLQ, Mme Céline Tardif, lors de la présence de Solange Tremblay au Congrès du Parti Libéral à Ottawa en 1982.</w:t>
+              <w:t xml:space="preserve"> Mme Suzanne Beauchamp-Niquet, le ministre Pierre Trudeau et la présidente du PLQ, Mme Céline Tardif, lors de la présence de Solange Tremblay au Congrès du Parti Libéral à Ottawa en 1982.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52A359C3" w14:textId="77777777" w:rsidR="0069656E" w:rsidRPr="00A674F8" w:rsidRDefault="0069656E" w:rsidP="00696AE2"/>
     <w:p w14:paraId="4184AC1E" w14:textId="70650BB2" w:rsidR="00593D7D" w:rsidRDefault="00593D7D" w:rsidP="00696AE2"/>
     <w:p w14:paraId="695D97C6" w14:textId="29EEB8A2" w:rsidR="00776E4F" w:rsidRPr="00A674F8" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Toc198114766"/>
       <w:r>
         <w:t>P280/B3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Implications</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="46948855" w14:textId="77777777" w:rsidR="00776E4F" w:rsidRPr="00A674F8" w:rsidRDefault="00776E4F" w:rsidP="00776E4F"/>
     <w:p w14:paraId="4B3EF2F4" w14:textId="3C836368" w:rsidR="00776E4F" w:rsidRPr="00AB6798" w:rsidRDefault="00776E4F" w:rsidP="00776E4F">
@@ -18435,50 +18467,51 @@
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64506" w:rsidRPr="00A674F8" w14:paraId="45D34A9D" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="04F4D981" w14:textId="7E27DB0F" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A0BCE93" w14:textId="6A64CD57" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="61" w:name="_Toc198114771"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
@@ -18630,51 +18663,50 @@
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C64506" w:rsidRPr="00A674F8" w14:paraId="65C97911" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4B88754C" w14:textId="76B330FB" w:rsidR="00C64506" w:rsidRPr="00A674F8" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="536B163A" w14:textId="40186608" w:rsidR="00C64506" w:rsidRPr="00B321DF" w:rsidRDefault="00C64506" w:rsidP="00C64506">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="62" w:name="_Toc198114772"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
@@ -19506,50 +19538,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BA5D553" w14:textId="6716E95E" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:r>
               <w:t>Ce dossier comprend une photographie du groupe des Filles d’Isabelle de Mistassini lors des 30 ans de l’organisme</w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
               <w:t>. Solange Tremblay y reçoit un certificat pour ses 25 ans d’implication au sein de l’organisme.</w:t>
             </w:r>
             <w:r w:rsidR="00667CEE">
               <w:t xml:space="preserve"> Pour compléter, </w:t>
             </w:r>
             <w:r w:rsidR="00BF016E">
               <w:t>un hommage au Saint-Sacrement en 1982 et les Filles d’Isabelle en costume en 1983.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73F58D9E" w14:textId="77777777" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E46D6A4" w14:textId="4A0813FA" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Notes : Voir aussi </w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
               <w:t xml:space="preserve">le dossier </w:t>
             </w:r>
             <w:r w:rsidR="008F0833" w:rsidRPr="007B7D3E">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Implication </w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
               <w:t xml:space="preserve">dans les documents textuels du présent fonds à la </w:t>
             </w:r>
             <w:r w:rsidR="007B7D3E">
               <w:t>cote P280/A3/2.4 du présent fonds.</w:t>
             </w:r>
             <w:r w:rsidR="008F0833">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7866DC8F" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
           <w:p w14:paraId="364C7512" w14:textId="4557888D" w:rsidR="0001776F" w:rsidRPr="00B321DF" w:rsidRDefault="0001776F" w:rsidP="0001776F">
             <w:pPr>
@@ -19610,51 +19643,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D9EB7AA" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="0001776F">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CF8AC34" w14:textId="77777777" w:rsidR="0001776F" w:rsidRPr="00AB6798" w:rsidRDefault="0001776F" w:rsidP="0001776F">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EA48CAD" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
           <w:p w14:paraId="43A2DFFD" w14:textId="77777777" w:rsidR="0001776F" w:rsidRDefault="0001776F" w:rsidP="00BE4FD0"/>
           <w:p w14:paraId="1D59DF15" w14:textId="77777777" w:rsidR="00BE4FD0" w:rsidRDefault="00BE4FD0" w:rsidP="00BE4FD0">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00181E12" w:rsidRPr="00A674F8" w14:paraId="5F9FB338" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="06B0FFC3" w14:textId="2C5225F5" w:rsidR="00181E12" w:rsidRPr="00A674F8" w:rsidRDefault="00181E12" w:rsidP="00181E12">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -20365,50 +20397,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00181E12" w:rsidRPr="00A674F8" w14:paraId="3C36A34C" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="010F4B97" w14:textId="77777777" w:rsidR="00181E12" w:rsidRPr="00A674F8" w:rsidRDefault="00181E12" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42D38E3C" w14:textId="6B3F399B" w:rsidR="00181E12" w:rsidRPr="00B321DF" w:rsidRDefault="00181E12" w:rsidP="00C17497">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="72" w:name="_Toc198114782"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
@@ -20553,51 +20586,50 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00594199" w:rsidRPr="00A674F8" w14:paraId="73E21258" w14:textId="77777777" w:rsidTr="00C17497">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="4A0E77C8" w14:textId="36C1CB3E" w:rsidR="00594199" w:rsidRPr="00A674F8" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="439ECB50" w14:textId="71C348D7" w:rsidR="00594199" w:rsidRPr="00B321DF" w:rsidRDefault="00594199" w:rsidP="00594199">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="73" w:name="_Toc198114783"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
@@ -21327,50 +21359,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FC99E76" w14:textId="77777777" w:rsidR="00602381" w:rsidRDefault="00602381" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="54D10602" w14:textId="77777777" w:rsidR="00602381" w:rsidRPr="00AB6798" w:rsidRDefault="00602381" w:rsidP="00C17497">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71E05F34" w14:textId="77777777" w:rsidR="00602381" w:rsidRDefault="00602381" w:rsidP="00C17497">
             <w:r>
               <w:t xml:space="preserve">Cette sous-sous-série comprend </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -21440,51 +21473,50 @@
         <w:t>Transports</w:t>
       </w:r>
       <w:bookmarkEnd w:id="79"/>
     </w:p>
     <w:p w14:paraId="33034A1E" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42"/>
     <w:p w14:paraId="203F24C9" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00AB6798" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3172FC3A" w14:textId="47D7963C" w:rsidR="008E4F42" w:rsidRPr="008A17C8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r w:rsidR="008A17C8">
         <w:t xml:space="preserve">les dossiers </w:t>
       </w:r>
       <w:r w:rsidR="008A17C8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Camions, Vélos </w:t>
       </w:r>
       <w:r w:rsidR="008A17C8">
         <w:t xml:space="preserve">et </w:t>
       </w:r>
       <w:r w:rsidR="008A17C8">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Voitures.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2343024E" w14:textId="77777777" w:rsidR="008E4F42" w:rsidRPr="00A674F8" w:rsidRDefault="008E4F42" w:rsidP="008E4F42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
@@ -22342,50 +22374,51 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB5AEA" w:rsidRPr="00A674F8" w14:paraId="2740393D" w14:textId="77777777" w:rsidTr="00FB5AEA">
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="3C588447" w14:textId="517E6B4D" w:rsidR="00FB5AEA" w:rsidRPr="00A674F8" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79E73E50" w14:textId="6DC9A767" w:rsidR="00FB5AEA" w:rsidRPr="00B321DF" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="85" w:name="_Toc198114795"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
@@ -22517,51 +22550,50 @@
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB5AEA" w:rsidRPr="00A674F8" w14:paraId="3FFE4AF2" w14:textId="77777777" w:rsidTr="009953CD">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="57000F26" w14:textId="7433920A" w:rsidR="00FB5AEA" w:rsidRPr="00A674F8" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79767454" w14:textId="060E009B" w:rsidR="00FB5AEA" w:rsidRPr="00B321DF" w:rsidRDefault="00FB5AEA" w:rsidP="00FB5AEA">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="86" w:name="_Toc198114796"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
@@ -23332,50 +23364,51 @@
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B5555" w:rsidRPr="00A674F8" w14:paraId="6AAA92C6" w14:textId="77777777" w:rsidTr="005B5555">
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="46C65D09" w14:textId="77777777" w:rsidR="005B5555" w:rsidRPr="00A674F8" w:rsidRDefault="005B5555" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42EBF43E" w14:textId="5AC9276D" w:rsidR="005B5555" w:rsidRPr="00B321DF" w:rsidRDefault="005B5555" w:rsidP="00D0707F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="91" w:name="_Toc198114801"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="001775D5">
               <w:t>9</w:t>
             </w:r>
@@ -23473,57 +23506,51 @@
               </w:rPr>
               <w:t>Plusieurs photos de curés de Saint-Stanislas, messes, avis de décès</w:t>
             </w:r>
             <w:r w:rsidR="00B06E0D">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D4A642D" w14:textId="59C545BF" w:rsidR="00DB4844" w:rsidRDefault="00DB4844" w:rsidP="00DB4844">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>1948, 1968, 1983-2012</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">. Un album 60 photos. </w:t>
+              <w:t xml:space="preserve">1948, 1968, 1983-2012. Un album 60 photos. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60AF12B3" w14:textId="77777777" w:rsidR="00DB4844" w:rsidRDefault="00DB4844" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77D84689" w14:textId="607A040F" w:rsidR="00DB4844" w:rsidRDefault="00DB4844" w:rsidP="005B5555">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Notes : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ED45880" w14:textId="33BA0BAD" w:rsidR="00DB4844" w:rsidRDefault="00DB4844" w:rsidP="005B5555">
@@ -23570,51 +23597,50 @@
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001775D5" w:rsidRPr="00A674F8" w14:paraId="6656555F" w14:textId="77777777" w:rsidTr="005B5555">
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1C9203E3" w14:textId="210CC790" w:rsidR="001775D5" w:rsidRPr="00A674F8" w:rsidRDefault="001775D5" w:rsidP="001775D5">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0250A8E5" w14:textId="50FC4997" w:rsidR="001775D5" w:rsidRPr="00B321DF" w:rsidRDefault="001775D5" w:rsidP="00D0707F">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="93" w:name="_Toc198114802"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
@@ -23690,63 +23716,51 @@
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="579AB1BC" w14:textId="3F15BFF4" w:rsidR="001775D5" w:rsidRDefault="00D0707F" w:rsidP="001775D5">
             <w:r>
               <w:t xml:space="preserve">Ce dossier comprend </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D2C6FC9" w14:textId="4A0C0E11" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="005B6D9E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Chalet au lac Éden (qui est maintenant une pourvoirie</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">), avant d’être le lac Éden, c’était appelé lac Clair. </w:t>
+              <w:t xml:space="preserve">Chalet au lac Éden (qui est maintenant une pourvoirie, le Domaine du lac Éden à Saint-Stanislas), avant d’être le lac Éden, c’était appelé lac Clair. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6298EDCB" w14:textId="77777777" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="001775D5">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="74DE32BB" w14:textId="30D6487C" w:rsidR="005B6D9E" w:rsidRDefault="005B6D9E" w:rsidP="00F96020">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="94" w:name="_Hlk219275886"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -23853,117 +23867,90 @@
               <w:t>B9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>1.4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Écoles de Saint-Stanislas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DC3D091" w14:textId="7FD719A4" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">– </w:t>
-[...5 lines deleted...]
-              <w:t>[</w:t>
+              <w:t>– [</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ca</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 1930-1940]</w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> photographie. </w:t>
+              <w:t xml:space="preserve"> 1930-1940]. – 1 photographie. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C252C28" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="691BE06E" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRPr="00AB6798" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D7DDD5C" w14:textId="6AE5C289" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
             <w:r>
-              <w:t xml:space="preserve">Ce dossier comprend </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">une image de la fanfare et des étudiants devant le couvent Bon-Pasteur de Saint-Stanislas, possiblement dans les années 1930 ou 1940. </w:t>
+              <w:t xml:space="preserve">Ce dossier comprend une image de la fanfare et des étudiants devant le couvent Bon-Pasteur de Saint-Stanislas, possiblement dans les années 1930 ou 1940. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A5D6986" w14:textId="77777777" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27"/>
           <w:p w14:paraId="789B5A41" w14:textId="25727DA1" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Notes :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21816557" w14:textId="691B5984" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
             <w:r>
               <w:t xml:space="preserve">La photo est froissée. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E895F5A" w14:textId="2534FAE6" w:rsidR="000B6E27" w:rsidRDefault="000B6E27" w:rsidP="000B6E27">
             <w:r>
@@ -24111,50 +24098,51 @@
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E072EE" w:rsidRPr="00A674F8" w14:paraId="344AF575" w14:textId="77777777" w:rsidTr="005B5555">
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="60F3D4F7" w14:textId="32B085CA" w:rsidR="00E072EE" w:rsidRPr="00A674F8" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="390960B6" w14:textId="5515E6C0" w:rsidR="00E072EE" w:rsidRPr="00B321DF" w:rsidRDefault="00E072EE" w:rsidP="00E072EE">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:bookmarkStart w:id="96" w:name="_Toc198114804"/>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
@@ -24307,285 +24295,224 @@
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1412C032" w14:textId="1046350E" w:rsidR="007B7D3E" w:rsidRPr="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B7D3E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>P280/B9/</w:t>
-[...20 lines deleted...]
-              <w:t>Normandin</w:t>
+              <w:t>P280/B9/3 : Normandin</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E64014D" w14:textId="3B2BE9C6" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">– </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve"> photographies. </w:t>
+              <w:t xml:space="preserve">– 1998. – 7 photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D92B738" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="108BCDCB" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRPr="00AB6798" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E628E2E" w14:textId="22678900" w:rsidR="007B7D3E" w:rsidRPr="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">La </w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">La sous-sous-série </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Normandin</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> comprend le</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> dossier </w:t>
+              <w:t xml:space="preserve"> comprend le dossier </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Grands Jardins de Normandin.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05F565B6" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="324BB948" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="62E59C8A" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B7D3E" w:rsidRPr="00A674F8" w14:paraId="001ABB45" w14:textId="77777777" w:rsidTr="005B5555">
         <w:trPr>
           <w:trHeight w:val="1834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6EC3375A" w14:textId="1E0FC18C" w:rsidR="007B7D3E" w:rsidRPr="00A674F8" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D80C8C9" w14:textId="3B0404C2" w:rsidR="007B7D3E" w:rsidRPr="00B321DF" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
             <w:r>
               <w:t>P280</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
-              <w:t>3</w:t>
-[...2 lines deleted...]
-              <w:t>.1</w:t>
+              <w:t>3.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Grands Jardins de Normandin</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B3F67AF" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">– 1998. – 7 photographies. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13E2A11E" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="784BBD62" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRPr="00AB6798" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB6798">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Portée et contenu : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CAD4F5E" w14:textId="03ECD395" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:r>
-              <w:t>Ce dossier</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> concerne une visite de Solange Tremblay aux Grands Jardins de Normandin et de ses parterres floraux grandioses, à Normandin, au Lac-St-Jean, en 1998.</w:t>
+              <w:t>Ce dossier concerne une visite de Solange Tremblay aux Grands Jardins de Normandin et de ses parterres floraux grandioses, à Normandin, au Lac-St-Jean, en 1998.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="522F6AA2" w14:textId="77777777" w:rsidR="007B7D3E" w:rsidRDefault="007B7D3E" w:rsidP="007B7D3E">
             <w:pPr>
               <w:pStyle w:val="Niveau4"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F4DD350" w14:textId="77777777" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="00696AE2"/>
     <w:p w14:paraId="6582818A" w14:textId="5AB07A06" w:rsidR="005B5555" w:rsidRDefault="005B5555" w:rsidP="00696AE2"/>
     <w:p w14:paraId="3F4631CA" w14:textId="77777777" w:rsidR="005B5555" w:rsidRPr="00A674F8" w:rsidRDefault="005B5555" w:rsidP="00696AE2"/>
     <w:p w14:paraId="68C0FA1F" w14:textId="3CC7A275" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
       <w:bookmarkStart w:id="97" w:name="_Toc198114805"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r>
@@ -24687,71 +24614,170 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCF1572" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="3676798D" w14:textId="5DDD401A" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:bookmarkStart w:id="98" w:name="_Toc198114806"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>280</w:t>
       </w:r>
       <w:r>
         <w:t>/C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00FB32BC">
         <w:t>Images en mouvement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
-    <w:p w14:paraId="7A21E678" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
+    <w:p w14:paraId="7A21E678" w14:textId="0C6D560F" w:rsidR="00287473" w:rsidRDefault="00113EEB" w:rsidP="00287473">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007371C4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>86</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007371C4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>93</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007371C4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>36</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007371C4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> heures </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007371C4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 minutes et </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007371C4">
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DCFE48C" w14:textId="77777777" w:rsidR="00113EEB" w:rsidRPr="00A674F8" w:rsidRDefault="00113EEB" w:rsidP="00287473"/>
     <w:p w14:paraId="0193780B" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00AB6798" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1170E796" w14:textId="3CE4510A" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
+    <w:p w14:paraId="1170E796" w14:textId="4A9354C5" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
+      <w:r w:rsidR="00590DC2">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00113EEB">
+        <w:t>8</w:t>
+      </w:r>
       <w:r w:rsidR="00FB32BC">
-        <w:t>7 VHS</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00113EEB">
+        <w:t xml:space="preserve">cassettes </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB32BC">
+        <w:t>VHS</w:t>
+      </w:r>
+      <w:r w:rsidR="00113EEB">
+        <w:t xml:space="preserve"> et 40 films 8 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00113EEB">
+        <w:t>mm.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="337111B4" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287473" w:rsidRPr="00A674F8" w14:paraId="1ADDE676" w14:textId="77777777" w:rsidTr="00F94DE7">
         <w:trPr>
           <w:trHeight w:val="4846"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13C0EBD1" w14:textId="5E829C84" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
@@ -24774,51 +24800,149 @@
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B235C58" w14:textId="4C533922" w:rsidR="00287473" w:rsidRPr="00B321DF" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="99" w:name="_Toc198114807"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00FB32BC">
               <w:t>280</w:t>
             </w:r>
             <w:r>
               <w:t>/C</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="008D41CC">
               <w:t>VHS</w:t>
             </w:r>
             <w:bookmarkEnd w:id="99"/>
           </w:p>
-          <w:p w14:paraId="11925195" w14:textId="77777777" w:rsidR="008D41CC" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
+          <w:p w14:paraId="11925195" w14:textId="517B6180" w:rsidR="008D41CC" w:rsidRDefault="00113EEB" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>–19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>93</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>. –</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 33</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> heures 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> minutes et </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 cassettes VHS.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7157EA1F" w14:textId="77777777" w:rsidR="00113EEB" w:rsidRDefault="00113EEB" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AF9701E" w14:textId="77777777" w:rsidR="00113EEB" w:rsidRDefault="00113EEB" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="469A92FE" w14:textId="172F2443" w:rsidR="00287473" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,1</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="403E9D8C" w14:textId="1086A908" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -25241,1228 +25365,2888 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="083690EF" w14:textId="71CA698D" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,4</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3758FD35" w14:textId="2981FC5C" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Chez Jean Tremblay Montréal</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F5151F4" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3062D44D" w14:textId="2598783F" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="775F0E0C" w14:textId="673718F1" w:rsidR="00151501" w:rsidRPr="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="775F0E0C" w14:textId="673718F1" w:rsidR="00151501" w:rsidRPr="00590DC2" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Feux d’artifices, orignal, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00151501">
-[...4 lines deleted...]
-              <w:t>Feux</w:t>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Keskissing</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00151501">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Paul André</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79750F0F" w14:textId="77777777" w:rsidR="00151501" w:rsidRPr="00590DC2" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A775FA5" w14:textId="5B726EEF" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62E4DA54" w14:textId="209D798D" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enregistrements TV (Gisèle Benoit (orignaux, perdrix, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...7 lines deleted...]
-              <w:t>artifices</w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>etc</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00151501">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F98752D" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36CCB1CF" w14:textId="65CE1B07" w:rsidR="00BF0FA6" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C873D8" w14:textId="0CA61EF9" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forêt Marcel Girard, pont </w:t>
+            </w:r>
+            <w:r w:rsidR="00A27F24">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Libéral</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="492AF65D" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="156E891B" w14:textId="3010BDE3" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16190C4B" w14:textId="307833AF" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Retour aux Sources des Tremblay d’Amérique, au pays de l’ancêtre Pierre</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38C3BA48" w14:textId="7C58921B" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 au 10 octobre 1988</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CEA18EE" w14:textId="74DBB5BC" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Groupe Voyages Québec Inc. et CJPM 6 TV</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BD7E4A9" w14:textId="12C5E6BD" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Production Entreprises Inter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D31A299" w14:textId="5B158BA0" w:rsidR="00B54104" w:rsidRDefault="00B54104" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée : 01:01:00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="629618E0" w14:textId="2A216FC5" w:rsidR="00A122C2" w:rsidRDefault="00A122C2" w:rsidP="00B54104">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12ACDBF0" w14:textId="77777777" w:rsidR="008D41CC" w:rsidRDefault="008D41CC" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E109F9B" w14:textId="2BF5FC90" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA58EB2" w14:textId="7443111D" w:rsidR="00BF0FA6" w:rsidRDefault="00BF6448" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Suite Pont Libéral 1987 Serge</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7A7C32" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5732E3F2" w14:textId="19E0C63F" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C0F428" w14:textId="073EAC77" w:rsidR="00151501" w:rsidRDefault="00BF6448" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Carnaval Québec 1990, tomate, vaches, faisan, Jimmy T., concombre, Jean-Paul T., Tabac</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31493331" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6CBC180F" w14:textId="5F823C02" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06F3F58F" w14:textId="067BB5BF" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Veillée Faisan, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00151501">
-[...3 lines deleted...]
-              <w:t>orignal</w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>DoMi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00151501">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> verdure, Chibougamau</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58201709" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="622094ED" w14:textId="4E30C746" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16FE2E14" w14:textId="7926AACB" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyage 1992 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00151501">
-[...3 lines deleted...]
-              <w:t>Keskissing</w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Clarenceville</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00151501">
-[...42 lines deleted...]
-              <w:t xml:space="preserve">Enregistrements TV (Gisèle Benoit (orignaux, perdrix, </w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, Noël d’antan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="303A70E9" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D0A6499" w14:textId="490C4A3D" w:rsidR="00A27F24" w:rsidRPr="00590DC2" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22C22623" w14:textId="107B56E1" w:rsidR="00A27F24" w:rsidRPr="00590DC2" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voyage St-Agathe 12-13-14 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>etc</w:t>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>mai</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...239 lines deleted...]
-              <w:t xml:space="preserve">Veillée Faisan, </w:t>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D3DDD6B" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRPr="00590DC2" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1963F70A" w14:textId="2C42720E" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B08F1B5" w14:textId="4640F1BB" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1995 République Dominicaine</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="112D73A4" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17BA079D" w14:textId="7EE93AEE" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C2CBE1" w14:textId="6375A720" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Brunch des Tremblay 88-89-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A145946" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49B1806F" w14:textId="4CF2BAAE" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39991065" w14:textId="1385237F" w:rsidR="00A27F24" w:rsidRDefault="00BF6448" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Brunch des Tremblay</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF66F8">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, banquet Faisan 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4016C603" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44B73A54" w14:textId="2582EDA9" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44458F2B" w14:textId="2FF4FE1F" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brunch des Tremblay à Albanel, 14 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>DoMi</w:t>
+              <w:t>nov</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> verdure, Chibougamau</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Voyage 1992 </w:t>
+              <w:t xml:space="preserve"> 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B92389E" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7392D0A0" w14:textId="102B3735" w:rsidR="00A27F24" w:rsidRPr="00590DC2" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625A720C" w14:textId="0341AD62" w:rsidR="00A27F24" w:rsidRPr="00590DC2" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Roland Girard Noël 1987 1988</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D6342A" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRPr="00590DC2" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32F07770" w14:textId="7539455D" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B6C5F40" w14:textId="60654F46" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paul-André au </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Clarenceville</w:t>
+              <w:t>Bachins</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>, Noël d’antan</w:t>
-[...170 lines deleted...]
-              <w:t xml:space="preserve">Brunch des Tremblay à </w:t>
+              <w:t xml:space="preserve"> (?)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E22C5EC" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="270FDE74" w14:textId="4182EE77" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D5DB50" w14:textId="3A08EF7D" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Régis Richard chez Marcel, accident dard Fleurette</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="754B575D" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="113FDB76" w14:textId="1B8B83B1" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D2E9C6" w14:textId="43770CEE" w:rsidR="00A27F24" w:rsidRDefault="00DF66F8" w:rsidP="00A27F24">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mariage </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Albanel</w:t>
+              <w:t>Cotlenoir</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 14 </w:t>
-[...92 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> (?)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E22C5EC" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00A27F24">
-[...78 lines deleted...]
-          </w:p>
           <w:p w14:paraId="3AAD7F94" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D5722CF" w14:textId="5509EF6E" w:rsidR="00DF66F8" w:rsidRDefault="00DF66F8" w:rsidP="00DF66F8">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/1,22</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13705328" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
-[...79 lines deleted...]
-          <w:p w14:paraId="48C43065" w14:textId="00829839" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+          <w:p w14:paraId="761FC4A2" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Identification :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D6BC1">
-[...6 lines deleted...]
-          <w:p w14:paraId="298161E4" w14:textId="4B413D38" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+          </w:p>
+          <w:p w14:paraId="3BC76D45" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Titre :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D6BC1">
-[...6 lines deleted...]
-          <w:p w14:paraId="3A385577" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+          </w:p>
+          <w:p w14:paraId="6CB7B1A0" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Description : </w:t>
             </w:r>
-            <w:r w:rsidRPr="002D6BC1">
-[...6 lines deleted...]
-          <w:p w14:paraId="42421D77" w14:textId="743F449E" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+          </w:p>
+          <w:p w14:paraId="5E2644DA" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Années 1970</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D712B7A" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D2C579A" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ville :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Saint-Stanislas</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="799DF1EF" w14:textId="19DD2923" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2929AB2E" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Durée :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D6BC1">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>00:03:</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="3B575F87" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+              <w:t>00:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E98BD7B" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Productrice :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Solange Tremblay</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E0216D6" w14:textId="63C69D2F" w:rsidR="002D6BC1" w:rsidRPr="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+          <w:p w14:paraId="04A9F340" w14:textId="77777777" w:rsidR="00220F89" w:rsidRPr="002D6BC1" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Intervenant : </w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-          <w:p w14:paraId="21F881B5" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+          </w:p>
+          <w:p w14:paraId="06E59061" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Format :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Film 8 mm</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5594B10E" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FE0A092" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Spécificités :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
-[...28 lines deleted...]
-              <w:t>Document numérisé</w:t>
+              <w:t xml:space="preserve"> Amateur, Couleur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="577CD7E1" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document non numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13705328" w14:textId="77777777" w:rsidR="00A27F24" w:rsidRDefault="00A27F24" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55D7626A" w14:textId="344331A3" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,23</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3207CDCB" w14:textId="1BBDE777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Noël, Robert, Vache, Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="706EC58D" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="649DA623" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EFB668F" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D9A2742" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DE0E85D" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="383F2C60" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A962AA0" w14:textId="77777777" w:rsidR="00220F89" w:rsidRPr="002D6BC1" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DEE2E78" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55796C1D" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E35690E" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document non numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E5D4E28" w14:textId="77777777" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78CA7277" w14:textId="3293B473" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,24</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="196A735E" w14:textId="44865104" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Marcel Girard St-Stanislas, Bleuets 1987, Jardin rivière lot 44-45 Clément Maltais 1988, Funérailles Yvette Murielle Jeanne Maryline Girard, Plantation Paul Fortin chez Marcel Girard lot 44-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23D88ED4" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45EC1EE7" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E6A4D20" w14:textId="592CC6EB" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1987-1988</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1D89DC" w14:textId="327923D1" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3E9077" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A391360" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AA9242A" w14:textId="77777777" w:rsidR="00220F89" w:rsidRPr="002D6BC1" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05DD3461" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="122F2DE8" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3700C764" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document non numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A1AD5FA" w14:textId="77777777" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BF78DBB" w14:textId="7868C6F3" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00AA707A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,25</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="180D06BA" w14:textId="3D162C22" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Jeanne-d’Arc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fortin, sœur de Normand Fortin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46C7C817" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7953EEDF" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23FFDD05" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29CED3F9" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA6B20C" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C097835" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72558136" w14:textId="77777777" w:rsidR="00220F89" w:rsidRPr="002D6BC1" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="554AED67" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36825AC4" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41E0DC95" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document non numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3755136F" w14:textId="77777777" w:rsidR="00AA707A" w:rsidRDefault="00AA707A" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18CD36D9" w14:textId="0134AEB2" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,26</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BA3818E" w14:textId="56E0162D" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Funérailles Roland Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AADF86E" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F20779E" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B99B234" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32564B82" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="339B932B" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7269A366" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59AE6488" w14:textId="77777777" w:rsidR="00220F89" w:rsidRPr="002D6BC1" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1253A594" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E03CF05" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6329CBC1" w14:textId="77777777" w:rsidR="00220F89" w:rsidRDefault="00220F89" w:rsidP="00220F89">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document non numérisé</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="776A6C28" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="5DC21BB2" w14:textId="0FE16870" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,27</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AAD5BCB" w14:textId="7FDDE915" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009F3632">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Roland Girard, Noël 1986, Fête Maria Maltais décembre 1986</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67A77CAB" w14:textId="4FE26632" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F66AB20" w14:textId="55704A62" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40BFBFE5" w14:textId="2DDA53BD" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009F3632">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Hiver 1986</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="173182CB" w14:textId="3CCEAE9D" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61736DFA" w14:textId="3DC59664" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="244EED8F" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02FC4358" w14:textId="433B71AF" w:rsidR="00E106A3" w:rsidRPr="002D6BC1" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22B049E2" w14:textId="21D6A9C3" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="600F1E72" w14:textId="5A852A3A" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601871E4" w14:textId="72683777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Document </w:t>
+            </w:r>
+            <w:r w:rsidR="00220F89">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">non </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="366BB9C2" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36506532" w14:textId="6B97A7D1" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4546EFC1" w14:textId="77274991" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009F3632">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50 ans à Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D68889E" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E4DF682" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FF69C49" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42D68C2A" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BCBF376" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A47C54B" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E689667" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRPr="002D6BC1" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D5EC430" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="579925F3" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2951C42E" w14:textId="77777777" w:rsidR="009C41AF" w:rsidRDefault="009C41AF" w:rsidP="009C41AF">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document non numérisé</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="385D8E1E" w14:textId="77777777" w:rsidR="00151501" w:rsidRDefault="00151501" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37AB72D1" w14:textId="596D2F35" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/1,29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47608DBF" w14:textId="0B42CD9A" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Photo de famille Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E2ABFB6" w14:textId="77777777" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29099577" w14:textId="77777777" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB7C2BB" w14:textId="77777777" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77B66B3A" w14:textId="77777777" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3C9478" w14:textId="77777777" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B1897F0" w14:textId="77777777" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69898B95" w14:textId="77777777" w:rsidR="009F3632" w:rsidRPr="002D6BC1" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CBCB236" w14:textId="77777777" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E0DAEB6" w14:textId="77777777" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="009F3632">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15E61B21" w14:textId="5033486D" w:rsidR="009F3632" w:rsidRDefault="009F3632" w:rsidP="00E73CD9">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document non numérisé</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="449BFFB6" w14:textId="77777777" w:rsidR="00BF0FA6" w:rsidRDefault="00BF0FA6" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06AC4BA0" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F94DE7" w:rsidRPr="00A674F8" w14:paraId="663EC6AC" w14:textId="77777777" w:rsidTr="00E73CD9">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
@@ -26487,61 +28271,133 @@
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4145F1F6" w14:textId="64E053BF" w:rsidR="00F94DE7" w:rsidRPr="00B321DF" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="100" w:name="_Toc198114808"/>
             <w:r>
               <w:t>P280/C</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>1/</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:t>Bobines de film</w:t>
             </w:r>
             <w:bookmarkEnd w:id="100"/>
           </w:p>
-          <w:p w14:paraId="6242A323" w14:textId="0FC97A39" w:rsidR="00F94DE7" w:rsidRDefault="00F94DE7" w:rsidP="00F94DE7">
-[...9 lines deleted...]
-              <w:t>12 bobines 8mm; 50 pieds chacune, 10 min. environ chacune.</w:t>
+          <w:p w14:paraId="6242A323" w14:textId="010852E3" w:rsidR="00F94DE7" w:rsidRDefault="00113EEB" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">–1957-1970. – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> heures 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> minutes et </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007371C4">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> secondes d’images en mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00016CEE">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="00F94DE7">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00016CEE">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 </w:t>
+            </w:r>
+            <w:r w:rsidR="00F94DE7">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>bobines 8mm</w:t>
+            </w:r>
+            <w:r w:rsidR="00016CEE">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B0C914A" w14:textId="1DA20BB0" w:rsidR="00F94DE7" w:rsidRDefault="00AE7D8B" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(Vérifier si l’ordre des titres est ok)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C50EF0E" w14:textId="77777777" w:rsidR="00AE7D8B" w:rsidRDefault="00AE7D8B" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69840264" w14:textId="071D89BD" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
@@ -26596,51 +28452,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Chalet Lac Eden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="416A4FB2" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64D6B37A" w14:textId="4812396C" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P280/C1/2,3</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="210B1173" w14:textId="3C265907" w:rsidR="00146B91" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A3D57">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Identification :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00146B91">
               <w:rPr>
@@ -26687,50 +28542,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Description :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coupe forestière mécanisée dans les chantiers, avec Marcel Girard, 1960.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CE266BF" w14:textId="09B3951E" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A3D57">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Plans :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Goûter à l’extérieur. Coupe à la scie mécanique. Travailleurs en forêt. Personnes assises sur la pelle mécanique, des troncs d’arbres tirés à l’arrière. Hommes devant les camps et les pompes à essence.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EFE6B5D" w14:textId="25A886E7" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A3D57">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -26828,51 +28684,51 @@
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A3D57">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Spécificités :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Amateur, couleur, film muet</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="039E0C73" w14:textId="474A8334" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="008A3D57">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>Lien LaVoute.tv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="77CD20A7" w14:textId="3CBFDE60" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Document numérisé</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="362E92F0" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
@@ -26917,816 +28773,501 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> anniversaire</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C7A63FD" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5363B652" w14:textId="78A6B5FC" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF0FA6">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C224DBF" w14:textId="1896967D" w:rsidR="00146B91" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="5C224DBF" w14:textId="1896967D" w:rsidR="00146B91" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identification : </w:t>
+            </w:r>
+            <w:r w:rsidR="00146B91" w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Rallye 1976 + vache Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="044F38FF" w14:textId="6C8FD6AB" w:rsidR="008A3D57" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titre : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Rallye de motoneiges à Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="484D9040" w14:textId="5B715948" w:rsidR="008A3D57" w:rsidRPr="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Course ou rassemblement de motoneiges à Saint-Stanislas lors d’un rallye, en 1976. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un troupeau de vaches et leurs petits veaux circulent dans la neige à travers les participants. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Titre</w:t>
+              <w:t xml:space="preserve">Un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>chien</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="008A3D57">
+              <w:rPr>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> les rejoint.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EF4661C" w14:textId="3698FB48" w:rsidR="008A3D57" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59ABBDE8" w14:textId="65181033" w:rsidR="008A3D57" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...31 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DE3ECBE" w14:textId="59D6E554" w:rsidR="00146B91" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 00:03:20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3139E465" w14:textId="016902E8" w:rsidR="008A3D57" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...185 lines deleted...]
-            <w:r w:rsidRPr="008A3D57">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79E68ABE" w14:textId="34A12911" w:rsidR="008A3D57" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="008A3D57">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Intervenant :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Marcel Girard</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6161E8DA" w14:textId="6E99DDE2" w:rsidR="008A3D57" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="008A3D57">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6816CC14" w14:textId="5BE30422" w:rsidR="008A3D57" w:rsidRPr="00DF0F00" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...168 lines deleted...]
-              <w:r w:rsidRPr="008A3D57">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3635A80A" w14:textId="6DD40559" w:rsidR="008A3D57" w:rsidRPr="00590DC2" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00590DC2">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
-                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                  <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>Lien LaVoute.tv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3A91C02F" w14:textId="4FC89ABE" w:rsidR="008A3D57" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+          <w:p w14:paraId="3A91C02F" w14:textId="4FC89ABE" w:rsidR="008A3D57" w:rsidRPr="00590DC2" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41CBAA39" w14:textId="77777777" w:rsidR="008A3D57" w:rsidRPr="00590DC2" w:rsidRDefault="008A3D57" w:rsidP="008A3D57">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33564394" w14:textId="609E39A6" w:rsidR="00146B91" w:rsidRPr="00590DC2" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C7BC6BD" w14:textId="30198D33" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Serge confirmation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="761D4CB2" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F6B4BCD" w14:textId="46AF7939" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4A723C" w14:textId="7FC36E03" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Îles de la Madeleine, jeux Olympique</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BC5F4E4" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2247B272" w14:textId="71B4C336" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB7DB1A" w14:textId="1E6AD9FF" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>23 décembre 1980 Sylvie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46ECE88B" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3205C4E9" w14:textId="73DE0775" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2568936F" w14:textId="0A1849DF" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8 janvier 1980 : Noël 1980, Roland</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="127AFA79" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="225FF1E4" w14:textId="0463AC1C" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C0F1EFF" w14:textId="0BA00379" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Film de Marcel Girard étant jeune</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63FF38C4" w14:textId="77777777" w:rsidR="00146B91" w:rsidRDefault="00146B91" w:rsidP="00146B91">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55CF8A19" w14:textId="62CFFA19" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00BF0FA6">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Document </w:t>
-[...138 lines deleted...]
-              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>8 janvier 1980 : Noël 1980, Roland</w:t>
-[...51 lines deleted...]
-              </w:rPr>
               <w:t>P280/C1/2,11</w:t>
-            </w:r>
-[...11 lines deleted...]
-              <w:t>Noël 1980, Patrick Tremblay</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="621C2A96" w14:textId="77777777" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="15F1CBDC" w14:textId="07CC4B42" w:rsidR="00146B91" w:rsidRPr="00BF0FA6" w:rsidRDefault="00146B91" w:rsidP="00146B91">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF0FA6">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,12</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1603341D" w14:textId="42513EF5" w:rsidR="00146B91" w:rsidRDefault="007476F2" w:rsidP="00F94DE7">
             <w:pPr>
               <w:rPr>
@@ -27951,724 +29492,674 @@
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007476F2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Spécificités :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55E3BBE1" w14:textId="5B1180F9" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="007476F2">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>Lien LaVoute.tv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="5685B2DD" w14:textId="3190A06D" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Document numérisé</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5890822E" w14:textId="77777777" w:rsidR="007476F2" w:rsidRDefault="007476F2" w:rsidP="007476F2">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D105347" w14:textId="56EA6996" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AE263F8" w14:textId="77267B19" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="00F94DE7">
-[...7 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w14:paraId="6AE263F8" w14:textId="77267B19" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="00EB1CC5" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Famille Tremblay 1983, Girard, Fortin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5861A96E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="00F94DE7">
-[...6 lines deleted...]
-          <w:p w14:paraId="251F2E74" w14:textId="5A154242" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+          <w:p w14:paraId="5861A96E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="00F94DE7">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="251F2E74" w14:textId="5A154242" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3845D7C1" w14:textId="1D4DA894" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noël 1981#</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A72E91E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55661437" w14:textId="7C692449" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...22 lines deleted...]
-          <w:p w14:paraId="55661437" w14:textId="7C692449" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48226689" w14:textId="41B1E33D" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB1CC5">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> anniversaire Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC46677" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B9BD520" w14:textId="28FE1194" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="744BE3B2" w14:textId="076352E0" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Patrick, papa, 1983</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E6B10E9" w14:textId="77777777" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C748E31" w14:textId="18DC27E9" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E7FB594" w14:textId="689DBC1F" w:rsidR="0078340A" w:rsidRDefault="00EB1CC5" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Sucre (?) Chibougamau, Donohue</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3465EF6B" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="459EB111" w14:textId="32AB651E" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...43 lines deleted...]
-          <w:p w14:paraId="0B9BD520" w14:textId="28FE1194" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73FBA0CE" w14:textId="4B965C39" w:rsidR="0078340A" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Faisan, Salon F</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1754F18E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30C38BA9" w14:textId="2E7322D0" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...115 lines deleted...]
-              </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58D19947" w14:textId="6CD233C6" w:rsidR="0078340A" w:rsidRPr="00981EE8" w:rsidRDefault="00D26386" w:rsidP="0078340A">
-[...6 lines deleted...]
-            <w:r>
+          <w:p w14:paraId="58D19947" w14:textId="6CD233C6" w:rsidR="0078340A" w:rsidRPr="00DF0F00" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...5 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identification : </w:t>
+            </w:r>
+            <w:r w:rsidR="00981EE8" w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elisabeth, fête </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00981EE8" w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>noel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00981EE8" w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Patrick Tremblay, Marcel </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF20C2F" w14:textId="0CE6DF13" w:rsidR="0078340A" w:rsidRPr="00DF0F00" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...11 lines deleted...]
-            <w:pPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0F00">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Titre : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF0F00">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Noël chez les Tremblay à Saint-Stanislas, 1982</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19F97312" w14:textId="3317A705" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
+            <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="19F97312" w14:textId="3317A705" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1982</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C1A52C1" w14:textId="7722EC13" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Date</w:t>
+              <w:t>Ville</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>1982</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1C1A52C1" w14:textId="7722EC13" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+              <w:t>Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50C6A045" w14:textId="5C87D4B9" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Ville</w:t>
+              <w:t>Durée</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Saint-Stanislas</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="50C6A045" w14:textId="5C87D4B9" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+              <w:t>00:03:15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71C45EFE" w14:textId="59195389" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Durée</w:t>
+              <w:t>Productrice</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>00:03:15</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="71C45EFE" w14:textId="59195389" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
+              <w:t>Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EB85E43" w14:textId="33ED7F79" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Productrice</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Intervenants</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Solange Tremblay</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0EB85E43" w14:textId="33ED7F79" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+              <w:t>Élisabeth, Marcel Girard, Patrick Trembla</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1266EFCC" w14:textId="41439B1F" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Intervenants</w:t>
+              <w:t>Notes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Élisabeth, Marcel Girard, Patrick Trembla</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="1266EFCC" w14:textId="41439B1F" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+              <w:t>La date du 6 janvier 1983 inscrite sur le sac de la bobine permet d’estimer les images à 1982; les noms des intervenants proviennent de la description remise par la donatrice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56C1102E" w14:textId="3C96E9F2" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Notes</w:t>
+              <w:t>Format</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>La date du 6 janvier 1983 inscrite sur le sac de la bobine permet d’estimer les images à 1982; les noms des intervenants proviennent de la description remise par la donatrice.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="56C1102E" w14:textId="3C96E9F2" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
+              <w:t>Film 8 mm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A45B695" w14:textId="4B4B8AA6" w:rsidR="00D26386" w:rsidRPr="00D26386" w:rsidRDefault="00D26386" w:rsidP="00D26386">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Format</w:t>
+              <w:t>Spécificités</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidRPr="00D26386">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Film 8 mm</w:t>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t>Amateur, Couleur, Film muet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76DDA99C" w14:textId="1E1C2845" w:rsidR="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
-[...6 lines deleted...]
-              <w:r w:rsidRPr="00D26386">
+          <w:p w14:paraId="76DDA99C" w14:textId="499BA29F" w:rsidR="00D26386" w:rsidRPr="00590DC2" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00590DC2">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
-                  <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                  <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>Lien LaVoute.tv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="44FDEC83" w14:textId="56B22671" w:rsidR="00D26386" w:rsidRDefault="00D26386" w:rsidP="0078340A">
-[...23 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w14:paraId="44FDEC83" w14:textId="56B22671" w:rsidR="00D26386" w:rsidRPr="00590DC2" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5433C844" w14:textId="77777777" w:rsidR="00D26386" w:rsidRPr="00590DC2" w:rsidRDefault="00D26386" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FCA6DA6" w14:textId="7173989C" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63DD3578" w14:textId="7A9DED5D" w:rsidR="0078340A" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
@@ -28686,87 +30177,81 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51AC5939" w14:textId="3785EAFE" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BE7B307" w14:textId="7DCAC9FF" w:rsidR="0078340A" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
-[...7 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w14:paraId="5BE7B307" w14:textId="7DCAC9FF" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Montréal</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62CBECC8" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
-[...22 lines deleted...]
-              <w:t>22</w:t>
+          <w:p w14:paraId="62CBECC8" w14:textId="77777777" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44479B4F" w14:textId="70B6799A" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,22</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A1DF9B3" w14:textId="1A717D89" w:rsidR="0078340A" w:rsidRPr="00981EE8" w:rsidRDefault="00981EE8" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00981EE8">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Papa Patrick, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00981EE8">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>vache</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00981EE8">
               <w:rPr>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -28862,397 +30347,645 @@
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B33C5DB" w14:textId="5EDF3356" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C3A2804" w14:textId="5384F700" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
-[...18 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="4C3A2804" w14:textId="48C37146" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>50 an</w:t>
+            </w:r>
+            <w:r w:rsidR="00620808">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E1E09E7" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="116EC4B4" w14:textId="2C110B7A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="617CE283" w14:textId="53427863" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
-[...201 lines deleted...]
-            <w:r w:rsidRPr="00CF0627">
+          <w:p w14:paraId="1D977860" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Identification :</w:t>
+              <w:t>Identification :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00436D72">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00CF0627">
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Yvan, 3 ans</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56F1C221" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Titre</w:t>
-[...14 lines deleted...]
-            <w:r w:rsidRPr="00CF0627">
+              <w:t>Titre :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Fête de Noël chez les Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B1623A" w14:textId="016493B3" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Description</w:t>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="00CF0627">
+              <w:t xml:space="preserve">Description : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fête de Noël en famille chez les Tremblay, possiblement à Saint-Stanislas dans les années 1970. Déballage des cadeaux en présence du </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ère Noël qui distribue des présents aux enfants et aux adultes.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="171216AD" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>Date :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Années 1970</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BFCA8E4" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ville :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E7F598" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Durée :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D6BC1">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>00:03:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BC575A0" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Productrice :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Solange Tremblay</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413E57D0" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRPr="002D6BC1" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intervenant : </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Yvan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FBB947E" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Format :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> VHS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A3C55A7" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006121BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Spécificités :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67AEC421" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="006121BC">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:t>Lien LaVoute.tv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="36A7055F" w14:textId="77777777" w:rsidR="00E106A3" w:rsidRDefault="00E106A3" w:rsidP="00E106A3">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Document numérisé</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F0AB37A" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28941AC6" w14:textId="4A2E16D2" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54D3F465" w14:textId="3ED60BC8" w:rsidR="0078340A" w:rsidRDefault="00A01CDF" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Niquet ?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6253B80E" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40C8EA78" w14:textId="4C873F36" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>P280/C1/2,28</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76D7E152" w14:textId="2B9C4451" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ottawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52EBFDED" w14:textId="77777777" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42793FBE" w14:textId="4A1EA5C2" w:rsidR="0078340A" w:rsidRPr="00590DC2" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00590DC2">
+              <w:rPr>
+                <w:lang w:val="en-CA" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="408F4346" w14:textId="56D26CC7" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ottawa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5314B9CF" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D290AD2" w14:textId="7FF6D94A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A910537" w14:textId="1F0BF355" w:rsidR="0078340A" w:rsidRDefault="00436D72" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Funérailles Lucien</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7881CA2C" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2635E6DB" w14:textId="04FF8E6A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0078340A">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>P280/C1/2,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D4222E3" w14:textId="4BCC328E" w:rsidR="0078340A" w:rsidRDefault="00CF0627" w:rsidP="0078340A">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Identification :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00436D72">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Foins 1982</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FBC987A" w14:textId="77777777" w:rsidR="00CF0627" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Titre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : Les foins à Saint-Stanislas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C8083B1" w14:textId="6D71D363" w:rsidR="00CF0627" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Description</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : Activité agricole de fenaison (ramassage du foin en ballots) à Saint-Stanislas, en 1982. Scènes rurales et familiales autour de la maison et des champs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7677C62A" w14:textId="3E99B9DC" w:rsidR="00CF0627" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF0627">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>Plans :</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF0627">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Maison. Voitures. Remorque de foin. Tracteur chargé de foin. Voiture sur la route. Femme et enfant devant la grange. Homme transportant des ballots de foin avec des cordes. Femme âgée au balcon. Bagages dans la voiture. Jeune fille à tricycle devant la maison. Femmes sur le perron. Homme en voiture. Femme devant une voiture. Vaches circulant sur la route.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D413CF3" w14:textId="701852EA" w:rsidR="0078340A" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
+          <w:p w14:paraId="2D413CF3" w14:textId="6DB94A47" w:rsidR="0078340A" w:rsidRDefault="00CF0627" w:rsidP="00CF0627">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF0627">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF0627">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : 1982</w:t>
             </w:r>
             <w:r w:rsidRPr="00CF0627">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -29529,50 +31262,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Plans :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Moto. Vaches dans un champ. Enfants et voitures sur le chemin de terre. Vaches devant la grange. Passage des vaches sur la route. Chien. Solange Tremblay portant un chandail du Festival du Faisan. Enclos des faisans. Kiosque d’artisanat. Groupes de personnes autour d’un repas. Allocutions et distribution de cadeaux et trophées. Présentation de trophées. Enfants et personnes âgées. Famille dans une maison. Enfant jouant avec une moto jouet. Famille dans la cuisine. Hommes portant un chandail du Festival du Faisan devant leur trophée.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B61AA94" w14:textId="77777777" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Date :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1976</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CD9D897" w14:textId="079C569F" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ville :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -29649,77 +31383,76 @@
               </w:rPr>
               <w:t xml:space="preserve"> Film 8 mm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="465D1F01" w14:textId="77777777" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Spécificités :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D7B443F" w14:textId="243E8386" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
+          <w:p w14:paraId="7D7B443F" w14:textId="5C771065" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="006121BC">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>Lien LaVoute.tv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="7CF631C0" w14:textId="77777777" w:rsidR="00B63372" w:rsidRDefault="00B63372" w:rsidP="00B63372">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Document numérisé</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C7D7170" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6579DC9E" w14:textId="2F615016" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -30197,50 +31930,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Ville :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Saint-Stanislas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59AAFDFC" w14:textId="0ADDD3CE" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Durée :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D6BC1">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>00:03:21</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FDE93CD" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -30275,97 +32009,96 @@
               </w:rPr>
               <w:t xml:space="preserve"> Film 8 mm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62DC3208" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006121BC">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Spécificités :</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Amateur, Couleur, Film muet</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="347847D4" w14:textId="5777E2F8" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
+          <w:p w14:paraId="347847D4" w14:textId="3FCE4AB3" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="006121BC">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:lang w:eastAsia="en-US"/>
                 </w:rPr>
                 <w:t>Lien LaVoute.tv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="05687193" w14:textId="77777777" w:rsidR="002D6BC1" w:rsidRDefault="002D6BC1" w:rsidP="002D6BC1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Document numérisé</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DE222EA" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3308C733" w14:textId="48BB9CA0" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>P280/C1/2,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72CEBC67" w14:textId="77777777" w:rsidR="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="001EA333" w14:textId="691D5F8A" w:rsidR="0078340A" w:rsidRPr="0078340A" w:rsidRDefault="0078340A" w:rsidP="0078340A">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0078340A">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
@@ -30841,50 +32574,51 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00645F67" w:rsidRPr="00A674F8" w14:paraId="4E818CBA" w14:textId="77777777" w:rsidTr="00E73CD9">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41847499" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00E73CD9">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1179EEA5" w14:textId="39AAA7F6" w:rsidR="00645F67" w:rsidRPr="00B321DF" w:rsidRDefault="00645F67" w:rsidP="00E73CD9">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
             <w:bookmarkStart w:id="106" w:name="_Toc198114814"/>
             <w:r>
               <w:t>P280/</w:t>
             </w:r>
             <w:r w:rsidR="00247D66">
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00247D66">
               <w:t>Implication</w:t>
@@ -30971,58 +32705,58 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="480D31A5" w14:textId="77777777" w:rsidR="00645F67" w:rsidRPr="00A674F8" w:rsidRDefault="00645F67" w:rsidP="00287473"/>
     <w:p w14:paraId="71F28F6D" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="017544C2" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="1C85BA0B" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidSect="00F22AC1">
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FFBBEE4" w14:textId="77777777" w:rsidR="00505678" w:rsidRDefault="00505678" w:rsidP="00923766">
+    <w:p w14:paraId="65AB2B80" w14:textId="77777777" w:rsidR="008F50A5" w:rsidRDefault="008F50A5" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2E2BC607" w14:textId="77777777" w:rsidR="00505678" w:rsidRDefault="00505678" w:rsidP="00923766">
+    <w:p w14:paraId="00918971" w14:textId="77777777" w:rsidR="008F50A5" w:rsidRDefault="008F50A5" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -31187,58 +32921,58 @@
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="008D64A5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="53DEB62C" w14:textId="77777777" w:rsidR="00491934" w:rsidRDefault="00491934" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1135435C" w14:textId="77777777" w:rsidR="00505678" w:rsidRDefault="00505678" w:rsidP="00923766">
+    <w:p w14:paraId="11B2C4F1" w14:textId="77777777" w:rsidR="008F50A5" w:rsidRDefault="008F50A5" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="347C105B" w14:textId="77777777" w:rsidR="00505678" w:rsidRDefault="00505678" w:rsidP="00923766">
+    <w:p w14:paraId="55EB5A35" w14:textId="77777777" w:rsidR="008F50A5" w:rsidRDefault="008F50A5" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2B7F7F98" w14:textId="2C8441CE" w:rsidR="00491934" w:rsidRDefault="00491934">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Normand Fortin est le frère de Gemma Fortin, elle-même épouse de Jean-Charles Savard. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
@@ -32126,53 +33860,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="493F4294"/>
+    <w:nsid w:val="47EB5347"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DE5C1256"/>
+    <w:tmpl w:val="1D48D46C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
@@ -32239,53 +33973,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4B4B31B7"/>
+    <w:nsid w:val="493F4294"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="02A03278"/>
+    <w:tmpl w:val="DE5C1256"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
@@ -32352,53 +34086,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4B787944"/>
+    <w:nsid w:val="4B4B31B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="08AC257C"/>
+    <w:tmpl w:val="02A03278"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
@@ -32465,50 +34199,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4B787944"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08AC257C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E8B7EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="306C0FA8"/>
     <w:lvl w:ilvl="0" w:tplc="A674605C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32577,51 +34424,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52735521"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27E629A8"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32690,51 +34537,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56CF1DCC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A9FCAA1E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -32839,51 +34686,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E081B31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="960A715C"/>
     <w:lvl w:ilvl="0" w:tplc="A674605C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -32952,51 +34799,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="624C3C54"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5D7CDDF4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -33101,51 +34948,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71692564"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69626B2E"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -33214,51 +35061,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75E0603B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED708FA8"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -33327,51 +35174,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4A1BC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31329B18"/>
     <w:lvl w:ilvl="0" w:tplc="A674605C">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -33441,441 +35288,466 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1116488339">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1277060282">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="577011086">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1617323570">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1617323570">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="5" w16cid:durableId="1204832198">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1237590130">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1251352734">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="173109863">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1969319408">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1426607106">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1289510211">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1583635467">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="463549576">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="487866377">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="444738418">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1949580382">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2024892886">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="555623137">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="135340864">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="20" w16cid:durableId="1329672386">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="00006C7A"/>
+    <w:rsid w:val="00016CEE"/>
     <w:rsid w:val="0001776F"/>
     <w:rsid w:val="00022E06"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="000471D4"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="000652DA"/>
     <w:rsid w:val="000723B8"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="00083A2F"/>
     <w:rsid w:val="000A440C"/>
     <w:rsid w:val="000A6B7A"/>
     <w:rsid w:val="000B2BA6"/>
     <w:rsid w:val="000B6E27"/>
     <w:rsid w:val="000B7F56"/>
     <w:rsid w:val="000C70A7"/>
     <w:rsid w:val="000E2377"/>
     <w:rsid w:val="000F7851"/>
     <w:rsid w:val="00100C2C"/>
     <w:rsid w:val="00102316"/>
     <w:rsid w:val="00112008"/>
+    <w:rsid w:val="00113EEB"/>
     <w:rsid w:val="001153BB"/>
     <w:rsid w:val="001213BC"/>
     <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="00146B91"/>
     <w:rsid w:val="00151501"/>
     <w:rsid w:val="00166949"/>
     <w:rsid w:val="00166C91"/>
     <w:rsid w:val="001775D5"/>
     <w:rsid w:val="00181E12"/>
     <w:rsid w:val="001C4FCD"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E22C8"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="001F7760"/>
+    <w:rsid w:val="00220F89"/>
     <w:rsid w:val="002273FD"/>
     <w:rsid w:val="00242535"/>
     <w:rsid w:val="00242C7D"/>
     <w:rsid w:val="00247D66"/>
     <w:rsid w:val="0025336B"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="00284955"/>
     <w:rsid w:val="0028732E"/>
     <w:rsid w:val="00287473"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
     <w:rsid w:val="002A29A7"/>
     <w:rsid w:val="002A5FA2"/>
+    <w:rsid w:val="002C1CD4"/>
     <w:rsid w:val="002C791D"/>
     <w:rsid w:val="002D0F20"/>
     <w:rsid w:val="002D6BC1"/>
     <w:rsid w:val="002E6ABC"/>
     <w:rsid w:val="0030124F"/>
     <w:rsid w:val="003044B9"/>
     <w:rsid w:val="0030734D"/>
     <w:rsid w:val="00311D8B"/>
     <w:rsid w:val="00312190"/>
     <w:rsid w:val="0038462B"/>
     <w:rsid w:val="003905AA"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003A5F15"/>
     <w:rsid w:val="003A67C7"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="003C1450"/>
     <w:rsid w:val="003C74E0"/>
     <w:rsid w:val="00421D85"/>
     <w:rsid w:val="00424D30"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="00436D72"/>
     <w:rsid w:val="004371EE"/>
+    <w:rsid w:val="00444B0E"/>
     <w:rsid w:val="0045758A"/>
     <w:rsid w:val="0046451E"/>
     <w:rsid w:val="00482438"/>
     <w:rsid w:val="00482915"/>
     <w:rsid w:val="004862B9"/>
     <w:rsid w:val="00491934"/>
     <w:rsid w:val="0049624B"/>
     <w:rsid w:val="004D66AE"/>
     <w:rsid w:val="00501DD6"/>
     <w:rsid w:val="00502C0D"/>
     <w:rsid w:val="00505678"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
     <w:rsid w:val="00544163"/>
     <w:rsid w:val="005459E1"/>
     <w:rsid w:val="00550115"/>
     <w:rsid w:val="005546F6"/>
     <w:rsid w:val="00561EAD"/>
     <w:rsid w:val="0056432C"/>
     <w:rsid w:val="0057468D"/>
     <w:rsid w:val="0058683E"/>
     <w:rsid w:val="00587F67"/>
+    <w:rsid w:val="00590DC2"/>
     <w:rsid w:val="00593D7D"/>
     <w:rsid w:val="00594199"/>
     <w:rsid w:val="005A2E28"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005B5555"/>
     <w:rsid w:val="005B615A"/>
     <w:rsid w:val="005B6D9E"/>
     <w:rsid w:val="005E49AE"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="00601327"/>
     <w:rsid w:val="00602381"/>
     <w:rsid w:val="006121BC"/>
     <w:rsid w:val="00612460"/>
+    <w:rsid w:val="00620808"/>
     <w:rsid w:val="00624149"/>
     <w:rsid w:val="00636E8B"/>
     <w:rsid w:val="00645F67"/>
+    <w:rsid w:val="00652103"/>
     <w:rsid w:val="00654BE5"/>
     <w:rsid w:val="0066145D"/>
     <w:rsid w:val="00667CEE"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="0069656E"/>
     <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="006A2652"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="006B046C"/>
     <w:rsid w:val="006E0846"/>
     <w:rsid w:val="006F48CD"/>
+    <w:rsid w:val="00711CF3"/>
     <w:rsid w:val="00717510"/>
     <w:rsid w:val="007215FD"/>
     <w:rsid w:val="007476F2"/>
     <w:rsid w:val="007527C3"/>
+    <w:rsid w:val="00757433"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="0077509D"/>
     <w:rsid w:val="00776E4F"/>
     <w:rsid w:val="0078340A"/>
     <w:rsid w:val="00797D5C"/>
     <w:rsid w:val="007A7F60"/>
+    <w:rsid w:val="007B1CC0"/>
     <w:rsid w:val="007B70ED"/>
     <w:rsid w:val="007B7D3E"/>
     <w:rsid w:val="007F33D1"/>
     <w:rsid w:val="00804E12"/>
     <w:rsid w:val="00807BDD"/>
     <w:rsid w:val="0082184E"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="008466E3"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="00854E4D"/>
     <w:rsid w:val="00855D26"/>
     <w:rsid w:val="008625F4"/>
+    <w:rsid w:val="00863626"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="00894FEA"/>
     <w:rsid w:val="0089695D"/>
     <w:rsid w:val="0089776D"/>
     <w:rsid w:val="008A0AA0"/>
     <w:rsid w:val="008A17C8"/>
     <w:rsid w:val="008A3D57"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="008D2706"/>
     <w:rsid w:val="008D376D"/>
     <w:rsid w:val="008D41CC"/>
     <w:rsid w:val="008D64A5"/>
     <w:rsid w:val="008E4F42"/>
     <w:rsid w:val="008F0833"/>
+    <w:rsid w:val="008F50A5"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00923766"/>
     <w:rsid w:val="00931389"/>
     <w:rsid w:val="00934934"/>
     <w:rsid w:val="00942943"/>
     <w:rsid w:val="0094294B"/>
     <w:rsid w:val="009534B2"/>
     <w:rsid w:val="009705AB"/>
     <w:rsid w:val="00973CC9"/>
     <w:rsid w:val="00981EE8"/>
     <w:rsid w:val="00991C81"/>
     <w:rsid w:val="00993863"/>
     <w:rsid w:val="009953CD"/>
     <w:rsid w:val="009A57B7"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
+    <w:rsid w:val="009C41AF"/>
     <w:rsid w:val="009D2B71"/>
     <w:rsid w:val="009F0832"/>
+    <w:rsid w:val="009F3632"/>
     <w:rsid w:val="009F5EC7"/>
     <w:rsid w:val="00A01CDF"/>
     <w:rsid w:val="00A074A8"/>
     <w:rsid w:val="00A122C2"/>
     <w:rsid w:val="00A22EB3"/>
     <w:rsid w:val="00A27F24"/>
     <w:rsid w:val="00A27F8C"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A66A38"/>
     <w:rsid w:val="00A674F8"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00AA0634"/>
     <w:rsid w:val="00AA48C7"/>
     <w:rsid w:val="00AA707A"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00AB6798"/>
+    <w:rsid w:val="00AC444A"/>
+    <w:rsid w:val="00AD1D1C"/>
     <w:rsid w:val="00AE7D8B"/>
     <w:rsid w:val="00B06E0D"/>
     <w:rsid w:val="00B11D09"/>
     <w:rsid w:val="00B148D8"/>
     <w:rsid w:val="00B227D8"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B3412B"/>
     <w:rsid w:val="00B34E8C"/>
     <w:rsid w:val="00B46FC4"/>
     <w:rsid w:val="00B514D4"/>
     <w:rsid w:val="00B54104"/>
     <w:rsid w:val="00B55D5C"/>
     <w:rsid w:val="00B575B7"/>
     <w:rsid w:val="00B57DD6"/>
     <w:rsid w:val="00B63372"/>
     <w:rsid w:val="00B70F0F"/>
     <w:rsid w:val="00B774F9"/>
     <w:rsid w:val="00B918B5"/>
     <w:rsid w:val="00B96E5D"/>
     <w:rsid w:val="00B9759C"/>
     <w:rsid w:val="00BB2D08"/>
     <w:rsid w:val="00BC476B"/>
     <w:rsid w:val="00BC64AB"/>
     <w:rsid w:val="00BD4041"/>
     <w:rsid w:val="00BD5104"/>
     <w:rsid w:val="00BE1812"/>
     <w:rsid w:val="00BE4FD0"/>
     <w:rsid w:val="00BF016E"/>
     <w:rsid w:val="00BF0FA6"/>
     <w:rsid w:val="00BF6448"/>
     <w:rsid w:val="00BF7589"/>
     <w:rsid w:val="00C009AD"/>
     <w:rsid w:val="00C071C8"/>
+    <w:rsid w:val="00C07BB0"/>
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
     <w:rsid w:val="00C1628A"/>
     <w:rsid w:val="00C17497"/>
     <w:rsid w:val="00C40995"/>
     <w:rsid w:val="00C42F3C"/>
     <w:rsid w:val="00C43789"/>
     <w:rsid w:val="00C53495"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C64506"/>
+    <w:rsid w:val="00C66873"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C817ED"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CB5258"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CD6ECC"/>
     <w:rsid w:val="00CE1CB3"/>
     <w:rsid w:val="00CE48E5"/>
     <w:rsid w:val="00CE632E"/>
     <w:rsid w:val="00CF0627"/>
     <w:rsid w:val="00CF53BA"/>
     <w:rsid w:val="00CF7467"/>
     <w:rsid w:val="00D06AA1"/>
     <w:rsid w:val="00D0707F"/>
     <w:rsid w:val="00D2176C"/>
     <w:rsid w:val="00D25352"/>
     <w:rsid w:val="00D26386"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
     <w:rsid w:val="00D42360"/>
     <w:rsid w:val="00D80A16"/>
     <w:rsid w:val="00D81EF4"/>
     <w:rsid w:val="00DA6900"/>
     <w:rsid w:val="00DB4844"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DD6C7F"/>
+    <w:rsid w:val="00DF0F00"/>
     <w:rsid w:val="00DF1F3F"/>
     <w:rsid w:val="00DF516C"/>
     <w:rsid w:val="00DF66F8"/>
     <w:rsid w:val="00E06067"/>
     <w:rsid w:val="00E072EE"/>
+    <w:rsid w:val="00E106A3"/>
     <w:rsid w:val="00E22017"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E56E99"/>
     <w:rsid w:val="00E57F6F"/>
     <w:rsid w:val="00E73CD9"/>
     <w:rsid w:val="00E75EB0"/>
     <w:rsid w:val="00E760C3"/>
     <w:rsid w:val="00E86474"/>
     <w:rsid w:val="00E9066C"/>
     <w:rsid w:val="00E9424E"/>
     <w:rsid w:val="00EA6927"/>
     <w:rsid w:val="00EB1CC5"/>
     <w:rsid w:val="00EB1FAF"/>
     <w:rsid w:val="00EE637F"/>
     <w:rsid w:val="00F13506"/>
     <w:rsid w:val="00F22AC1"/>
     <w:rsid w:val="00F27E73"/>
     <w:rsid w:val="00F3008F"/>
     <w:rsid w:val="00F41408"/>
     <w:rsid w:val="00F43CBC"/>
     <w:rsid w:val="00F568C7"/>
     <w:rsid w:val="00F6170F"/>
     <w:rsid w:val="00F64BAF"/>
     <w:rsid w:val="00F75A63"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
+    <w:rsid w:val="00F91A56"/>
     <w:rsid w:val="00F94DE7"/>
     <w:rsid w:val="00FA474E"/>
     <w:rsid w:val="00FA5978"/>
     <w:rsid w:val="00FB32BC"/>
     <w:rsid w:val="00FB5AEA"/>
     <w:rsid w:val="00FC3D97"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
     <w:rsid w:val="00FF6555"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -34263,51 +36135,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000B6E27"/>
+    <w:rsid w:val="009F3632"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00102316"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
@@ -34984,51 +36856,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1536037540">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/noel-1977-chez-la-famille-tremblay-de-saint-stanislas/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/chasse-aux-faisans-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/rallye-de-motoneiges-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/recolte-maraichere-de-solange-tremblay-en-ontario-1976/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lavoute.tv/audiovisuel/festival-du-faisan-1976-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/coupe-forestiere-a-la-scie-mecanique-en-1960/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/les-foins-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/fete-de-noel-chez-les-tremblay/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/parade-du-festival-du-bleuet-1988/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/noel-chez-les-tremblay-a-saint-stanislas-1982/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/noel-chez-les-tremblay-a-saint-stanislas-1982/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/chasse-aux-faisans-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/noel-1977-chez-la-famille-tremblay-de-saint-stanislas/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/recolte-maraichere-de-solange-tremblay-en-ontario-1976/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lavoute.tv/audiovisuel/festival-du-faisan-1976-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/rallye-de-motoneiges-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/les-foins-a-saint-stanislas/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/coupe-forestiere-a-la-scie-mecanique-en-1960/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/parade-du-festival-du-bleuet-1988/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoute.tv/audiovisuel/fete-de-noel-chez-les-tremblay/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\isabelleshg\Documents\Administration\Mod&#232;le%20Instrument%20de%20recherche%202017%20v2.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -35276,71 +37148,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E7D40B4-8277-4663-A26A-1272CFFD02E3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
-  <Pages>35</Pages>
-[...1 lines deleted...]
-  <Characters>41879</Characters>
+  <Pages>38</Pages>
+  <Words>8029</Words>
+  <Characters>44000</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>790</Lines>
-  <Paragraphs>406</Paragraphs>
+  <Lines>1571</Lines>
+  <Paragraphs>1334</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>48768</CharactersWithSpaces>
+  <CharactersWithSpaces>50695</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>