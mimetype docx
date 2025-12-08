--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2853C545" w14:textId="2D65BBBF" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">FONDS </w:t>
       </w:r>
       <w:r w:rsidR="00494921" w:rsidRPr="00494921">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>JEUX DU QUÉBEC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30C3A788" w14:textId="31559638" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00DA6900" w:rsidP="00923766">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00494921">
         <w:t>03</w:t>
       </w:r>
@@ -295,52 +295,50 @@
     </w:p>
     <w:p w14:paraId="2693B515" w14:textId="77777777" w:rsidR="00BB578D" w:rsidRDefault="00BB578D" w:rsidP="00494921">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="008A3DEE" w14:textId="46E21819" w:rsidR="00DA6900" w:rsidRPr="00A674F8" w:rsidRDefault="00DA6900" w:rsidP="00BB578D">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Non traité</w:t>
       </w:r>
       <w:r w:rsidR="00C832CD">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C832CD" w:rsidRPr="00C832CD">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>à réviser</w:t>
       </w:r>
       <w:r w:rsidR="00494921">
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="250A8F10" w14:textId="77777777" w:rsidR="0076644B" w:rsidRPr="00A674F8" w:rsidRDefault="0076644B" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:lastRenderedPageBreak/>
         <w:t>Table des matières</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="715B64B0" w14:textId="742DA035" w:rsidR="00C832CD" w:rsidRDefault="00BD4041">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="8630"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-CA"/>
@@ -2739,56 +2737,56 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5660490B" w14:textId="2FD09E73" w:rsidR="00BD4041" w:rsidRPr="00A674F8" w:rsidRDefault="00BD4041" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
       <w:r w:rsidRPr="00A674F8">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46DF1D1D" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc115954506"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc115954506"/>
       <w:r w:rsidRPr="00A674F8">
         <w:lastRenderedPageBreak/>
         <w:t>PRÉSENTATION DU FONDS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="786CAD82" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00A674F8" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0799D1A7" w14:textId="5D966B88" w:rsidR="009C7F60" w:rsidRDefault="009C7F60" w:rsidP="009C7F60">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fonds Jeux du Québec. </w:t>
       </w:r>
       <w:r w:rsidR="00AB3CB4">
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r>
         <w:t>1972</w:t>
       </w:r>
       <w:r w:rsidR="00AB3CB4">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1985. </w:t>
       </w:r>
@@ -2884,50 +2882,71 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0BED903F" w14:textId="55D3D8F6" w:rsidR="00C832CD" w:rsidRDefault="00C832CD" w:rsidP="00C832CD">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">88 photographies originales noir et blanc des Jeux du Québec </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Kamido</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de 1978 à Dolbeau</w:t>
       </w:r>
       <w:r w:rsidR="005675C0">
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="01B596C7" w14:textId="77777777" w:rsidR="004E0AB7" w:rsidRDefault="004E0AB7" w:rsidP="004E0AB7"/>
+    <w:p w14:paraId="15FDEF3B" w14:textId="35D94838" w:rsidR="004E0AB7" w:rsidRDefault="004E0AB7" w:rsidP="004E0AB7">
+      <w:r>
+        <w:t xml:space="preserve">Ajout non traité 4 déc. 2025, aucun donateur : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61C28E7E" w14:textId="79BFC83F" w:rsidR="004E0AB7" w:rsidRDefault="004E0AB7" w:rsidP="004E0AB7">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>0,4 cm de documents textuels (programmation Jeux du Québec 1985)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="06E8BBD4" w14:textId="77777777" w:rsidR="00C832CD" w:rsidRPr="00A674F8" w:rsidRDefault="00C832CD" w:rsidP="00C832CD"/>
     <w:p w14:paraId="30ACCEE9" w14:textId="318D2A60" w:rsidR="00931389" w:rsidRPr="00923766" w:rsidRDefault="00A674F8" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Histoire administrative</w:t>
       </w:r>
       <w:r w:rsidR="00931389" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
       <w:r w:rsidR="00DC3822" w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2990,113 +3009,115 @@
     <w:p w14:paraId="4384F827" w14:textId="77777777" w:rsidR="00931389" w:rsidRDefault="00931389" w:rsidP="00923766"/>
     <w:p w14:paraId="13E0540D" w14:textId="77777777" w:rsidR="005675C0" w:rsidRDefault="009C7F60" w:rsidP="00923766">
       <w:r>
         <w:t xml:space="preserve">Ce fonds a été donné à la Société d’histoire et de généalogie de Dolbeau </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>inc.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> par M. Guy Godbout, directeur général lors de la Finale des Jeux du Québec, hiver 1985. Ce premier versement n’a pas de contrat. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03613EFC" w14:textId="77777777" w:rsidR="005675C0" w:rsidRDefault="005675C0" w:rsidP="00923766"/>
     <w:p w14:paraId="2E68FE23" w14:textId="77777777" w:rsidR="005675C0" w:rsidRDefault="009C7F60" w:rsidP="00923766">
       <w:r>
         <w:t xml:space="preserve">Un ajout a été effectué par Photo-Tec </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>enr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">. </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Mistassini, représenté par Denis Hurtubise. Le contrat a été signé le 14 juin 1991. </w:t>
+        <w:t xml:space="preserve">. de Mistassini, représenté par Denis Hurtubise. Le contrat a été signé le 14 juin 1991. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B070FA" w14:textId="77777777" w:rsidR="005675C0" w:rsidRDefault="005675C0" w:rsidP="00923766"/>
     <w:p w14:paraId="5F30CBE1" w14:textId="79E39B85" w:rsidR="00561EAD" w:rsidRDefault="009C7F60" w:rsidP="00923766">
       <w:r>
-        <w:t xml:space="preserve">Un troisième versement a été fait le 15 juin 1993 par le contractant-donateur répondant au nom de Jeux du Québec, finale, hiver 1985, représenté par la ville de Dolbeau. Le contrat a été signé par le maire Camille </w:t>
+        <w:t xml:space="preserve">Un troisième versement a été fait le 15 juin 1993 par le contractant-donateur répondant au nom de Jeux du Québec, finale, hiver 1985, représenté par la ville de Dolbeau. Le contrat </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">a été signé par le maire Camille </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Lupien</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> devant le greffier André Côté, témoin. Un extrait du procès-verbal de la séance régulière du conseil de ville de Dolbeau en date du 14 juin 1993 est annexé à ce dernier contrat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD2374D" w14:textId="3AA053B9" w:rsidR="005675C0" w:rsidRDefault="005675C0" w:rsidP="00923766"/>
     <w:p w14:paraId="33B8B660" w14:textId="268D4C20" w:rsidR="005675C0" w:rsidRDefault="005675C0" w:rsidP="00923766">
       <w:r>
         <w:t>En 2011, la date exacte n’étant pas précisée, un ajout de 10 cm de documents textuels a été effectué par la Ville de Dolbeau-Mistassini avec l’archiviste Isabelle Trottier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15AE25BE" w14:textId="54EAB3C0" w:rsidR="005675C0" w:rsidRDefault="005675C0" w:rsidP="00923766"/>
     <w:p w14:paraId="4AFEC2C3" w14:textId="65F3A7B3" w:rsidR="005675C0" w:rsidRDefault="005675C0" w:rsidP="00923766">
       <w:r>
         <w:t>En 2021, en effectuant du ménage dans des fonds, la Société d’histoire a reclassé un journal Écho des Jeux, 3</w:t>
       </w:r>
       <w:r w:rsidRPr="005675C0">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> édition. Aucune fiche n’a été signée à cet effet. Le fonds d’origine est inconnu et la démarche n’a pas été documentée. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F31A230" w14:textId="1E27DB04" w:rsidR="00C832CD" w:rsidRDefault="00C832CD" w:rsidP="00923766"/>
-    <w:p w14:paraId="7A09D82E" w14:textId="5FA0D1C3" w:rsidR="00C832CD" w:rsidRPr="0045758A" w:rsidRDefault="00C832CD" w:rsidP="00923766">
+    <w:p w14:paraId="7A09D82E" w14:textId="5FA0D1C3" w:rsidR="00C832CD" w:rsidRDefault="00C832CD" w:rsidP="00923766">
       <w:r w:rsidRPr="00C832CD">
         <w:t xml:space="preserve">Un ajout a été déposé le 6 octobre 2022 par le couple Gaétane Simard et Victor Théberge. Il s'agit de 88 photographies originales noir et blanc des Jeux du Québec </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C832CD">
         <w:t>Kamido</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C832CD">
         <w:t xml:space="preserve"> de 1978 à Dolbeau. M. Théberge a été impliqué dans l'événement à l'époque, ainsi que dans le Championnat de judo de 1988 (voir fonds P77 de la SHGMC).</w:t>
       </w:r>
       <w:r w:rsidR="005675C0">
         <w:t xml:space="preserve"> Une fiche d’ajout a été acheminée pour signature à cet effet. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="2AB57613" w14:textId="77777777" w:rsidR="004E0AB7" w:rsidRDefault="004E0AB7" w:rsidP="00923766"/>
+    <w:p w14:paraId="4A76ED85" w14:textId="588C3362" w:rsidR="004E0AB7" w:rsidRPr="0045758A" w:rsidRDefault="004E0AB7" w:rsidP="00923766">
+      <w:r w:rsidRPr="004E0AB7">
+        <w:t>Une programmation des Jeux du Québec 1985 a été ajoutée sans donation en décembre 2025.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="6E0A5D2A" w14:textId="77777777" w:rsidR="00D30256" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EA4F9B7" w14:textId="77777777" w:rsidR="00B46FC4" w:rsidRPr="00923766" w:rsidRDefault="00B46FC4" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A0C92DC" w14:textId="77777777" w:rsidR="00050170" w:rsidRDefault="00050170" w:rsidP="00923766"/>
     <w:p w14:paraId="0F6AD04D" w14:textId="50485797" w:rsidR="00922E8E" w:rsidRDefault="009C7F60" w:rsidP="00923766">
       <w:r>
         <w:t>Les chercheurs intéressés au fonds Jeux du Québec trouveront en plus d’une collection de photos, un vaste inventaire des événements se rattachant à divers secteurs lors de la Finale des Jeux du Québec tenus à Dolbeau du 1</w:t>
       </w:r>
@@ -3149,65 +3170,65 @@
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>qui devra être mis à jour.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E615431" w14:textId="22F806C3" w:rsidR="009C7F60" w:rsidRDefault="009C7F60" w:rsidP="00923766">
       <w:r>
         <w:t xml:space="preserve">Prenez note que nous avons déplacé du fonds le document </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Ballon sur glace 1980. </w:t>
       </w:r>
       <w:r>
         <w:t>Il se retrouve dans un petit Fonds d’archive dont la cote est P103/013.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="384563C3" w14:textId="4B03C835" w:rsidR="009C7F60" w:rsidRPr="00A674F8" w:rsidRDefault="009C7F60" w:rsidP="00923766">
-      <w:bookmarkStart w:id="2" w:name="_Hlk35260521"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk35260521"/>
       <w:r>
         <w:t>Le transfert vers le modèle uniforme d’instrument de recherche a été effectué par Marie-Chantale Savard, archiviste, le 16 mars 2020.</w:t>
       </w:r>
       <w:r w:rsidR="00C832CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C832CD" w:rsidRPr="00C832CD">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>À réviser.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="39189FFF" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
     <w:p w14:paraId="00BED667" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00923766" w:rsidRDefault="00E06067" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923766">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Restrictions régissant la consultation, la reproduction et la publication :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3433DBF3" w14:textId="77777777" w:rsidR="00E06067" w:rsidRPr="00A674F8" w:rsidRDefault="00E06067" w:rsidP="00923766"/>
     <w:p w14:paraId="4489CB66" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00D30256" w:rsidP="00923766">
       <w:r>
         <w:t>Aucune.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="754CF064" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="23AF16E1" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="0F0D749B" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
       <w:r w:rsidRPr="00A674F8">
         <w:br w:type="page"/>
@@ -4204,1398 +4225,1320 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 01.01.03/01 à 57          Correspondances reçues</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0AFE1F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>lettres</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B0FC8">
+        <w:t xml:space="preserve">lettres de remerciements et de félicitations </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C3B49F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (6 mars 1985 au 23 juillet 1985)                                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F4E493" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EF18058" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P 03 – 01.01.04                         Correspondance reçue                                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D57880" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de remerciements et de félicitations </w:t>
-[...55 lines deleted...]
-        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>Lettre de témoignage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657C99BE" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     ( 27 mars 1985 )</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782306A8" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C345CD" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.02.01/01 à 02           Index des demandes d’équipements ou de remboursements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4859C388" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36AF0E33" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.02.02/01 à 31           Correspondances reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74C0938A" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Lettre de témoignage</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:t>Demande d’équipements ou de remboursements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE90D3F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (30 octobre 1984 au 28 mai 1985)                                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79ADE3F4" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F0EFF14" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.03.01                         Reçu de transport pour les lits de camp</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5C6A6D" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D6B87FF" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.03.02/01 à 21          Correspondance reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214D4EE1" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...84 lines deleted...]
-        <w:jc w:val="left"/>
+      <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>Demande de prêts de lits de camp</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD7D05A" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (16 juillet 1984 au 16 mai 1985)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B60D287" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C7969F8" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.04.01/01 à 11          Correspondances reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E342A2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Demande d’équipements ou de remboursements</w:t>
-[...87 lines deleted...]
-    <w:p w14:paraId="214D4EE1" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+        <w:t>Charlesbourg</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01801E24" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (29 mars 1985 au 23 octobre 1985)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B110406" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46D435D1" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.05.01/01 à 14           Correspondances reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56217DE3" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Demande de prêts de lits de camp</w:t>
-[...53 lines deleted...]
-    <w:p w14:paraId="38E342A2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+        <w:t>Utilisation de la gare du C.N. à Dolbeau</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DE73F49" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (27 septembre 1983 au 19 octobre 1984)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B73BAD9" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71D3DCD0" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.05.02/01 à 38           Correspondances reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67CB0A6D" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>À l’attention de M. Guy Godbout, directeur général pour la finale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="735BE2F8" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     des Jeux du Québec</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271F2919" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          (2 février 1984 au 3 mai 1985)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71787839" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35A9223C" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.06.01/01 à 04            Correspondance reçue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349337A2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Le plan de mesure d’urgence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECA018B" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(3 janvier 1985)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A9F41B" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71069C01" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AB53D65" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66010084" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Jeux du Québec</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7DA3F7" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="220816AB" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.06.02/01 à 60            Correspondances reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5A7317" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ville de Dolbeau</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FE1272" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       (21 septembre 1983 au 8 mai 1985)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79167820" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E0B6639" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.07.01                           Index des lettres de réclamations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465D89A0" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D758EC7" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.07.02/01 à 13            Correspondances reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F31EFD" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Réclamations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16F8C0AE" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(19 mars 1985 au 15 avril 1985)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="600494EC" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AD2070A" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.07.03/01 à 14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Réclamations diverses (sans date)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5664D449" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7530E38F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.08.01/01 à 18           Correspondances reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F96EC7E" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     Assurance Martel, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Riverin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; Associés inc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFB8E3F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (7 octobre 1983 au 6 décembre 1985)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C8CACBA" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BCB2AFE" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.09.01/01 à 07           Correspondances reçues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C3D40CB" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Charlesbourg</w:t>
-[...53 lines deleted...]
-    <w:p w14:paraId="56217DE3" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+        <w:t>Commission scolaire régionale Louis-Hémon</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64EB8283" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     (10 août 1984 au 18 avril 1985)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FAC278" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64033821" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B0FC8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P 03 – 01.09.02                         Reçu du C.O.F.J.Q.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8D2F37" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Utilisation de la gare du C.N. à Dolbeau</w:t>
-[...55 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t>Remb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...767 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>. Fact. d’achat</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="45593A08" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     (30 mai 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B1411B6" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -7265,71 +7208,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">P 03 – 01.18.02/01 à 37            Avis de convocation pour différentes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00A5C4AA" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                       </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> du Conseil d’Administration</w:t>
+        <w:t xml:space="preserve">                                                       réunions du Conseil d’Administration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72766846" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                       (10 février 1983 au 21 septembre 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438B4050" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
@@ -7356,71 +7279,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">P 03 – 01.18.03/01 à 08            Avis de convocation pour différentes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA820EB" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                       </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de la Commission de surveillance</w:t>
+        <w:t xml:space="preserve">                                                       réunions de la Commission de surveillance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F039C87" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                                                       (13 juillet 1984 au 5 février 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2898D9FC" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
@@ -8284,71 +8187,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 01.27.02/01 à 28           Rapport financier rédigé par le Comité organisateur de la finale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC19D28" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                     </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Jeux du Québec </w:t>
+        <w:t xml:space="preserve">                                                     des Jeux du Québec </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>inc.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="71B6E890" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
@@ -8568,71 +8451,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 01.27.05/01 à 30           Rapport financier rédigé par le Comité organisateur de la finale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E141254" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                     </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Jeux du Québec </w:t>
+        <w:t xml:space="preserve">                                                     des Jeux du Québec </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>inc.</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="731003DE" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
@@ -8882,71 +8745,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AA85F48" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">P 03 - 02.01                             </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> –</w:t>
+        <w:t>P 03 - 02.01                             -  Contrats –</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185C2101" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="216AE0A8" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
@@ -10697,411 +10540,240 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 02.04.01                               Dossiers information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01D3FC6B" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 02.04.02                               Annexe I</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> d’information»</w:t>
+        <w:t>P 03 – 02.04.02                               Annexe I «Dossier d’information»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C87560F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 02.04.03                               Annexe III</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> des sites»</w:t>
+        <w:t>P 03 – 02.04.03                               Annexe III «Description des sites»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFD5857" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>P 03 – 02.04.04                               Annexe IV</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> d’entente Municipale et scolaire</w:t>
+        <w:t>P 03 – 02.04.04                               Annexe IV «Protocole d’entente Municipale et scolaire</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4832D8BF" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 02.04.05                               Annexe V</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de presse»</w:t>
+        <w:t>P 03 – 02.04.05                               Annexe V «Dossier de presse»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61B1FABD" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 02.04.06                                Annexe VI</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> financier 1981, Ville de Dolbeau»</w:t>
+        <w:t>P 03 – 02.04.06                                Annexe VI «Bilan financier 1981, Ville de Dolbeau»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03ED1F52" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 02.04.07                                Annexe VII</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> complémentaire»</w:t>
+        <w:t>P 03 – 02.04.07                                Annexe VII «Dossier complémentaire»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AD74D87" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 02.04.08                                Annexe</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> d’entente (Janvier 1982)»</w:t>
+        <w:t>P 03 – 02.04.08                                Annexe «Protocole d’entente (Janvier 1982)»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70C60B7B" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 02.05.01                           Enregistrement du nom de la mascotte</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> «</w:t>
+        <w:t>P 03 – 02.05.01                           Enregistrement du nom de la mascotte «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Donnzy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>» (15 mars 1984)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78B36CE9" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 02.05.02/01 à 03                  Enregistrement</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de charité»</w:t>
+        <w:t>P 03 – 02.05.02/01 à 03                  Enregistrement «Organisme de charité»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166610F8" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 02.06.01/01 à 20    Projection de l’impact économique de la finale des Jeux du Québec à Dolbeau, Hiver 1985</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A5CA57" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
@@ -11900,687 +11572,367 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                       /11</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39856176" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">P 03 – 03.01.01/01 à 108                          Rapport </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> secteur Accueil</w:t>
+        <w:t>P 03 – 03.01.01/01 à 108                          Rapport final  du secteur Accueil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF8C1F6" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.02.01/01 à 42                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> spéciales»</w:t>
+        <w:t>P 03 – 03.02.01/01 à 42                            Rapport final «Activités spéciales»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E35C8E3" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.03.01/01 à 54                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> touristiques»</w:t>
+        <w:t>P 03 – 03.03.01/01 à 54                            Rapport final «Activités touristiques»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7068BA74" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>P 03 – 03.04.01/01 à 224                          Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> et transport»</w:t>
+        <w:t>P 03 – 03.04.01/01 à 224                          Rapport final «Alimentation et transport»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CC5D612" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.05.01/01 à 80                             Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> administration»</w:t>
+        <w:t>P 03 – 03.05.01/01 à 80                             Rapport final «Centrale administration»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CB259F6" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.06.01/01 à 225                           Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 03.06.01/01 à 225                           Rapport final «Communication»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71322215" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.07.01/01 à 131                           Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 03.07.01/01 à 131                           Rapport final «Finance»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B52792A" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.08.01/01 à 69                              Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> et service à la personne»</w:t>
+        <w:t>P 03 – 03.08.01/01 à 69                              Rapport final «Hébergement et service à la personne»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15FF0BB7" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.09.01/01 à 122                             Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> culturelle»</w:t>
+        <w:t>P 03 – 03.09.01/01 à 122                             Rapport final «Programmation culturelle»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74711B95" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.10.01/01 à 135                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> financières»</w:t>
+        <w:t>P 03 – 03.10.01/01 à 135                            Rapport final «Promotions financières»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="323C147F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.11.01/01 à 115                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 03.11.01/01 à 115                            Rapport final «Protocole»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45EB1F3B" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.12.01/01 à 205                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 03.12.01/01 à 205                            Rapport final «Santé»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="681A0521" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.13.01/01 à 87                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 03.13.01/01 à 87                            Rapport final «Secrétariat»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4943B601" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.14.01/01 à 89                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 03.14.01/01 à 89                            Rapport final «Sécurité»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45AA173C" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.15.01/01 à 49                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> généraux»</w:t>
+        <w:t>P 03 – 03.15.01/01 à 49                            Rapport final «Services généraux»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="294A2E97" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 03.16.01/01 à 63                            Rapport final</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 03.16.01/01 à 63                            Rapport final «Télécommunications»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DEA2FDF" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 03.17.01/01 à 210                            Règlements généraux et politiques (hiver 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C3B4FC2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
@@ -12739,71 +12091,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada Ltée</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E99E767" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.04.01/01 à 36                           Visite des chefs de mission</w:t>
-[...19 lines deleted...]
-        <w:t>» (28 janvier 1985)</w:t>
+        <w:t>P 03 – 04.04.01/01 à 36                           Visite des chefs de mission «rapport» (28 janvier 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="214F4A23" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 04.05.01/01 à 16                           Rapport final du C.O.F.J.Q. – Dolbeau (mars 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79DBF3F5" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
@@ -12822,154 +12154,94 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 04.06.01/01 à 06                           Rapport de demandes de projets</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="062AF6A4" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.07.01/01 à 18                           Rapport</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> à la finale des Jeux du Québec du Québec» hiver 1985 à Dolbeau (10 décembre 1984 au 30 janvier 1985)</w:t>
+        <w:t>P 03 – 04.07.01/01 à 18                           Rapport «Transport à la finale des Jeux du Québec du Québec» hiver 1985 à Dolbeau (10 décembre 1984 au 30 janvier 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3944B623" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>P 03 – 04.08.01/01 à 16                           Salon des anciens</w:t>
-[...19 lines deleted...]
-        <w:t>-comité du C.O.F.J.Q. – Dolbeau» «Évaluation» (juillet 1985)</w:t>
+        <w:t>P 03 – 04.08.01/01 à 16                           Salon des anciens «Sous-comité du C.O.F.J.Q. – Dolbeau» «Évaluation» (juillet 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0C3E46" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.09.01                                          Rapport annuel 1984 – 1985</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> des activités de la Société des Jeux du Québec»</w:t>
+        <w:t>P 03 – 04.09.01                                          Rapport annuel 1984 – 1985 «Rapport des activités de la Société des Jeux du Québec»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CBDC9F1" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 04.10.01                                   Nombre de rapports envoyés à la Société des Jeux du Québec</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F8D31B" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
@@ -13213,892 +12485,472 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 04.17.01/01 à 18                             Inscriptions Jeux du Québec, hiver 1985</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="762001DA" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.01/01 à 03                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – Québec»</w:t>
+        <w:t>P 03 – 04.18.01/01 à 03                             Inscription «Nouveau – Québec»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44F3EFD2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.02/01 à 11                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.02/01 à 11                             Inscription «Bourassa»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D442D38" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.03/01 à 14                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> du Québec»</w:t>
+        <w:t>P 03 – 04.18.03/01 à 14                             Inscription «Centre du Québec»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B87A6B2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.04/01 à 16                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>-Ouest»</w:t>
+        <w:t>P 03 – 04.18.04/01 à 16                             Inscription «Sud-Ouest»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E12BCFA" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.05/01 à 16                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.05/01 à 16                             Inscription «Québec»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE89324" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.06/01 à 14                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.06/01 à 14                             Inscription «Outaouais»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4861C17E" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.07/01 à 19                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.07/01 à 19                             Inscription «Officielles»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6948CA86" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.08/01 à 14                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> du Québec»</w:t>
+        <w:t>P 03 – 04.18.08/01 à 14                             Inscription «Est du Québec»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="288E6906" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.09/01 à 14                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.09/01 à 14                             Inscription «Estrie»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A5FC5B2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>P 03 – 04.18.10/01 à 14                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>-Saint-Jean»</w:t>
+        <w:t>P 03 – 04.18.10/01 à 14                             Inscription «Lac-Saint-Jean»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4730388C" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.11/01 à 14                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Nord»</w:t>
+        <w:t>P 03 – 04.18.11/01 à 14                             Inscription «Côte Nord»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FF62881" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.12/01 à 15                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Lac-Saint-Jean»</w:t>
+        <w:t>P 03 – 04.18.12/01 à 15                             Inscription «Saguenay Lac-Saint-Jean»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="417CA7F1" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.13/01 à 16                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>-Sud»</w:t>
+        <w:t>P 03 – 04.18.13/01 à 16                             Inscription «Rive-Sud»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6643A28A" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.14/01 à 12                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>-Témiscamingue»</w:t>
+        <w:t>P 03 – 04.18.14/01 à 12                             Inscription «Abitibi-Témiscamingue»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BBF67BE" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.15/01 à 14                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – Yamaska»</w:t>
+        <w:t>P 03 – 04.18.15/01 à 14                             Inscription «Richelieu – Yamaska»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08FBB52D" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.16/01 à 13                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.16/01 à 13                             Inscription «Lanaudière»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B6227F6" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.17/01 à 14                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.17/01 à 14                             Inscription «Laurentides»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FA3CD14" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.18/01 à 16                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.18/01 à 16                             Inscription «Laval»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FF4166" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.19/01 à 13                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.19/01 à 13                             Inscription «Mauricie»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="207CA453" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.20/01 à 15                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – Concordia»</w:t>
+        <w:t>P 03 – 04.18.20/01 à 15                             Inscription «Montréal – Concordia»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B8B574" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.18.21/01 à 18                             Inscription</w:t>
-[...19 lines deleted...]
-        <w:t>»</w:t>
+        <w:t>P 03 – 04.18.21/01 à 18                             Inscription «Missionnaires»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="111610EA" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16939875" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -14153,514 +13005,303 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 04.19.01                                             Plan – Canton Parent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A7B55D9" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.20.01/01 à 05                              Discours du maire</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> à L’Épaule» (4 avril 1984)</w:t>
+        <w:t>P 03 – 04.20.01/01 à 05                              Discours du maire «Lac à L’Épaule» (4 avril 1984)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3899108B" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.21.01                                   Guide d’opération</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> d’identification des documents»</w:t>
+        <w:t>P 03 – 04.21.01                                   Guide d’opération «Système d’identification des documents»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631C6C80" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.22.01                                    Pamphlet</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de judo à St- Léonard» (hiver 1985)</w:t>
+        <w:t>P 03 – 04.22.01                                    Pamphlet «Compétition de judo à St- Léonard» (hiver 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="547B59B1" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.22.02                                    Bulletin d’interprétation</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> de l’impôt sur le revenu Organisation sans but lucratif»</w:t>
+        <w:t>P 03 – 04.22.02                                    Bulletin d’interprétation «Loi de l’impôt sur le revenu Organisation sans but lucratif»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2CCA6C" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.22.03                                     Le Bulletin</w:t>
-[...19 lines deleted...]
-        <w:t>» (octobre 1985)</w:t>
+        <w:t>P 03 – 04.22.03                                     Le Bulletin «Périodique» (octobre 1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205E5306" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.23.01               Papier à lettre</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> pour de la correspondance lors de la Finale des Jeux du Québec à Dolbeau</w:t>
+        <w:t>P 03 – 04.23.01               Papier à lettre «servant pour de la correspondance lors de la Finale des Jeux du Québec à Dolbeau</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA3D316" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.23.02               Enveloppe</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> pour de la correspondance lors de la Finale des Jeux du Québec à Dolbeau »</w:t>
+        <w:t>P 03 – 04.23.02               Enveloppe «Servant pour de la correspondance lors de la Finale des Jeux du Québec à Dolbeau »</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70E5DEE3" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.23.03                     Cartable à pochette avec dessin autocollant de la mascotte</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> «</w:t>
+        <w:t>P 03 – 04.23.03                     Cartable à pochette avec dessin autocollant de la mascotte «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Donnzy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DA499E2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>P 03 – 04.23.04                     Carton utilisé pour page couverture de différents rapports.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB050D6" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.23.05                      Carte plastifiée</w:t>
-[...19 lines deleted...]
-        <w:t>» Utilisée lors de la Finale des Jeux du Québec, Sept-Îles (été 1983)</w:t>
+        <w:t>P 03 – 04.23.05                      Carte plastifiée «Hébergement» Utilisée lors de la Finale des Jeux du Québec, Sept-Îles (été 1983)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1A047F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.23.06                       Carte plastifiée</w:t>
-[...19 lines deleted...]
-        <w:t>» Utilisée lors de la Finale des Jeux du Québec, Sept-Îles (été 1983)</w:t>
+        <w:t>P 03 – 04.23.06                       Carte plastifiée «Invité» Utilisée lors de la Finale des Jeux du Québec, Sept-Îles (été 1983)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2B658F" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.23.07                        Carte plastifiée</w:t>
-[...19 lines deleted...]
-        <w:t>» Utilisée lors de la Finale des Jeux du Québec, Saint-Léonard (hiver 1983)</w:t>
+        <w:t>P 03 – 04.23.07                        Carte plastifiée «Invité» Utilisée lors de la Finale des Jeux du Québec, Saint-Léonard (hiver 1983)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE40EAB" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5113894A" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -14694,71 +13335,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                       /15</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C730EC2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 04.23.08                            Carte plastifiée</w:t>
-[...19 lines deleted...]
-        <w:t>-passer» Utilisée lors de la Finale des Jeux du Québec (1985)</w:t>
+        <w:t>P 03 – 04.23.08                            Carte plastifiée «Laissez-passer» Utilisée lors de la Finale des Jeux du Québec (1985)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="150A18F2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 04.24.01/01 à 02              Demande de prêt de personnel à la Commission scolaire régionale Louis-Hémon (18 juin 1984)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6BC81E" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
@@ -15128,74 +13749,63 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>P 03 – 05.02.01                                                      Photographies – Couleur (12,7 cm x 10,2 cm)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C9E0693" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                  (10) La mascotte</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> «</w:t>
+        <w:t xml:space="preserve">                                                                                  (10) La mascotte «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Donnzy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="056F13E4" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="115AC741" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -15230,74 +13840,63 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  (20,4 cm x 25,5 cm)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="681CCE45" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                  (23)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> «</w:t>
+        <w:t xml:space="preserve">                                                                                  (23) «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Donnzy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>» (28 février 1984)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34222B66" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DE7A4F9" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -15332,74 +13931,63 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  (20,4 cm x 25,5 cm)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47A130E1" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                  (36) Présentation de</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> «</w:t>
+        <w:t xml:space="preserve">                                                                                  (36) Présentation de «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Donnzy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DDCFECF" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -15453,72 +14041,70 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  (12,7 cm x 10,2 cm)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44A603E0" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Donnzy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEF6F7C" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F94A9FD" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -15630,71 +14216,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  (1) École Ste-Thérèse de Dolbeau</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF5F624" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                  (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Ste-Thérèse de Dolbeau </w:t>
+        <w:t xml:space="preserve">                                                                                  (1)Église Ste-Thérèse de Dolbeau </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CF0A78E" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  (2) Église St-Jean-de-la-Croix</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4758E2AE" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
@@ -15881,63 +14447,52 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  (2) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Julac</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> inc.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7FB05A00" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  (2) Aliments Pleurote </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
@@ -16797,71 +15352,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38B17FF4" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 05.05.01/01</w:t>
-[...19 lines deleted...]
-        <w:t>suite)</w:t>
+        <w:t>P 03 – 05.05.01/01   (suite)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C868458" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -17215,71 +15750,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                      /19</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6508E403" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>P 03 – 05.05.01/</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">suite)                                  19- Martine Turcotte, Journal Le Point, </w:t>
+        <w:t xml:space="preserve">P 03 – 05.05.01/02  (suite)                                  19- Martine Turcotte, Journal Le Point, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212035B0" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                      Michel Larouche, Journal Le Point, Guy </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
@@ -17367,63 +15882,52 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  Gérard Côté, nouveau membre du Conseil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="299DBBF5" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                           </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">                                                                                           d’administration</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="2340725C" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -17821,122 +16325,82 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="341BD2E2" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">P 03 – 05.08.02                                                     </w:t>
-[...19 lines deleted...]
-        <w:t>1) photographie du Complexe Sportif Dolbeau</w:t>
+        <w:t>P 03 – 05.08.02                                                        (1) photographie du Complexe Sportif Dolbeau</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A75FCC6" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B6EF526" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">P 03 – 05.08.03                                                     </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">1) photographie de </w:t>
+        <w:t xml:space="preserve">P 03 – 05.08.03                                                        (1) photographie de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>M.Gérard</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Marie-Boivin</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ABF75A4" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:jc w:val="left"/>
@@ -18661,61 +17125,61 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B0FC8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Numérisée par Guillaume Trottier</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B569EE5" w14:textId="151A7AC8" w:rsidR="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="00923766"/>
     <w:p w14:paraId="33E4F7FD" w14:textId="720A7AA0" w:rsidR="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="00923766"/>
     <w:p w14:paraId="170F448A" w14:textId="3FC511B6" w:rsidR="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="00923766"/>
     <w:p w14:paraId="06455A13" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="00923766"/>
     <w:p w14:paraId="21198471" w14:textId="6AFA9BEB" w:rsidR="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="00923766"/>
     <w:p w14:paraId="612E71CF" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRPr="00A674F8" w:rsidRDefault="006B0FC8" w:rsidP="006B0FC8">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc115954507"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc115954507"/>
       <w:r>
         <w:t>P03</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A </w:t>
       </w:r>
       <w:r>
         <w:t>Documents administratifs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="2B3C8168" w14:textId="77777777" w:rsidR="006B0FC8" w:rsidRDefault="006B0FC8" w:rsidP="00923766"/>
     <w:p w14:paraId="5D47E07E" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00AB6798" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="297C35B0" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="0028732E">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -18812,64 +17276,64 @@
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A87C948" w14:textId="77777777" w:rsidR="0028732E" w:rsidRPr="00A674F8" w:rsidRDefault="0028732E" w:rsidP="00923766"/>
     <w:p w14:paraId="7641C4CA" w14:textId="77777777" w:rsidR="00C70C4E" w:rsidRPr="00A674F8" w:rsidRDefault="00C70C4E" w:rsidP="00923766"/>
     <w:p w14:paraId="54278054" w14:textId="423CAB26" w:rsidR="001E5A46" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc115954508"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc115954508"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009C7F60">
         <w:t>03</w:t>
       </w:r>
       <w:r w:rsidR="00B25321" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A1 </w:t>
       </w:r>
       <w:r w:rsidR="009517F0">
         <w:t>Correspondance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="0A72F59A" w14:textId="77777777" w:rsidR="00B25321" w:rsidRDefault="00B25321" w:rsidP="00923766"/>
     <w:p w14:paraId="7744DBAD" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27AC67AC" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -18934,199 +17398,196 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77BCE9B0" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="255E0298" w14:textId="142E552B" w:rsidR="00E57F6F" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="00B321DF">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="_Toc115954509"/>
+            <w:bookmarkStart w:id="4" w:name="_Toc115954509"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00E57F6F" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/A1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="009517F0">
               <w:t>Correspondances reçues</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
           <w:p w14:paraId="22964C39" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7AF6F9B9" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FD7384C" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="593FF9D2" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0CB3FBD5" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FD0D02D" w14:textId="0D14D42A" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="_Toc115954510"/>
+            <w:bookmarkStart w:id="5" w:name="_Toc115954510"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/A1/2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00561EAD">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="009517F0">
               <w:t>Correspondances envoyées</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:p w14:paraId="38CF3839" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00ACAF83" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="00C11F5D">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7BD5EF08" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="00923766"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00561EAD" w:rsidRPr="00A674F8" w14:paraId="1A05F5F3" w14:textId="77777777" w:rsidTr="00C11F5D">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="065FD2AC" w14:textId="77777777" w:rsidR="00561EAD" w:rsidRPr="00A674F8" w:rsidRDefault="00561EAD" w:rsidP="00923766">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47181988" w14:textId="18E82BB3" w:rsidR="00561EAD" w:rsidRDefault="00AB6798" w:rsidP="00C11F5D">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="_Toc115954511"/>
+            <w:bookmarkStart w:id="6" w:name="_Toc115954511"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD" w:rsidRPr="00561EAD">
               <w:t xml:space="preserve">/A1/3 : </w:t>
             </w:r>
             <w:r w:rsidR="009517F0">
               <w:t>Correspondances internes</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
           <w:p w14:paraId="284872B1" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0"/>
           <w:p w14:paraId="0DDC4C39" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Avis de convocation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5764F0E3" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Procès verbaux</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="567A078F" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
@@ -19147,74 +17608,70 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2280E3A6" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Extraits des minutes,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7678CBA1" w14:textId="45AA23F5" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
             <w:r>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:tab/>
               <w:t>Compte rendu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F2EFCAD" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0"/>
           <w:p w14:paraId="2521BABF" w14:textId="1328CC36" w:rsidR="009517F0" w:rsidRPr="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71B92678" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="00923766">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="71B92678" w14:textId="77777777" w:rsidR="00B25321" w:rsidRPr="00A674F8" w:rsidRDefault="00B25321" w:rsidP="0056545F"/>
     <w:p w14:paraId="6705B676" w14:textId="77777777" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
     <w:p w14:paraId="6135CA38" w14:textId="36BBAB00" w:rsidR="00E57F6F" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00923766">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc115954512"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc115954512"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009C7F60">
         <w:t>03</w:t>
       </w:r>
       <w:r w:rsidR="00E57F6F" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">/A2 </w:t>
       </w:r>
       <w:r w:rsidR="005434C5">
         <w:t>Finances</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="679BC220" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D732229" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F26540" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
@@ -19285,58 +17742,57 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13D2183A" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7DF82922" w14:textId="04CF8511" w:rsidR="00561EAD" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="_Toc115954513"/>
+            <w:bookmarkStart w:id="8" w:name="_Toc115954513"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="00561EAD">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -19354,91 +17810,90 @@
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="344EF9CF" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="383B99D6" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="223FA8B5" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F37DF1F" w14:textId="6A0A89C3" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="007F33D1">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="10" w:name="_Toc115954514"/>
+            <w:bookmarkStart w:id="9" w:name="_Toc115954514"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/A</w:t>
             </w:r>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -19459,96 +17914,96 @@
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D77B162" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13DCBFAA" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="16B1A60A" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6189762A" w14:textId="2E327375" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:p w14:paraId="6084273E" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="25B34BBD" w14:textId="20D68065" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc115954515"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc115954515"/>
       <w:r>
         <w:t>P03</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t>/A</w:t>
       </w:r>
       <w:r w:rsidR="005434C5">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005434C5">
         <w:t>Contrats</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="6A6D614F" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="013AF0C4" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00AB6798" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D33333E" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
@@ -19619,153 +18074,151 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3477337B" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5BFEBB71" w14:textId="677B7A6B" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="12" w:name="_Toc115954516"/>
+            <w:bookmarkStart w:id="11" w:name="_Toc115954516"/>
             <w:r>
               <w:t>P03</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>Contrats</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
           <w:p w14:paraId="5669BC03" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009517F0" w:rsidRPr="00A674F8" w14:paraId="26BCA5D4" w14:textId="77777777" w:rsidTr="00C832CD">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="13D602E1" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14392E35" w14:textId="31810A63" w:rsidR="009517F0" w:rsidRPr="00B321DF" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="13" w:name="_Toc115954517"/>
+            <w:bookmarkStart w:id="12" w:name="_Toc115954517"/>
             <w:r>
               <w:t>P03/A</w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:t>/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>Protocoles d’entente</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
           <w:p w14:paraId="70AE7121" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F3702EF" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C788615" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="718717C6" w14:textId="2C7E9B36" w:rsidR="00E57F6F" w:rsidRDefault="00E57F6F" w:rsidP="00923766"/>
     <w:p w14:paraId="10152842" w14:textId="48E26A43" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="428907BD" w14:textId="28A2209D" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc115954518"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc115954518"/>
       <w:r>
         <w:t>P03</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t>/A</w:t>
       </w:r>
       <w:r w:rsidR="005434C5">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -19780,51 +18233,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFABA80" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36D17600" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00AB6798" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA8AC01" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="009517F0">
@@ -19899,58 +18352,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32FA44F5" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46344AC3" w14:textId="54123FC2" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="15" w:name="_Toc115954519"/>
+            <w:bookmarkStart w:id="14" w:name="_Toc115954519"/>
             <w:r>
               <w:t>P03</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1 : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -19965,91 +18417,90 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F24F9EC" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009517F0" w:rsidRPr="00A674F8" w14:paraId="515BDAB4" w14:textId="77777777" w:rsidTr="00C832CD">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="6D9013D6" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B55E131" w14:textId="2D40B2F6" w:rsidR="009517F0" w:rsidRPr="00B321DF" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="16" w:name="_Toc115954520"/>
+            <w:bookmarkStart w:id="15" w:name="_Toc115954520"/>
             <w:r>
               <w:t>P03/A</w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t>/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -20064,80 +18515,80 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="15"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="38ACF6BC" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5E824D48" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47DBABD5" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31136608" w14:textId="503E04A4" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="7644E935" w14:textId="4CB38A18" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="4BE1FA71" w14:textId="76953F26" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc115954521"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc115954521"/>
       <w:r>
         <w:t>P03</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t>/A</w:t>
       </w:r>
       <w:r w:rsidR="005434C5">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -20152,51 +18603,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="37518CBB" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E90A6F1" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00AB6798" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E61508E" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="009517F0">
@@ -20270,58 +18721,57 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69067E19" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="392064C4" w14:textId="7F2F6AEC" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="_Toc115954522"/>
+            <w:bookmarkStart w:id="17" w:name="_Toc115954522"/>
             <w:r>
               <w:t>P03</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -20336,91 +18786,90 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AC68B52" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009517F0" w:rsidRPr="00A674F8" w14:paraId="2BD79B3A" w14:textId="77777777" w:rsidTr="00C832CD">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0BBBE607" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42746027" w14:textId="1E90DA8D" w:rsidR="009517F0" w:rsidRPr="00B321DF" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="_Toc115954523"/>
+            <w:bookmarkStart w:id="18" w:name="_Toc115954523"/>
             <w:r>
               <w:t>P03/A</w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t>/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -20435,80 +18884,80 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="18"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="05998832" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E0A9956" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="27A97AC5" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1EC58DAB" w14:textId="096ADABD" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="63562FE4" w14:textId="7C78369C" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="20C6360E" w14:textId="17793A72" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc115954524"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc115954524"/>
       <w:r>
         <w:t>P03</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t>/A</w:t>
       </w:r>
       <w:r w:rsidR="005434C5">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
@@ -20523,51 +18972,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F148D8D" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02874B98" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00AB6798" w:rsidRDefault="009517F0" w:rsidP="009517F0">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B6BB2F4" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="009517F0">
@@ -20641,58 +19090,57 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="268EA07A" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48AF3220" w14:textId="162F7D4D" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="_Toc115954525"/>
+            <w:bookmarkStart w:id="20" w:name="_Toc115954525"/>
             <w:r>
               <w:t>P03</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t>/A</w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -20707,91 +19155,90 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0422CC3F" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009517F0" w:rsidRPr="00A674F8" w14:paraId="1DAEDF7A" w14:textId="77777777" w:rsidTr="00C832CD">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5F498302" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2233C835" w14:textId="4D944D05" w:rsidR="009517F0" w:rsidRPr="00B321DF" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="_Toc115954526"/>
+            <w:bookmarkStart w:id="21" w:name="_Toc115954526"/>
             <w:r>
               <w:t>P03/A</w:t>
             </w:r>
             <w:r w:rsidR="005434C5">
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t>/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -20806,97 +19253,97 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="379462FC" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52A62D32" w14:textId="77777777" w:rsidR="009517F0" w:rsidRPr="00A674F8" w:rsidRDefault="009517F0" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C20B439" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00C832CD"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AD3F762" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="5E06B635" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="648DEF0D" w14:textId="77777777" w:rsidR="009517F0" w:rsidRDefault="009517F0" w:rsidP="00923766"/>
     <w:p w14:paraId="66A8040F" w14:textId="798014A1" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc115954527"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc115954527"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009C7F60">
         <w:t>03</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>Documents iconographiques</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="56B09A79" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="50230ACB" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B61EABB" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -20948,114 +19395,114 @@
     <w:p w14:paraId="3C247F0E" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Notes : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F2B1A0B" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Texte22"/>
+      <w:bookmarkStart w:id="23" w:name="Texte22"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="13930FA9" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="0BCC7CF2" w14:textId="58A9A3A3" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc115954528"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc115954528"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009C7F60">
         <w:t>03</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="00561EAD">
         <w:t>Photographies</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="3EE20C62" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="0101D57C" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00AB6798" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E67AD45" w14:textId="77777777" w:rsidR="00AB6798" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00AB6798">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -21120,58 +19567,57 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="001B4F16" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="32B5B192" w14:textId="7B6325F3" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="007F33D1">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="_Toc115954529"/>
+            <w:bookmarkStart w:id="25" w:name="_Toc115954529"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -21189,154 +19635,149 @@
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="25"/>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F69F8D1" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F7B5CCB" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AA39CC1" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06E9BC0C" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="06E9BC0C" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="0056545F"/>
     <w:p w14:paraId="4FDFCB29" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="5781C394" w14:textId="7CB634EE" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00AB6798" w:rsidP="00696AE2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc115954530"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc115954530"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009C7F60">
         <w:t>03</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2">
         <w:t>/B</w:t>
       </w:r>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t>2</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidR="00696AE2" w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2838DCE2" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="69E871D4" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="287E94F5" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B254017" w14:textId="725D2C17" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="007F33D1">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="28" w:name="_Toc115954531"/>
+            <w:bookmarkStart w:id="27" w:name="_Toc115954531"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -21354,105 +19795,104 @@
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="27"/>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F1877F6" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68BF0EC0" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04A5DBA8" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w14:paraId="4C2CD0BB" w14:textId="77777777" w:rsidTr="007F33D1">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1563BBE4" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E2BE68E" w14:textId="45726653" w:rsidR="00C11F5D" w:rsidRPr="00B321DF" w:rsidRDefault="00AB6798" w:rsidP="007F33D1">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="29" w:name="_Toc115954532"/>
+            <w:bookmarkStart w:id="28" w:name="_Toc115954532"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:t>B2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D">
               <w:t>/2</w:t>
             </w:r>
             <w:r w:rsidR="00C11F5D" w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
@@ -21473,96 +19913,96 @@
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00287473">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="28"/>
             <w:r w:rsidR="00287473">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6538AF6C" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4AAEBA45" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRPr="00A674F8" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C2CC275" w14:textId="77777777" w:rsidR="00C11F5D" w:rsidRDefault="00C11F5D" w:rsidP="007F33D1"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6E5061AF" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="1CC068EB" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00696AE2"/>
     <w:p w14:paraId="68C0FA1F" w14:textId="47D499EA" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc115954533"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc115954533"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009C7F60">
         <w:t>03</w:t>
       </w:r>
       <w:r>
         <w:t>/C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Documents audiovisuels</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="4E4871A8" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="4C3D1BE3" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00AB6798" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F63B5D8" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:t xml:space="preserve">Cette série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -21658,67 +20098,67 @@
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCF1572" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="3676798D" w14:textId="1A7D3625" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc115954534"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc115954534"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009C7F60">
         <w:t>03</w:t>
       </w:r>
       <w:r>
         <w:t>/C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r>
         <w:t>Enregistrements sonores</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="7A21E678" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="0193780B" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00AB6798" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB6798">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Portée et contenu : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1170E796" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:r>
         <w:t xml:space="preserve">Cette sous-série comprend </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Texte12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -21783,58 +20223,57 @@
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13C0EBD1" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B235C58" w14:textId="2E51681D" w:rsidR="00287473" w:rsidRPr="00B321DF" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="32" w:name="_Toc115954535"/>
+            <w:bookmarkStart w:id="31" w:name="_Toc115954535"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r>
               <w:t>/C</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">1/1 : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -21849,155 +20288,150 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="31"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="469A92FE" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3305F59D" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06AC4BA0" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4DDEEC39" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="4DDEEC39" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="0056545F"/>
     <w:p w14:paraId="7C1918C0" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="69D779FB" w14:textId="09237878" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc115954536"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc115954536"/>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="009C7F60">
         <w:t>03</w:t>
       </w:r>
       <w:r>
         <w:t>/C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A674F8">
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:t>Images en mouvement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="0A6F7252" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblInd w:w="-567" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="7801"/>
       </w:tblGrid>
       <w:tr w:rsidR="00287473" w:rsidRPr="00A674F8" w14:paraId="05B2D203" w14:textId="77777777" w:rsidTr="00C832CD">
         <w:trPr>
           <w:trHeight w:val="873"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="708168FC" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A674F8">
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>R-E-T-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2FA58A67" w14:textId="6A3B3134" w:rsidR="00287473" w:rsidRPr="00B321DF" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="34" w:name="_Toc115954537"/>
+            <w:bookmarkStart w:id="33" w:name="_Toc115954537"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r>
               <w:t>/C2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve">/1 : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -22012,105 +20446,104 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="33"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CBB58D2" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A4B7477" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7BBFBC96" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00287473" w:rsidRPr="00A674F8" w14:paraId="383CECC4" w14:textId="77777777" w:rsidTr="00C832CD">
         <w:trPr>
           <w:trHeight w:val="1333"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="382F78F5" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7801" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10402DDE" w14:textId="32C85DFF" w:rsidR="00287473" w:rsidRPr="00B321DF" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:pStyle w:val="Niveau3"/>
             </w:pPr>
-            <w:bookmarkStart w:id="35" w:name="_Toc115954538"/>
+            <w:bookmarkStart w:id="34" w:name="_Toc115954538"/>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="009C7F60">
               <w:t>03</w:t>
             </w:r>
             <w:r>
               <w:t>/C2/2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B321DF">
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texte20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -22125,171 +20558,171 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="092C4F7B" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03F1CD25" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00C832CD">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E57C567" w14:textId="77777777" w:rsidR="00287473" w:rsidRDefault="00287473" w:rsidP="00C832CD"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1453E7DC" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="71F28F6D" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="017544C2" w14:textId="77777777" w:rsidR="00287473" w:rsidRPr="00A674F8" w:rsidRDefault="00287473" w:rsidP="00287473"/>
     <w:p w14:paraId="1C85BA0B" w14:textId="77777777" w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidRDefault="00696AE2" w:rsidP="00923766"/>
     <w:sectPr w:rsidR="00696AE2" w:rsidRPr="00A674F8" w:rsidSect="00F22AC1">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27FB227A" w14:textId="77777777" w:rsidR="00925A54" w:rsidRDefault="00925A54" w:rsidP="00923766">
+    <w:p w14:paraId="036F3445" w14:textId="77777777" w:rsidR="008D71FC" w:rsidRDefault="008D71FC" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D6E514F" w14:textId="77777777" w:rsidR="00925A54" w:rsidRDefault="00925A54" w:rsidP="00923766">
+    <w:p w14:paraId="73433819" w14:textId="77777777" w:rsidR="008D71FC" w:rsidRDefault="008D71FC" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13172E46" w14:textId="77777777" w:rsidR="00C832CD" w:rsidRDefault="00C832CD" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-CA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0497FABC" wp14:editId="557A9EAA">
               <wp:extent cx="5467350" cy="45085"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="1" name="Organigramme : Décision 1" descr="Light horizontal"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
@@ -22381,93 +20814,93 @@
       <w:instrText>PAGE    \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="008D64A5">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00F22AC1">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="53DEB62C" w14:textId="77777777" w:rsidR="00C832CD" w:rsidRDefault="00C832CD" w:rsidP="00923766">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="171745D9" w14:textId="77777777" w:rsidR="00925A54" w:rsidRDefault="00925A54" w:rsidP="00923766">
+    <w:p w14:paraId="18EC1E57" w14:textId="77777777" w:rsidR="008D71FC" w:rsidRDefault="008D71FC" w:rsidP="00923766">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A2ED753" w14:textId="77777777" w:rsidR="00925A54" w:rsidRDefault="00925A54" w:rsidP="00923766">
+    <w:p w14:paraId="0CD89918" w14:textId="77777777" w:rsidR="008D71FC" w:rsidRDefault="008D71FC" w:rsidP="00923766">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="330CA50C" w14:textId="77777777" w:rsidR="00C832CD" w:rsidRDefault="00C832CD" w:rsidP="009C7F60">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r w:rsidRPr="00AA4923">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00AA4923">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> La Ville de Dolbeau-Mistassini possède actuellement la mascotte. Celle-ci a entre autres été utilisée lors d’une marche pour la forêt en 2017.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11632745"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F3698D6"/>
     <w:lvl w:ilvl="0" w:tplc="B522610C">
       <w:start w:val="20"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -22516,51 +20949,51 @@
         <w:ind w:left="8760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="10200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23D72D89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3760CAC8"/>
+    <w:tmpl w:val="09927FCC"/>
     <w:lvl w:ilvl="0" w:tplc="0C0C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0C0005" w:tentative="1">
@@ -23207,219 +21640,226 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="10200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="317004224">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="503937283">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1746411405">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1010985196">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="406654186">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1528562006">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1438989988">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1649818968">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="156"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00587F67"/>
     <w:rsid w:val="00032AD6"/>
     <w:rsid w:val="00050170"/>
     <w:rsid w:val="000519EA"/>
     <w:rsid w:val="000723B8"/>
     <w:rsid w:val="000810CE"/>
     <w:rsid w:val="000F7851"/>
     <w:rsid w:val="00100C2C"/>
     <w:rsid w:val="001153BB"/>
     <w:rsid w:val="00136DC0"/>
     <w:rsid w:val="00166949"/>
     <w:rsid w:val="00166C91"/>
     <w:rsid w:val="00177342"/>
     <w:rsid w:val="001D5C99"/>
     <w:rsid w:val="001E1F02"/>
     <w:rsid w:val="001E22C8"/>
     <w:rsid w:val="001E5A46"/>
     <w:rsid w:val="002273FD"/>
     <w:rsid w:val="00242C7D"/>
     <w:rsid w:val="0025336B"/>
     <w:rsid w:val="0027203D"/>
     <w:rsid w:val="00284955"/>
     <w:rsid w:val="0028732E"/>
     <w:rsid w:val="00287473"/>
     <w:rsid w:val="002975E2"/>
     <w:rsid w:val="002A1E83"/>
     <w:rsid w:val="002D0F20"/>
+    <w:rsid w:val="002E58B0"/>
     <w:rsid w:val="0030124F"/>
     <w:rsid w:val="003A354F"/>
     <w:rsid w:val="003A5846"/>
     <w:rsid w:val="003B3ADE"/>
     <w:rsid w:val="003B7BE7"/>
     <w:rsid w:val="004306E7"/>
     <w:rsid w:val="0045758A"/>
     <w:rsid w:val="0046451E"/>
     <w:rsid w:val="00482915"/>
     <w:rsid w:val="004862B9"/>
     <w:rsid w:val="00494921"/>
+    <w:rsid w:val="004B33E1"/>
+    <w:rsid w:val="004E0AB7"/>
     <w:rsid w:val="00502C0D"/>
     <w:rsid w:val="00515C06"/>
     <w:rsid w:val="00534691"/>
     <w:rsid w:val="00537703"/>
     <w:rsid w:val="005434C5"/>
     <w:rsid w:val="00561EAD"/>
+    <w:rsid w:val="0056545F"/>
     <w:rsid w:val="005675C0"/>
     <w:rsid w:val="00587F67"/>
     <w:rsid w:val="005A4E05"/>
     <w:rsid w:val="005B615A"/>
     <w:rsid w:val="005E4B57"/>
     <w:rsid w:val="005F1A1C"/>
     <w:rsid w:val="00612460"/>
     <w:rsid w:val="00624149"/>
     <w:rsid w:val="0066145D"/>
     <w:rsid w:val="00670CE5"/>
     <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="006A481A"/>
     <w:rsid w:val="006B0FC8"/>
     <w:rsid w:val="007215FD"/>
+    <w:rsid w:val="00752F79"/>
     <w:rsid w:val="0076644B"/>
     <w:rsid w:val="00797D5C"/>
     <w:rsid w:val="007F33D1"/>
     <w:rsid w:val="00840FF1"/>
     <w:rsid w:val="00850264"/>
     <w:rsid w:val="00864E13"/>
     <w:rsid w:val="008874A8"/>
     <w:rsid w:val="008940D9"/>
     <w:rsid w:val="008C3DCA"/>
     <w:rsid w:val="008D64A5"/>
+    <w:rsid w:val="008D71FC"/>
     <w:rsid w:val="00922E8E"/>
     <w:rsid w:val="00923766"/>
     <w:rsid w:val="00925A54"/>
     <w:rsid w:val="00931389"/>
     <w:rsid w:val="0094294B"/>
     <w:rsid w:val="009517F0"/>
     <w:rsid w:val="009534B2"/>
     <w:rsid w:val="009705AB"/>
     <w:rsid w:val="009B3B95"/>
     <w:rsid w:val="009C32C9"/>
     <w:rsid w:val="009C7F60"/>
     <w:rsid w:val="009D2B71"/>
     <w:rsid w:val="009F0832"/>
     <w:rsid w:val="009F5EC7"/>
     <w:rsid w:val="00A074A8"/>
     <w:rsid w:val="00A22EB3"/>
     <w:rsid w:val="00A35BBA"/>
     <w:rsid w:val="00A674F8"/>
     <w:rsid w:val="00A763DF"/>
     <w:rsid w:val="00A822E0"/>
     <w:rsid w:val="00A92E4B"/>
     <w:rsid w:val="00AA48C7"/>
     <w:rsid w:val="00AB3CB4"/>
     <w:rsid w:val="00AB5FAC"/>
     <w:rsid w:val="00AB6798"/>
     <w:rsid w:val="00AC5117"/>
     <w:rsid w:val="00B148D8"/>
     <w:rsid w:val="00B25321"/>
     <w:rsid w:val="00B321DF"/>
     <w:rsid w:val="00B3412B"/>
     <w:rsid w:val="00B46FC4"/>
     <w:rsid w:val="00B514D4"/>
     <w:rsid w:val="00B55D5C"/>
     <w:rsid w:val="00B70F0F"/>
     <w:rsid w:val="00B96E5D"/>
     <w:rsid w:val="00B9759C"/>
     <w:rsid w:val="00BB2D08"/>
     <w:rsid w:val="00BB578D"/>
     <w:rsid w:val="00BC64AB"/>
     <w:rsid w:val="00BD4041"/>
     <w:rsid w:val="00BD5104"/>
     <w:rsid w:val="00BE1812"/>
     <w:rsid w:val="00BF7589"/>
     <w:rsid w:val="00C071C8"/>
     <w:rsid w:val="00C11F5D"/>
     <w:rsid w:val="00C1275D"/>
+    <w:rsid w:val="00C273EE"/>
     <w:rsid w:val="00C40995"/>
     <w:rsid w:val="00C42F3C"/>
     <w:rsid w:val="00C62534"/>
     <w:rsid w:val="00C70C4E"/>
     <w:rsid w:val="00C73F01"/>
     <w:rsid w:val="00C817ED"/>
     <w:rsid w:val="00C832CD"/>
     <w:rsid w:val="00CA426C"/>
     <w:rsid w:val="00CB5258"/>
     <w:rsid w:val="00CC59F8"/>
     <w:rsid w:val="00CE48E5"/>
     <w:rsid w:val="00CF7467"/>
     <w:rsid w:val="00D06AA1"/>
     <w:rsid w:val="00D25352"/>
     <w:rsid w:val="00D30256"/>
     <w:rsid w:val="00D31201"/>
     <w:rsid w:val="00D32213"/>
     <w:rsid w:val="00DA6900"/>
     <w:rsid w:val="00DC3822"/>
     <w:rsid w:val="00DC5383"/>
     <w:rsid w:val="00DF516C"/>
     <w:rsid w:val="00E06067"/>
     <w:rsid w:val="00E46B4D"/>
     <w:rsid w:val="00E50120"/>
     <w:rsid w:val="00E57F6F"/>
@@ -23434,75 +21874,75 @@
     <w:rsid w:val="00F75A63"/>
     <w:rsid w:val="00F865F1"/>
     <w:rsid w:val="00F9148F"/>
     <w:rsid w:val="00F95080"/>
     <w:rsid w:val="00FA474E"/>
     <w:rsid w:val="00FC3D97"/>
     <w:rsid w:val="00FE7279"/>
     <w:rsid w:val="00FF513D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="30FFD538"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{752BCCCA-4813-4843-94C7-EC6964EB1C19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -23834,50 +22274,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00923766"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-CA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:aliases w:val="Niveau 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:qFormat/>
     <w:rsid w:val="00A674F8"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
@@ -24384,51 +22825,51 @@
       <w:tblInd w:w="0" w:type="nil"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="00C832CD"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="191454813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="472333374">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -24493,50 +22934,51 @@
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1235092719">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\isabelleshg\Documents\Administration\Mod&#232;le%20Instrument%20de%20recherche%202017%20v2.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -24788,72 +23230,72 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91418F49-0FFD-4491-B23B-E97C7072E72E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Modèle Instrument de recherche 2017 v2.dotm</Template>
+  <Template>Modèle Instrument de recherche 2017 v2</Template>
   <TotalTime></TotalTime>
   <Pages>28</Pages>
-  <Words>8106</Words>
-  <Characters>44587</Characters>
+  <Words>8507</Words>
+  <Characters>44324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>371</Lines>
-  <Paragraphs>105</Paragraphs>
+  <Lines>2014</Lines>
+  <Paragraphs>1354</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52588</CharactersWithSpaces>
+  <CharactersWithSpaces>51477</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Frédérique Fradet</dc:creator>
   <cp:keywords>fonds;archives;modèle</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>